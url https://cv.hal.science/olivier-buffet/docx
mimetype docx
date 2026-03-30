--- v0 (2026-03-07)
+++ v1 (2026-03-30)
@@ -568,235 +568,235 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01279444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Goal Probability Analysis in MDP Probabilistic Planning: Exploring and Enhancing the State of the Art</w:t>
+                <w:t xml:space="preserve">Intersections intelligentes pour le contrôle de véhicules sans pilote : coordination locale et optimisation globale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marcel Steinmetz</w:t>
+                <w:t xml:space="preserve">Mohamed Tlig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Buffet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joerg Hoffmann</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Olivier Buffet</w:t>
+                <w:t xml:space="preserve">Olivier Simonin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Artificial Intelligence Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 57, pp.229 - 271. </w:t>
+              <w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série RIA : Revue d'Intelligence Artificielle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 30 (3), pp.353-382. </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1613/jair.5153⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3166/ria.30.353-382⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01413047v1</w:t>
+                <w:t xml:space="preserve">hal-01330354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intersections intelligentes pour le contrôle de véhicules sans pilote : coordination locale et optimisation globale</w:t>
+                <w:t xml:space="preserve">Goal Probability Analysis in MDP Probabilistic Planning: Exploring and Enhancing the State of the Art</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohamed Tlig</w:t>
+                <w:t xml:space="preserve">Marcel Steinmetz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joerg Hoffmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Buffet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Simonin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série RIA : Revue d'Intelligence Artificielle</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 30 (3), pp.353-382. </w:t>
+              <w:t xml:space="preserve">Journal of Artificial Intelligence Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 57, pp.229 - 271. </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3166/ria.30.353-382⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1613/jair.5153⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01330354v1</w:t>
+                <w:t xml:space="preserve">hal-01413047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Factored Policy-Gradient Planner</w:t>
               </w:r>
@@ -2606,217 +2606,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04191493v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Global Min-Max Computation for α-Hölder Zero-Sum Games</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aurélien Delage</w:t>
+                <w:t xml:space="preserve">Comment rendre des comportements plus prédictibles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salomé Lepers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Buffet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jilles Dibangoye</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GAIW 2023 - 5th Games, Agents, and Incentives Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, Londres (London), United Kingdom. pp.1-9</w:t>
+              <w:t xml:space="preserve">JIAF-JFPDA - Journées d’Intelligence Artificielle Fondamentale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04382817v1</w:t>
+                <w:t xml:space="preserve">hal-04212452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment rendre des comportements plus prédictibles</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Vincent Thomas</w:t>
+                <w:t xml:space="preserve">Global Min-Max Computation for α-Hölder Zero-Sum Games</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Delage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Buffet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jilles Dibangoye</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JIAF-JFPDA - Journées d’Intelligence Artificielle Fondamentale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">GAIW 2023 - 5th Games, Agents, and Incentives Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Londres (London), United Kingdom. pp.1-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04212452v1</w:t>
+                <w:t xml:space="preserve">hal-04382817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heuristic Search Value Iteration can solve zero-sum Partially Observable Stochastic Games</w:t>
               </w:r>
@@ -3669,325 +3669,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03081320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solving $K$-MDPs</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thomas G. Dietterich</w:t>
+                <w:t xml:space="preserve">Optimally Solving Two-Agent Decentralized POMDPs Under One-Sided Information Sharing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuxuan Xie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jilles Steeve Dibangoye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Buffet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Iadine Chadès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICAPS 2020 - International Conference on Automated Planning and Scheduling</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2020, Nancy / Virtual, France</w:t>
+              <w:t xml:space="preserve">ICML 2020 - 37th International Conference on Machine Learning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2020, Vienne / Virtual, Austria. pp.1-10</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03080154v1</w:t>
+                <w:t xml:space="preserve">hal-03080192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimally Solving Two-Agent Decentralized POMDPs Under One-Sided Information Sharing</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jilles Steeve Dibangoye</w:t>
+                <w:t xml:space="preserve">Multiagent Planning and Learning As MILP</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jilles Dibangoye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Buffet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Akshat Kumar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICML 2020 - 37th International Conference on Machine Learning</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2020, Vienne / Virtual, Austria. pp.1-10</w:t>
+              <w:t xml:space="preserve">JFPDA 2020 - Journées Francophones surla Planification, la Décision et l’Apprentissagepour la conduite de systèmes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2020, Angers (virtuel), France. pp.1-12</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03080192v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03081548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiagent Planning and Learning As MILP</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jilles Dibangoye</w:t>
+                <w:t xml:space="preserve">Solving $K$-MDPs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Ferrer-Mestres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas G. Dietterich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Buffet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Akshat Kumar</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iadine Chadès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JFPDA 2020 - Journées Francophones surla Planification, la Décision et l’Apprentissagepour la conduite de systèmes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2020, Angers (virtuel), France. pp.1-12</w:t>
+              <w:t xml:space="preserve">ICAPS 2020 - International Conference on Automated Planning and Scheduling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2020, Nancy / Virtual, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03081548v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03080154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monte Carlo Information-Oriented Planning</w:t>
               </w:r>
@@ -4157,325 +4157,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02350573v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Learning to Act in Continuous Dec-POMDPs</w:t>
+                <w:t xml:space="preserve">ρ-POMDPs have Lipschitz-Continuous ϵ-Optimal Value Functions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jilles S Dibangoye</w:t>
+                <w:t xml:space="preserve">Mathieu Fehr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Buffet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jilles Dibangoye</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JFPDA 2018 - Journées Francophones sur la Planification, la Décision et l'Apprentissage pour la conduite de systèmes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Nancy, France. pp.1-10</w:t>
+              <w:t xml:space="preserve">NIPS 2018 - Thirty-second Conference on Neural Information Processing Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2018, Montréal, Canada. pp.1-27</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01840602v1</w:t>
+                <w:t xml:space="preserve">hal-01903685v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recherche heuristique pour jeux stochastiques (à somme nulle)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Learning to Act in Continuous Dec-POMDPs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jilles S Dibangoye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Buffet</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Vincent Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JFPDA 2018 - Journées Francophones sur la Planification, la Décision et l'Apprentissage pour la conduite de systèmes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2018, Nancy, France. pp.1-8</w:t>
+              <w:t xml:space="preserve">, Jul 2018, Nancy, France. pp.1-10</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01840591v1</w:t>
+                <w:t xml:space="preserve">hal-01840602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ρ-POMDPs have Lipschitz-Continuous ϵ-Optimal Value Functions</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Recherche heuristique pour jeux stochastiques (à somme nulle)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Buffet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jilles S Dibangoye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdallah Saffidine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Thomas</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jilles Dibangoye</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NIPS 2018 - Thirty-second Conference on Neural Information Processing Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2018, Montréal, Canada. pp.1-27</w:t>
+              <w:t xml:space="preserve">JFPDA 2018 - Journées Francophones sur la Planification, la Décision et l'Apprentissage pour la conduite de systèmes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Nancy, France. pp.1-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01903685v2</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01840591v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Learning to Act in Decentralized Partially Observable MDPs</w:t>
               </w:r>
@@ -4638,64 +4638,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Revisiting Goal Probability Analysis in Probabilistic Planning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcel Steinmetz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joerg Hoffmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Buffet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4759,51 +4759,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jilles Steeve Dibangoye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Buffet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Simonin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Francophones Planification, Décision et Apprentissage pour le contrôle de systèmes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2015, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4854,51 +4854,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jilles Steeve Dibangoye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Buffet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Simonin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the twenty-fourth international joint conference on artificial intelligence, IJCAI 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2015, Buenos Aires, Argentina</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5228,280 +5228,254 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01073429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Learning Pruning Rules for Heuristic Search Planning</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jörg Hoffmann</w:t>
+                <w:t xml:space="preserve">Stop-Free Strategies for Traffic Networks: Decentralized On-line Optimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Tlig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Buffet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Alan Fern</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Simonin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21st European Conference on Artificial Intelligence</w:t>
+              <w:t xml:space="preserve">ECAI 2014 - 21th European Conference on Artificial Intelligence. Including Prestigious Applications of Artificial Intelligence (PAIS-2014)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2014, Prague, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01091190v1</w:t>
+                <w:t xml:space="preserve">hal-00998143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation-Based Behavior Tracking of Pedestrians in Partially Observed Indoor Environments.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Vincent Thomas</w:t>
+                <w:t xml:space="preserve">Learning Pruning Rules for Heuristic Search Planning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michal Krajňanský</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jörg Hoffmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Buffet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Alain Dutech</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan Fern</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AAMAS 2014 - the thirteenth international conference on autonomous agents and multiagent systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2014, Paris, France</w:t>
+              <w:t xml:space="preserve">21st European Conference on Artificial Intelligence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2014, Prague, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01073434v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01091190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simultaneous Tracking and Activity Recognition (STAR) using Advanced Agent-Based Behavioral Simulations.</w:t>
+                <w:t xml:space="preserve">Simulation-Based Behavior Tracking of Pedestrians in Partially Observed Indoor Environments.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arsène Fansi Tchango</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Thomas</w:t>
@@ -5532,276 +5506,302 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Flacher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Dutech</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECAI - Proceedings of the Twenty-first European Conference on Artificial Intelligence</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2014, Pragues, Czech Republic</w:t>
+              <w:t xml:space="preserve">AAMAS 2014 - the thirteenth international conference on autonomous agents and multiagent systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01073424v1</w:t>
+                <w:t xml:space="preserve">hal-01073434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploiting Separability in Multiagent Planning with Continuous-State MDPs</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christopher Amato</w:t>
+                <w:t xml:space="preserve">Simultaneous Tracking and Activity Recognition (STAR) using Advanced Agent-Based Behavioral Simulations.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arsène Fansi Tchango</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Buffet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">François Charpillet</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Flacher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Dutech</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AAMAS 2014 - 13th International Conference on Autonomous Agents and Multiagent Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2014, Paris, France</w:t>
+              <w:t xml:space="preserve">ECAI - Proceedings of the Twenty-first European Conference on Artificial Intelligence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2014, Pragues, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01092066v1</w:t>
+                <w:t xml:space="preserve">hal-01073424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stop-Free Strategies for Traffic Networks: Decentralized On-line Optimization</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Tlig</w:t>
+                <w:t xml:space="preserve">Exploiting Separability in Multiagent Planning with Continuous-State MDPs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jilles Dibangoye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher Amato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Buffet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Olivier Simonin</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Charpillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECAI 2014 - 21th European Conference on Artificial Intelligence. Including Prestigious Applications of Artificial Intelligence (PAIS-2014)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2014, Prague, Czech Republic</w:t>
+              <w:t xml:space="preserve">AAMAS 2014 - 13th International Conference on Autonomous Agents and Multiagent Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00998143v1</w:t>
+                <w:t xml:space="preserve">hal-01092066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards the Usage of Advanced Behavioral Simulations for Simultaneous Tracking and Activity Recognition.</w:t>
               </w:r>
@@ -5908,77 +5908,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Decentralized Traffic Management: A Synchronization-Based Intersection Control</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Tlig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Buffet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Simonin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Advanced Logistics and Transport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2014, Hammamet, Tunisia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6101,362 +6101,358 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01096610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Résolution exacte des Dec-POMDPs comme des MDPs continus</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christopher Amato</w:t>
+                <w:t xml:space="preserve">Croisement synchronisé de flux de véhicules autonomes dans un réseau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Tlig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Buffet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">François Charpillet</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Simonin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8èmes Journées Francophones sur la Planification, la Décision et l'Apprentissage pour la conduite de systèmes</w:t>
+              <w:t xml:space="preserve">RJCIA - 11èmes Rencontres des Jeunes Chercheurs en Intelligence Artificielle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2013, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00907279v1</w:t>
+                <w:t xml:space="preserve">hal-00914578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptive Management of Migratory Birds Under Sea Level Rise</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Samuel Nicol</w:t>
+                <w:t xml:space="preserve">Optimally Solving Dec-POMDPs as Continuous-State MDPs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jilles Steeve Dibangoye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher Amato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Buffet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Iadine Chadès</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Charpillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IJCAI - 23rd International Joint Conference on Artificial Intelligence - 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2013, Pékin, China. pp.2955-2957</w:t>
+              <w:t xml:space="preserve">IJCAI - 23rd International Joint Conference on Artificial Intelligence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2013, Pékin, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00907334v1</w:t>
+                <w:t xml:space="preserve">hal-00907338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Croisement synchronisé de flux de véhicules autonomes dans un réseau</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Reactive coordination rules for traffic optimization in road sharing problems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Tlig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Buffet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Simonin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RJCIA - 11èmes Rencontres des Jeunes Chercheurs en Intelligence Artificielle</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">AATMO - PAAMS workshop on Agent-based Approaches for the Transportation Modelling and Optimisation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, Salamanque, Spain. pp.61-72, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-38061-7_7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00914578v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00907305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimally Solving Dec-POMDPs as Continuous-State MDPs</w:t>
+                <w:t xml:space="preserve">Résolution exacte des Dec-POMDPs comme des MDPs continus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jilles Steeve Dibangoye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christopher Amato</w:t>
@@ -6474,177 +6470,181 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Buffet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Charpillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IJCAI - 23rd International Joint Conference on Artificial Intelligence</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2013, Pékin, China</w:t>
+              <w:t xml:space="preserve">8èmes Journées Francophones sur la Planification, la Décision et l'Apprentissage pour la conduite de systèmes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2013, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00907338v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00907279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reactive coordination rules for traffic optimization in road sharing problems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Tlig</w:t>
+                <w:t xml:space="preserve">Adaptive Management of Migratory Birds Under Sea Level Rise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Nicol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Buffet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Olivier Simonin</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Takuya Iwamura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iadine Chadès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AATMO - PAAMS workshop on Agent-based Approaches for the Transportation Modelling and Optimisation</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IJCAI - 23rd International Joint Conference on Artificial Intelligence - 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2013, Pékin, China. pp.2955-2957</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00907305v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00907334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abstraction Pathologies In Markov Decision Processes</w:t>
               </w:r>
@@ -6669,51 +6669,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Scherrer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Buffet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joerg Hoffmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8èmes Journées Francophones sur la Planification, la Décision et l'Apprentissage pour la conduite de systèmes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2013, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6732,632 +6732,632 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00907295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Active Diagnosis Through Information-Lookahead Planning</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mauricio Araya</w:t>
+                <w:t xml:space="preserve">Abstraction Pathologies In Markov Decision Processes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manel Tagorti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Scherrer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Buffet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Vincent Thomas</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joerg Hoffmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8èmes Journées Francophones sur la Planification, la Décision et l'Apprentissage pour la conduite de systèmes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2013, Lille, France</w:t>
+              <w:t xml:space="preserve">ICAPS'13 workshop on Heuristics and Search for Domain-independent Planning (HSDIP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00907288v1</w:t>
+                <w:t xml:space="preserve">hal-00907315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abstraction Pathologies In Markov Decision Processes</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bruno Scherrer</w:t>
+                <w:t xml:space="preserve">Active Diagnosis Through Information-Lookahead Planning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauricio Araya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Buffet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Joerg Hoffmann</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICAPS'13 workshop on Heuristics and Search for Domain-independent Planning (HSDIP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2013, Rome, Italy</w:t>
+              <w:t xml:space="preserve">8èmes Journées Francophones sur la Planification, la Décision et l'Apprentissage pour la conduite de systèmes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2013, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00907315v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00907288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les POMDP font de meilleurs hackers: Tenir compte de l'incertitude dans les tests de pénétration</w:t>
+                <w:t xml:space="preserve">POMDPs Make Better Hackers: Accounting for Uncertainty in Penetration Testing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlos Sarraute</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Buffet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joerg Hoffmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Francophones sur la planification, la décision et l'apprentissage pour le contrôle des systèmes - JFPDA 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2012, Villers-lès-Nancy, France. 14 p</w:t>
+              <w:t xml:space="preserve">Twenty-Sixth AAAI Conference on Artificial Intelligence (AAAI-12)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Toronto, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00735608v1</w:t>
+                <w:t xml:space="preserve">hal-00755265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">POMDPs Make Better Hackers: Accounting for Uncertainty in Penetration Testing</w:t>
+                <w:t xml:space="preserve">Les POMDP font de meilleurs hackers: Tenir compte de l'incertitude dans les tests de pénétration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlos Sarraute</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Buffet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joerg Hoffmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Twenty-Sixth AAAI Conference on Artificial Intelligence (AAAI-12)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2012, Toronto, Canada</w:t>
+              <w:t xml:space="preserve">Journées Francophones sur la planification, la décision et l'apprentissage pour le contrôle des systèmes - JFPDA 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2012, Villers-lès-Nancy, France. 14 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00755265v1</w:t>
+                <w:t xml:space="preserve">hal-00735608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimistic Heuristics for MineSweeper</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">BRL Quasi-Optimal à l'aide de Transitions Locales Optimistes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauricio Araya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Buffet</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Olivier Teytaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICS - International Computer Symposium - 2012</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journées Francophones sur la planification, la décision et l'apprentissage pour le contrôle des systèmes - JFPDA 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2012, Villers-lès-Nancy, France. 16 p</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00750577v2</w:t>
+                <w:t xml:space="preserve">hal-00735602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">BRL Quasi-Optimal à l'aide de Transitions Locales Optimistes</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Optimistic Heuristics for MineSweeper</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Buffet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chang-Shing Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Woanting Lin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Teytaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Francophones sur la planification, la décision et l'apprentissage pour le contrôle des systèmes - JFPDA 2012</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ICS - International Computer Symposium - 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2012, Hualien, Taiwan. pp.199-207, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-35452-6_22⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00735602v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00750577v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Near-Optimal BRL using Optimistic Local Transitions</w:t>
               </w:r>
@@ -7477,51 +7477,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josie Carwardine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tara G. Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Nicol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Sabbadin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7563,77 +7563,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cooperative Behaviors for the Self-Regulation of Autonomous Vehicles in Space Sharing Conflicts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Tlig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Buffet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Simonin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">24th IEEE International Conference on Tools with Artificial Intelligence</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2012, Athènes, Greece. pp.1126-1132</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7652,230 +7652,230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00755272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apprentissage actif de modèle de MDP</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mauricio Araya-López</w:t>
+                <w:t xml:space="preserve">Penetration Testing == POMDP Solving?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Sarraute</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Buffet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">François Charpillet</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joerg Hoffmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Francophones de Planification, Décision et Apprentissage pour la conduite de systèmes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2011, Rouen, France</w:t>
+              <w:t xml:space="preserve">Workshop on Intelligent Security (Security and Artificial Intelligence) - SecArt-11</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2011, Barcelona, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00642913v1</w:t>
+                <w:t xml:space="preserve">inria-00607403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Penetration Testing == POMDP Solving?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Carlos Sarraute</w:t>
+                <w:t xml:space="preserve">Apprentissage actif de modèle de MDP</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauricio Araya-López</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Buffet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Joerg Hoffmann</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Charpillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop on Intelligent Security (Security and Artificial Intelligence) - SecArt-11</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2011, Barcelona, Spain</w:t>
+              <w:t xml:space="preserve">Journées Francophones de Planification, Décision et Apprentissage pour la conduite de systèmes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2011, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00607403v1</w:t>
+                <w:t xml:space="preserve">hal-00642913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une extension des POMDP avec des récompenses dépendant de l'état de croyance</w:t>
               </w:r>
@@ -8103,51 +8103,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josie Carwardine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tara G. Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Nicol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Buffet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8706,325 +8706,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00614480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des POMDPs avec des variables d'état visibles</w:t>
+                <w:t xml:space="preserve">A POMDP Extension with Belief-dependent Rewards</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauricio Araya-López</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Buffet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Thomas</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Buffet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Charpillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5èmes Journées Francophones de Planification, Décision et Apprentissage pour la conduite de systèmes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2010, Besancon, France</w:t>
+              <w:t xml:space="preserve">Neural Information Processing Systems - NIPS 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2010, Vancouver, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00643458v1</w:t>
+                <w:t xml:space="preserve">inria-00535560v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A POMDP Extension with Belief-dependent Rewards</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Impact of job dropping on the schedulability of uniprocessor probabilistic real-time systems with variable execution times</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Buffet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">François Charpillet</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liliana Cucu-Grosjean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neural Information Processing Systems - NIPS 2010</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2010, Vancouver, Canada</w:t>
+              <w:t xml:space="preserve">1st International Real-Time Scheduling Open Problems Seminar : RTSOPS 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2010, Bruxelles, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00535560v2</w:t>
+                <w:t xml:space="preserve">inria-00535561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of job dropping on the schedulability of uniprocessor probabilistic real-time systems with variable execution times</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Des POMDPs avec des variables d'état visibles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauricio Araya-López</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Buffet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Liliana Cucu-Grosjean</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Charpillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1st International Real-Time Scheduling Open Problems Seminar : RTSOPS 2010</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2010, Bruxelles, Belgium</w:t>
+              <w:t xml:space="preserve">5èmes Journées Francophones de Planification, Décision et Apprentissage pour la conduite de systèmes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, Besancon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00535561v1</w:t>
+                <w:t xml:space="preserve">hal-00643458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers l'utilisation de relations de préférence pour le filtrage collaboratif</w:t>
               </w:r>
@@ -9112,286 +9112,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00432702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Closer Look at MOMDPs</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Tabu search type algorithms for the multiprocessor scheduling problem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Buffet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">François Charpillet</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liliana Cucu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lhassane Idoumghar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René Schott</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22nd International Conference on Tools with Artificial Intelligence - ICTAI 2010</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2010, Arras, France</w:t>
+              <w:t xml:space="preserve">10th IASTED International Conference on Artificial Intelligence and Applications - AIA 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2010, Innsbruck, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00535559v1</w:t>
+                <w:t xml:space="preserve">hal-00435241v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tabu search type algorithms for the multiprocessor scheduling problem</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Closer Look at MOMDPs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauricio Araya-López</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Buffet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">René Schott</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Charpillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th IASTED International Conference on Artificial Intelligence and Applications - AIA 2010</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2010, Innsbruck, Austria</w:t>
+              <w:t xml:space="preserve">22nd International Conference on Tools with Artificial Intelligence - ICTAI 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2010, Arras, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00435241v1</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00535559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">All that Glitters is not Gold: Using Landmarks for Reward Shaping in FPG</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Buffet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joerg Hoffmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICAPS-10 Workshop on Planning and Scheduling Under Uncertainty</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2010, Toronto, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9429,51 +9429,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of Different Execution Models on Patrolling Ants Behavior : from Agents to Robots</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Glad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Simonin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Buffet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9766,51 +9766,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Glad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Buffet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Simonin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Charpillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9874,51 +9874,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Glad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Buffet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Simonin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Charpillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9965,51 +9965,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Global Multiprocessor Real-Time Scheduling as a Constraint Satisfaction Problem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liliana Cucu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Buffet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10060,51 +10060,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Theoretical Study of ant-based Algorithms for Multi-Agent Patrolling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Glad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Simonin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Buffet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10443,191 +10443,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00099817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Self-Made Agent Based on Action-Selection</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Proceedings of the Sixth European Workshop on Reinforcement Learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Dutech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Buffet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alain Dutech</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sixth European Workshop on Reinforcement Learning - EWRL-6 2003</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, Nancy, France, pp.47-48</w:t>
+              <w:t xml:space="preserve">Sixth European Workshop on Reinforcement Learning - EWRL-6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Olivier Buffet, Iadine Chadès, Alain Dutech, Frédérick Garcia, 2003, Nancy, France, 50 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00099828v1</w:t>
+                <w:t xml:space="preserve">inria-00099829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proceedings of the Sixth European Workshop on Reinforcement Learning</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Self-Made Agent Based on Action-Selection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Buffet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Dutech</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Buffet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sixth European Workshop on Reinforcement Learning - EWRL-6</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Olivier Buffet, Iadine Chadès, Alain Dutech, Frédérick Garcia, 2003, Nancy, France, 50 p</w:t>
+              <w:t xml:space="preserve">Sixth European Workshop on Reinforcement Learning - EWRL-6 2003</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, Nancy, France, pp.47-48</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00099829v1</w:t>
+                <w:t xml:space="preserve">inria-00099828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apprentissage par renforcement pour la conception de Systèmes Multi-Agents Réactifs</w:t>
               </w:r>
@@ -11228,51 +11228,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Christopher Beck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Buffet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jörg Hoffmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erez Karpas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13238,77 +13238,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Decentralized Traffic Management: A Synchronization-Based Intersection Control --- Extended Version</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Tlig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Buffet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Simonin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] RR-8500, INRIA. 2014, pp.17</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -13429,408 +13429,408 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00975802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Near-Optimal BRL using Optimistic Local Transitions (Extended Version)</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Vincent Thomas</w:t>
+                <w:t xml:space="preserve">MineSweeper: Where to Probe?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Legendre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Hollard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Buffet</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] RR-7965, INRIA. 2012</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Dutech</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] RR-8041, INRIA. 2012, pp.26</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00702243v1</w:t>
+                <w:t xml:space="preserve">hal-00723550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MineSweeper: Where to Probe?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Near-Optimal BRL using Optimistic Local Transitions (Extended Version)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauricio Araya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Buffet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] RR-7965, INRIA. 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kévin Hollard</w:t>
-[...55 lines deleted...]
-                <w:t xml:space="preserve">hal-00723550v1</w:t>
+                <w:t xml:space="preserve">hal-00702243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A POMDP Extension with Belief-dependent Rewards (Extended Version)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Systematic Searches for Global Multiprocessor Real-Time Scheduling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Buffet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] RR-7433, INRIA. 2010, pp.18</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liliana Cucu-Grosjean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] RR-7386, INRIA. 2010, pp.17</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00529498v2</w:t>
+                <w:t xml:space="preserve">inria-00519324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Systematic Searches for Global Multiprocessor Real-Time Scheduling</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A POMDP Extension with Belief-dependent Rewards (Extended Version)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauricio Araya-López</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Buffet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] RR-7386, INRIA. 2010, pp.17</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Charpillet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] RR-7433, INRIA. 2010, pp.18</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00519324v1</w:t>
+                <w:t xml:space="preserve">inria-00529498v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapport Agata: Proposition de modélisation pour le suivi de situation et la prise de décision</w:t>
               </w:r>
@@ -14671,51 +14671,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05393096v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Lepers" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lemonnier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Thomas" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Buffet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/30504554251353513" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04382756v2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Delage" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jilles Dibangoye" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdallah Saffidine" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13235-023-00519-6" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03080314v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TG.2020.3005214" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01279444v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jilles Steeve Dibangoye" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Amato" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Charpillet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1613/jair.4623" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01413047v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Steinmetz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joerg Hoffmann" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1613/jair.5153" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01330354v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Tlig" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Simonin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ria.30.353-382" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00330031v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douglas Aberdeen" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.artint.2008.11.008" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K3635WDR-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00509337v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0218213007003527" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00118983v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Dutech" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10458-006-9010-5" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00119272v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00000572v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04884318v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang You" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Colas" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Skilton" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-72062-8_1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05375463v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Schutz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nick Hawes" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1609/icaps.v35i1.36129" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05375845v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05197856v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Laforest" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Niveau" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Zanuttini" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05109616v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05375482v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Escudie" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthia Sabatelli" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04698464v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuwa Miura" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shlomo Zilberstein" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04698457v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04698507v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Peralez" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04191464v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Alami" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICRA48891.2023.10161406" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04382880v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04191493v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2305.11811" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04382817v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212452v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04382922v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03595326v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03935200v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03523951v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03523449v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTAI52525.2021.00069" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03523841v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03523504v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Ferrer-Mestres" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas G. Dietterich" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iadine Chad&#232;s" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03081320v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03080154v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03080192v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuxuan Xie" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03081548v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akshat Kumar" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02943028v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;r&#233;my Hutin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350573v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01840602v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jilles S Dibangoye" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01840591v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01903685v2" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Fehr" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01851806v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01576353v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01413035v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01252757v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01188481v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01251973v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01188483v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01073429v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ars&#232;ne Fansi Tchango" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Flacher" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01091190v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Kraj&#328;ansk&#253;" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#246;rg Hoffmann" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Fern" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01073434v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01073424v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01092066v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00998143v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01073427v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00966575v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01096610v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-44848-9_22" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00907279v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00907334v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Nicol" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takuya Iwamura" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00914578v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00907338v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00907305v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-38061-7_7" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00907295v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manel Tagorti" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Scherrer" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00907288v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricio Araya" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00907315v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00735608v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Sarraute" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00755265v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00750577v2" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chang-Shing Lee" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Woanting Lin" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Teytaud" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-35452-6_22" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00735602v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00755270v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricio Araya-L&#243;pez" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00755264v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josie Carwardine" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tara G. Martin" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Sabbadin" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00755272v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00642913v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00607403v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00642910v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00633426v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Sarzyniec" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00642915v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00584251v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliana Cucu-Grosjean" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00593463v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Godichaud" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Chanthery" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Contat" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00593465v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00642909v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00614480v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorin Maxim" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Santinelli" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rob Davis" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00643458v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00535560v2" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00535561v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00432702v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Brun" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Hamad" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Boyer" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00535559v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00435241v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliana Cucu" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lhassane Idoumghar" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Schott" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00534375v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00546344v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Glad" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00523496v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00535566v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00429564v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00429571v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SASO.2009.39" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00429506v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00326963v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/978-1-58603-891-5-626" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00000574v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00000573v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099817v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099828v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099829v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099564v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00100765v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00100766v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00100537v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00101090v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00100538v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03080234v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Christopher Beck" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erez Karpas" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shirin Sohrabi" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04591461v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02189744v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Bringay" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Euzenat" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Mattioli" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00874808v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume J. Laurent" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00432735v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sigaud" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00326864v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00326860v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03323382v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pietquin" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Weng" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-06164-7_12" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00439128v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00439126v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Thi&#233;baux" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00326872v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00326874v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05380088v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04698539v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dietterich" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04884212v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03523399v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03523415v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03523441v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03080287v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05180842v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01809897v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00960735v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00975802v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00702243v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00723550v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Legendre" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Hollard" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00529498v2" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00519324v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00326884v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00326882v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00509352v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00509353v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099773v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00100787v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099176v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00509349v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01673278v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05393096v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Lepers" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lemonnier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Thomas" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Buffet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/30504554251353513" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04382756v2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Delage" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jilles Dibangoye" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdallah Saffidine" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13235-023-00519-6" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03080314v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TG.2020.3005214" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01279444v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jilles Steeve Dibangoye" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Amato" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Charpillet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1613/jair.4623" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01330354v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Tlig" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Simonin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ria.30.353-382" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01413047v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Steinmetz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joerg Hoffmann" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1613/jair.5153" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00330031v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douglas Aberdeen" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.artint.2008.11.008" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K3635WDR-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00509337v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0218213007003527" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00118983v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Dutech" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10458-006-9010-5" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00119272v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00000572v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04884318v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang You" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Colas" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Skilton" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-72062-8_1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05375463v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Schutz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nick Hawes" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1609/icaps.v35i1.36129" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05375845v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05197856v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Laforest" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Niveau" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Zanuttini" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05109616v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05375482v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Escudie" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthia Sabatelli" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04698464v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuwa Miura" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shlomo Zilberstein" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04698457v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04698507v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Peralez" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04191464v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Alami" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICRA48891.2023.10161406" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04382880v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04191493v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2305.11811" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212452v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04382817v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04382922v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03595326v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03935200v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03523951v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03523449v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTAI52525.2021.00069" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03523841v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03523504v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Ferrer-Mestres" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas G. Dietterich" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iadine Chad&#232;s" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03081320v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03080192v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuxuan Xie" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03081548v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akshat Kumar" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03080154v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02943028v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;r&#233;my Hutin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350573v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01903685v2" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Fehr" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01840602v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jilles S Dibangoye" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01840591v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01851806v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01576353v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01413035v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01252757v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01188481v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01251973v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01188483v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01073429v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ars&#232;ne Fansi Tchango" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Flacher" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00998143v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01091190v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Kraj&#328;ansk&#253;" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#246;rg Hoffmann" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Fern" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01073434v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01073424v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01092066v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01073427v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00966575v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01096610v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-44848-9_22" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00914578v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00907338v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00907305v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-38061-7_7" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00907279v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00907334v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Nicol" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takuya Iwamura" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00907295v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manel Tagorti" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Scherrer" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00907315v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00907288v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricio Araya" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00755265v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Sarraute" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00735608v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00735602v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00750577v2" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chang-Shing Lee" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Woanting Lin" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Teytaud" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-35452-6_22" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00755270v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricio Araya-L&#243;pez" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00755264v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josie Carwardine" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tara G. Martin" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Sabbadin" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00755272v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00607403v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00642913v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00642910v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00633426v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Sarzyniec" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00642915v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00584251v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliana Cucu-Grosjean" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00593463v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Godichaud" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Chanthery" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Contat" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00593465v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00642909v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00614480v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorin Maxim" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Santinelli" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rob Davis" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00535560v2" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00535561v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00643458v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00432702v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Brun" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Hamad" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Boyer" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00435241v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliana Cucu" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lhassane Idoumghar" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Schott" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00535559v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00534375v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00546344v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Glad" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00523496v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00535566v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00429564v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00429571v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SASO.2009.39" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00429506v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00326963v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/978-1-58603-891-5-626" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00000574v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00000573v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099817v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099829v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099828v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099564v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00100765v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00100766v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00100537v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00101090v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00100538v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03080234v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Christopher Beck" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erez Karpas" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shirin Sohrabi" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04591461v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02189744v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Bringay" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Euzenat" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Mattioli" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00874808v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume J. Laurent" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00432735v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sigaud" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00326864v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00326860v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03323382v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pietquin" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Weng" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-06164-7_12" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00439128v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00439126v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Thi&#233;baux" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00326872v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00326874v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05380088v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04698539v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dietterich" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04884212v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03523399v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03523415v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03523441v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03080287v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05180842v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01809897v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00960735v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00975802v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00723550v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Legendre" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Hollard" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00702243v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00519324v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00529498v2" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00326884v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00326882v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00509352v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00509353v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099773v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00100787v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099176v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00509349v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01673278v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>