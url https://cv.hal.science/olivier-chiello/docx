--- v0 (2026-03-03)
+++ v1 (2026-03-25)
@@ -2190,209 +2190,209 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04683861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SONIA: An engineering tool for railway curve squeal analysis</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Computing the sound radiation of railway tracks in 2.5D using FE commercial codes: application to tram tracks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Chiello</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th Convention of the European Acoustics Association - Forum Acusticum 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2023, Turin, France. pp.3273-3279, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.61782/fa.2023.0283⟩</w:t>
+              <w:t xml:space="preserve">, Sep 2023, Turin, France. pp.243-250, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.61782/fa.2023.0654⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04520005v1</w:t>
+                <w:t xml:space="preserve">hal-04520071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Computing the sound radiation of railway tracks in 2.5D using FE commercial codes: application to tram tracks</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">SONIA: An engineering tool for railway curve squeal analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rita Tufano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Rissmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Chiello</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th Convention of the European Acoustics Association - Forum Acusticum 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2023, Turin, France. pp.243-250, </w:t>
+              <w:t xml:space="preserve">, Sep 2023, Turin, France. pp.3273-3279, </w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.61782/fa.2023.0654⟩</w:t>
+                <w:t xml:space="preserve">⟨10.61782/fa.2023.0283⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04520071v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04520005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using experience sampling method to study railway noise annoyance : A review</w:t>
               </w:r>
@@ -2654,51 +2654,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Chiello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rita Tufano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Rissmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16ème Congrès Français d'Acoustique, CFA2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française d'Acoustique; Laboratoire de Mécanique et d'Acoustique, Apr 2022, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2717,290 +2717,290 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03848300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling of wheel/rail squeal noise in curves from mono-harmonic vibratory limit cycles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Couplage entre la base de données nationale PlaMADE et l’outil open-source NoiseModelling pour la réalisation de cartes de bruit stratégiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Aumond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Cariou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Chiello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Ecotière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Le Bellec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceeding of Inter-Noise 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2022, Glasgow, United Kingdom. 8 p</w:t>
+              <w:t xml:space="preserve">16ème Congrès Français d'Acoustique, CFA2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française d'Acoustique; Laboratoire de Mécanique et d'Acoustique, Apr 2022, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03714014v1</w:t>
+                <w:t xml:space="preserve">hal-03848495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Couplage entre la base de données nationale PlaMADE et l’outil open-source NoiseModelling pour la réalisation de cartes de bruit stratégiques</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modelling of wheel/rail squeal noise in curves from mono-harmonic vibratory limit cycles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Chiello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Rita Tufano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Ecotière</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Martin Rismann</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16ème Congrès Français d'Acoustique, CFA2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française d'Acoustique; Laboratoire de Mécanique et d'Acoustique, Apr 2022, Marseille, France</w:t>
+              <w:t xml:space="preserve">Proceeding of Inter-Noise 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Glasgow, United Kingdom. 8 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03848495v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03714014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Strategic Noise Mapping in France to 2023: Coupling a national database with the open-source model NoiseModelling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Aumond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Cariou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Chiello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3283,265 +3283,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03233639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Calibration of transfer functions on a standstill vehicle for on-board indirect measurements of rail acoustic roughness</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Parameter Identification of Tram Acoustic Models for Noise Mapping from Pass-by Measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Chiello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annabelle Caura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Agnès Pallas</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Forum Acusticum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Dec 2020, LYON, France. pp. 2485-2491, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.48465/fa.2020.0110⟩</w:t>
+              <w:t xml:space="preserve">, Dec 2020, LYON, France. pp. 3077-3084, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48465/fa.2020.0073⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03233638v1</w:t>
+                <w:t xml:space="preserve">hal-03233635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parameter Identification of Tram Acoustic Models for Noise Mapping from Pass-by Measurements</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Calibration of transfer functions on a standstill vehicle for on-board indirect measurements of rail acoustic roughness</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Rita Tufano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Chiello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Agnès Pallas</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baldrik Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chaufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Forum Acusticum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Dec 2020, LYON, France. pp. 3077-3084, </w:t>
+              <w:t xml:space="preserve">, Dec 2020, LYON, France. pp. 2485-2491, </w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.48465/fa.2020.0073⟩</w:t>
+                <w:t xml:space="preserve">⟨10.48465/fa.2020.0110⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03233635v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03233638v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification des données d'émission sonore des tramways lyonnais pour les modèles NMPB2008 et CNOSSOS-EU</w:t>
               </w:r>
@@ -3642,260 +3642,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02178227v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A full finite element model for the simulation of friction-induced vibrations of wheel/rail systems: application to curve squeal noise</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Van-Vuong Lai</w:t>
+                <w:t xml:space="preserve">On-board indirect measurements of the acoustic quality of railway track: state-of-the art and simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Rita Tufano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Chiello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Agnès Pallas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baldrik Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chaufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13th International Workshop on Railway Noise</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, GAND, Belgium. 8p</w:t>
+              <w:t xml:space="preserve">48th International Congress and Exposition on Noise Control Engineering (Inter-Noise 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, MADRID, Spain. 10p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02305567v1</w:t>
+                <w:t xml:space="preserve">hal-02305460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On-board indirect measurements of the acoustic quality of railway track: state-of-the art and simulations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anna Rita Tufano</w:t>
+                <w:t xml:space="preserve">A full finite element model for the simulation of friction-induced vibrations of wheel/rail systems: application to curve squeal noise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Van-Vuong Lai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Chiello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Brunel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dufrenoy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">48th International Congress and Exposition on Noise Control Engineering (Inter-Noise 2019)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, MADRID, Spain. 10p</w:t>
+              <w:t xml:space="preserve">13th International Workshop on Railway Noise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, GAND, Belgium. 8p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02305460v1</w:t>
+                <w:t xml:space="preserve">hal-02305567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mesure embarquée de la qualité acoustique de l'infrastructure ferroviaire-Projet MEEQUAI</w:t>
               </w:r>
@@ -4121,230 +4121,230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02305430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation par éléments finis du contact roue/rail non stationnaire dans un repère Eulérien : application au crissement en courbe</w:t>
+                <w:t xml:space="preserve">Une méthode de tir adaptée pour l'estimation des vibrations auto-entretenues à l'origine du crissement d'un frein à disque ferroviaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Chiello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Philippe Dufrenoy</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucien Charroyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Sinou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14ème Congrès Français d'Acoustique (CFA'18)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2018, LE HAVRE, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02007355v1</w:t>
+                <w:t xml:space="preserve">hal-02007425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une méthode de tir adaptée pour l'estimation des vibrations auto-entretenues à l'origine du crissement d'un frein à disque ferroviaire</w:t>
+                <w:t xml:space="preserve">Modélisation par éléments finis du contact roue/rail non stationnaire dans un repère Eulérien : application au crissement en courbe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Chiello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jean-Jacques Sinou</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Van-Vuong Lai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Brunel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dufrenoy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14ème Congrès Français d'Acoustique (CFA'18)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2018, LE HAVRE, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02007425v1</w:t>
+                <w:t xml:space="preserve">hal-02007355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FEM modeling of wheel-rail rolling contact with friction in an eulerian frame: results and validation</w:t>
               </w:r>
@@ -5874,260 +5874,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01901623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation du bruit de crissement de freins à disque ferroviaires - Projet AcouFren</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Reduced order brake models to study the effect on squal of pad redesign</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Vermot Des Roches</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Balmès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Chiello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Lorang</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées scientifiques 2013 du GdR ViSiBle</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2013, MARSEILLE, France. 33 p</w:t>
+              <w:t xml:space="preserve">Europe’s braking technology conference &amp; exhibition (EuroBrake) 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Germany. 10 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01324135v1</w:t>
+                <w:t xml:space="preserve">hal-00855027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reduced order brake models to study the effect on squal of pad redesign</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modélisation du bruit de crissement de freins à disque ferroviaires - Projet AcouFren</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Chiello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Sinou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Vermot Des Roches</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Cocheteux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Europe’s braking technology conference &amp; exhibition (EuroBrake) 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2013, Germany. 10 p</w:t>
+              <w:t xml:space="preserve">Journées scientifiques 2013 du GdR ViSiBle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2013, MARSEILLE, France. 33 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00855027v1</w:t>
+                <w:t xml:space="preserve">hal-01324135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etudes expérimentales et simulation numérique de phénomène de crissement sur TGV</w:t>
               </w:r>
@@ -7331,51 +7331,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Chiello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rita Tufano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Rissmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sheng, X., et al. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Noise and Vibration Mitigation for Rail Transportation Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer, Singapore, pp.473-482, 2024, Lecture Notes in Mechanical Engineering, 978-981-99-7852-6. </w:t>
@@ -7887,52 +7887,146 @@
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01007536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">HDR (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vibro-acoustique appliquée aux sources de bruit ferroviaires : modélisation des crissements et méthodes expérimentales avancées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Chiello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Acoustique [physics.class-ph]. Insa de Lyon; Université claude Bernard Lyon 1, 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">HDR</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">tel-05554304v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId165"/>
+      <w:footerReference w:type="default" r:id="rId166"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -8000,51 +8094,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="417A024A"/>
+    <w:nsid w:val="53931DE4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8231,51 +8325,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/olivier-chiello" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4345-2050" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/176683631" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/307502901" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000126049548" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/I-3978-2014" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04870812v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacobo Arango Montoya" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Chiello" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Sinou" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Tufano" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app15020509" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03713974v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Van-Vuong Lai" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Anciant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Brunel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dufrenoy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apacoust.2021.108031" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02362786v2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmecsci.2019.105281" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02380585v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Charroyer" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2019.115050" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305329v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/lubricants7070059" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305412v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baldrik Faure" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chaufour" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Rita Tufano" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Agn&#232;s Pallas" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01999293v2" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2018.12.024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01999053v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmecsci.2018.05.045" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01380283v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2016.07.037" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407803v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiello Olivier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pallas Marie Agnes" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Serviere" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv2015.02.022" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00855074v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Loyer" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Mogenier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Lorang" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2013.04.008" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00649091v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2011.10.018" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00625107v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Brizard" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2010.09.003" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05363657v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683877v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Roux" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lemaitre" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chryst&#232;le Philipps-Bertin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Aumond" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3397/IN_2024_2297" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683861v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04520005v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Rissmann" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.61782/fa.2023.0283" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04520071v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.61782/fa.2023.0654" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315428v2" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Can" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03848297v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Agn&#232;s Pallas" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Le Bellec" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Augez" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03848300v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03714014v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Rismann" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03848495v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Cariou" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ecoti&#232;re" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939435v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ecotiere" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160687v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna-Rita Tufano" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0508" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03233639v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Brunnel" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0111" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03233638v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0110" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03233635v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Caura" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0073" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178227v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricio Munoz" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Janillon" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305567v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305460v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02309748v2" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuel Reynaud" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vincent" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305430v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02007355v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02007425v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02006092v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01999072v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926333v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dufr&#233;noy" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899331v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01638838v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01630418v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01383434v2" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01559976v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349906v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03446506v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349903v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01470207v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Vermot Des Roches" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Balm&#232;s" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01324139v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Caridi" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Cocheteux" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03439046v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901623v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.4799696" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01324135v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00855027v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01218019v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Cocheteux" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selim Bellaj" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01218045v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987258v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00705887v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bouvet" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00592943v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00618378v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00614958v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04793667v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-74893-9_63" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-4TM690WM-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173923v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Margiocchi" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Cordier" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01002844v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Maldonado" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Legouis" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Champelovier" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ifsttar.fr/fileadmin/user_upload/editions/inrets/Recherches/Rapport_INRETS_R279.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04519984v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-99-7852-6_44" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04519963v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-99-7852-6_3" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03714533v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-70289-2_30" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03714965v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=van Vuong Lai" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-70289-2_35" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01007536v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Chiello" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donatien Le Houedec" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-74893-9_22" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/olivier-chiello" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4345-2050" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/176683631" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/307502901" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000126049548" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/I-3978-2014" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04870812v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacobo Arango Montoya" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Chiello" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Sinou" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Tufano" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app15020509" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03713974v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Van-Vuong Lai" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Anciant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Brunel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dufrenoy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apacoust.2021.108031" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02362786v2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmecsci.2019.105281" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02380585v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Charroyer" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2019.115050" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305329v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/lubricants7070059" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305412v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baldrik Faure" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chaufour" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Rita Tufano" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Agn&#232;s Pallas" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01999293v2" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2018.12.024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01999053v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmecsci.2018.05.045" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01380283v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2016.07.037" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407803v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiello Olivier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pallas Marie Agnes" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Serviere" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv2015.02.022" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00855074v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Loyer" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Mogenier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Lorang" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2013.04.008" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00649091v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2011.10.018" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00625107v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Brizard" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2010.09.003" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05363657v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683877v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Roux" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lemaitre" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chryst&#232;le Philipps-Bertin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Aumond" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3397/IN_2024_2297" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683861v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04520071v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.61782/fa.2023.0654" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04520005v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Rissmann" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.61782/fa.2023.0283" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315428v2" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Can" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03848297v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Agn&#232;s Pallas" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Le Bellec" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Augez" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03848300v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03848495v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Cariou" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ecoti&#232;re" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03714014v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Rismann" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939435v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ecotiere" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160687v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna-Rita Tufano" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0508" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03233639v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Brunnel" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0111" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03233635v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Caura" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0073" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03233638v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0110" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178227v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricio Munoz" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Janillon" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305460v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305567v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02309748v2" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuel Reynaud" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vincent" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305430v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02007425v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02007355v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02006092v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01999072v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926333v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dufr&#233;noy" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899331v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01638838v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01630418v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01383434v2" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01559976v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349906v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03446506v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349903v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01470207v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Vermot Des Roches" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Balm&#232;s" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01324139v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Caridi" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Cocheteux" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03439046v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901623v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.4799696" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00855027v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01324135v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01218019v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Cocheteux" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selim Bellaj" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01218045v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987258v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00705887v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bouvet" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00592943v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00618378v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00614958v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04793667v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-74893-9_63" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-4TM690WM-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173923v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Margiocchi" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Cordier" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01002844v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Maldonado" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Legouis" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Champelovier" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ifsttar.fr/fileadmin/user_upload/editions/inrets/Recherches/Rapport_INRETS_R279.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04519984v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-99-7852-6_44" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04519963v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-99-7852-6_3" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03714533v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-70289-2_30" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03714965v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=van Vuong Lai" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-70289-2_35" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01007536v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Chiello" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donatien Le Houedec" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-74893-9_22" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-05554304v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>