--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -66,372 +66,372 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (59)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (58)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transcranial ultrasound localization microscopy in moyamoya patients using a clinical ultrasound system</w:t>
+                <w:t xml:space="preserve">Sensing ultrasound localization microscopy for ultrastructural and functional imaging of neonatal kidneys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Henriette Grieshaber-Bouyer Mandelbaum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Felix Wachter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Louise Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Georges Jaklh</w:t>
+                <w:t xml:space="preserve">Chiara Reisinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Bodard</w:t>
+                <w:t xml:space="preserve">Adrian Buehler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Theranostics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 15 (9), pp.4074-4083. </w:t>
+              <w:t xml:space="preserve">Ultraschall in der Medizin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.7150/thno.105427⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1055/a-2700-9184⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05380854v1</w:t>
+                <w:t xml:space="preserve">hal-05380801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sensing ultrasound localization microscopy for ultrastructural and functional imaging of neonatal kidneys</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Transcranial ultrasound localization microscopy in moyamoya patients using a clinical ultrasound system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Henriette Grieshaber-Bouyer Mandelbaum</w:t>
+                <w:t xml:space="preserve">Elena Meseguer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Felix Wachter</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Louise Denis</w:t>
+                <w:t xml:space="preserve">Augustin Gaudemer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chiara Reisinger</w:t>
+                <w:t xml:space="preserve">Georges Jaklh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adrian Buehler</w:t>
+                <w:t xml:space="preserve">Sylvain Bodard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ultraschall in der Medizin</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Theranostics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 15 (9), pp.4074-4083. </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1055/a-2700-9184⟩</w:t>
+                <w:t xml:space="preserve">⟨10.7150/thno.105427⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05380801v1</w:t>
+                <w:t xml:space="preserve">hal-05380854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First clinical utility of sensing Ultrasound Localization Microscopy (sULM): identifying renal pseudotumors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Bodard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Chabouh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -521,77 +521,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ultrasound Super‐Resolution Imaging of Neonatal Cerebral Vascular Reorganization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simone Schwarz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Nedoschill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Buehler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vera Danko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -655,51 +655,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ultrasound matrix imaging for 3D transcranial in vivo localization microscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flavien Bureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Coudert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -789,51 +789,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D transcranial ultrasound localization microscopy in awake mice: protocol and open-source pipeline</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Chabouh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Abioui-Mourgues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -936,51 +936,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Chabouh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Basile Pradier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rached Baida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1038,451 +1038,451 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05380805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Volumetric ultrasound localization microscopy with diverging cylindrical waves</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Element Position Calibration for Matrix Array Transducers with Multiple Disjoint Piezoelectric Panels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Jacob Mccall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Arthur Chavignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Couture</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Dayton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gianmarco Pinton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Ultrasonics, Ferroelectrics and Frequency Control</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TUFFC.2024.3375896⟩</w:t>
+              <w:t xml:space="preserve">Ultrasonic Imaging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 46 (3), pp.139-150. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/01617346241227900⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04755765v1</w:t>
+                <w:t xml:space="preserve">hal-04755751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Whole organ volumetric sensing Ultrasound Localization Microscopy for characterization of kidney structure</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Volumetric ultrasound localization microscopy with diverging cylindrical waves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Coudert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Chavignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Couture</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Medical Imaging</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Ultrasonics, Ferroelectrics and Frequency Control</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TUFFC.2024.3375896⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TMI.2024.3411669⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04755746v1</w:t>
+                <w:t xml:space="preserve">hal-04755765v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Element Position Calibration for Matrix Array Transducers with Multiple Disjoint Piezoelectric Panels</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Olivier Couture</w:t>
+                <w:t xml:space="preserve">Whole organ volumetric sensing Ultrasound Localization Microscopy for characterization of kidney structure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Chabouh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Bodard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul Dayton</w:t>
+                <w:t xml:space="preserve">Franck Lager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gianmarco Pinton</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Gilles Renault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ultrasonic Imaging</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 46 (3), pp.139-150. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Medical Imaging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/01617346241227900⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TMI.2024.3411669⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04755751v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04755746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Visualization of Renal Glomeruli in Human Native Kidneys With Sensing Ultrasound Localization Microscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Bodard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Chabouh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1553,408 +1553,408 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04755750v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Volumetric Ultrasound Localization Microscopy</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Ultrasound Localization Microscopy for the Assessment of Microvascular Circulation in Ischemic Perinatal Stroke</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrian Regensburger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Felix Wachter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henriette Mandelbaum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frauke Schey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Ultrasonics, Ferroelectrics and Frequency Control</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TUFFC.2024.3485556⟩</w:t>
+              <w:t xml:space="preserve">Stroke</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 55 (12), pp.e323-e325. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1161/STROKEAHA.124.048390⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04755769v1</w:t>
+                <w:t xml:space="preserve">hal-05380822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">RF-ULM: Ultrasound Localization Microscopy Learned From Radio-Frequency Wavefronts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christopher Hahne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Chabouh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Chavignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Couture</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Sznitman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Medical Imaging</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 43 (9), pp.3253-3262. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/TMI.2024.3391297⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04755753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrasound Localization Microscopy for the Assessment of Microvascular Circulation in Ischemic Perinatal Stroke</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Volumetric Ultrasound Localization Microscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Henriette Mandelbaum</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Chabouh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frauke Schey</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Baptiste Heiles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Couture</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Stroke</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 55 (12), pp.e323-e325. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Ultrasonics, Ferroelectrics and Frequency Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.1-1. </w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1161/STROKEAHA.124.048390⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TUFFC.2024.3485556⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05380822v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04755769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Size and phase preservation of amorphous calcium carbonate nanoparticles in aqueous media using different types of lignin for contrast-enhanced ultrasound imaging</w:t>
               </w:r>
@@ -2342,64 +2342,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Visualization of Renal Glomeruli in Human Native Kidneys With Sensing Ultrasound Localization Microscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Bodard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Chabouh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2476,90 +2476,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sensing Ultrasound Localization Microscopy for the visualization of glomeruli in living rats and humans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Bodard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Hingot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Chavignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Battaglia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2610,64 +2610,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Addendum: Performance benchmarking of microbubble-localization algorithms for ultrasound localization microscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Heiles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Chavignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Hingot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3012,90 +3012,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ultrasound localization microscopy of the human kidney allograft on a clinical ultrasound scanner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Bodard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Hingot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Chavignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Hélénon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3146,64 +3146,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deep and Complex Vascular Anatomy in the Rat Brain Described With Ultrasound Localization Microscopy in 3D</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Chavignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Heiles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Hingot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3280,64 +3280,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D Transcranial Ultrasound Localization Microscopy in the Rat Brain With a Multiplexed Matrix Probe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Chavignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Heiles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Hingot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3414,51 +3414,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D transcranial Ultrasound Localization Microscopy for discrimination between ischemic and hemorrhagic stroke in early phase</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Chavignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Hingot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3669,64 +3669,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Performance benchmarking of microbubble-localization algorithms for ultrasound localization microscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Heiles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Chavignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Hingot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3803,64 +3803,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Volumetric Ultrasound Localization Microscopy of the Whole Rat Brain Microvasculature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Heiles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Chavignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Bergel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4093,51 +4093,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kirsten Christensen-Jeffries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Couture</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Dayton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yonina Eldar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4325,295 +4325,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03047327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Super-resolution ultrasound imaging</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Olivier Couture</w:t>
+                <w:t xml:space="preserve">Early Ultrafast Ultrasound Imaging of Cerebral Perfusion correlates with Ischemic Stroke outcomes and responses to treatment in Mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Hingot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul a C Dayton</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Kullervo Hynynen</w:t>
+                <w:t xml:space="preserve">Camille Brodin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Lebrun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Heiles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Chagnot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ultrasound in Medicine &amp; Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ultrasmedbio.2019.11.013⟩</w:t>
+              <w:t xml:space="preserve">Theranostics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10, pp.7480 - 7491. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7150/thno.44233⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02476949v1</w:t>
+                <w:t xml:space="preserve">hal-04060857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Early Ultrafast Ultrasound Imaging of Cerebral Perfusion correlates with Ischemic Stroke outcomes and responses to treatment in Mice</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Audrey Chagnot</w:t>
+                <w:t xml:space="preserve">Super-resolution ultrasound imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kirsten Christensen-Jeffries</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Couture</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul a C Dayton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yonina Eldar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kullervo Hynynen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Theranostics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.7150/thno.44233⟩</w:t>
+              <w:t xml:space="preserve">Ultrasound in Medicine &amp; Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 46 (4), pp.865-891. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ultrasmedbio.2019.11.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04060857v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02476949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Large-scale functional ultrasound imaging of the spinal cord reveals in-depth spatiotemporal responses of spinal nociceptive circuits in both normal and inflammatory states</w:t>
               </w:r>
@@ -4733,51 +4733,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ultrafast 3D Ultrasound Localization Microscopy Using a 32x32 Matrix Array</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Heiles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mafalda Correia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5144,51 +5144,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Hingot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Errico</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Heiles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Line Rahal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5546,51 +5546,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Hingot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Errico</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Heiles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Line Rahal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5680,51 +5680,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Couture</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Hingot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Heiles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Muleki-Seya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6078,51 +6078,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Couture</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Hingot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Heiles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Muleki-Seya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6329,51 +6329,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cationic microbubbles and antibiotic-free miniplasmid for sustained ultrasound–mediated transgene expression in liver</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simona Manta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Renault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6829,1024 +6829,890 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04089043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In situ targeted activation of an anticancer agent using ultrasound-triggered release of composite droplets</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Subwavelength far-field ultrasound drug-delivery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Hingot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Bezagu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Errico</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Desailly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jonathan Clarhaut</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Mickael Tanter</w:t>
+                <w:t xml:space="preserve">Romain Bocheux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Medicinal Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ejmech.2017.03.057⟩</w:t>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 109 (19), pp.194102. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4967009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04088862v1</w:t>
+                <w:t xml:space="preserve">hal-02481892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Subwavelength far-field ultrasound drug-delivery</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Transcranial functional ultrasound imaging of the brain using microbubble-enhanced ultrasensitive Doppler</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Errico</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Yann Desailly</w:t>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno-Félix Osmanski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Pezet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Couture</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Bocheux</w:t>
+                <w:t xml:space="preserve">Zsolt Lenkei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 109 (19), pp.194102. </w:t>
+              <w:t xml:space="preserve">NeuroImage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 124, pp.752-761. </w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.4967009⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.neuroimage.2015.09.037⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02481892v1</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03242244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transcranial functional ultrasound imaging of the brain using microbubble-enhanced ultrasensitive Doppler</w:t>
+                <w:t xml:space="preserve">Ultrafast ultrasound localization microscopy for deep super-resolution vascular imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Errico</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno-Félix Osmanski</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId225" w:history="1">
+                <w:t xml:space="preserve">Juliette Pierre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Pezet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Desailly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zsolt Lenkei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NeuroImage</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 527 (7579), pp.499-502</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03242244v1</w:t>
+                <w:t xml:space="preserve">hal-02007890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrafast ultrasound localization microscopy for deep super-resolution vascular imaging</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId229" w:history="1">
+                <w:t xml:space="preserve">Resolution limits of ultrafast ultrasound localization microscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Desailly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Pierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Couture</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Tanter</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 527 (7579), pp.499-502</w:t>
+              <w:t xml:space="preserve">Physics in Medicine and Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 60 (22), pp.8723-8740</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02007890v1</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02008651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Resolution limits of ultrafast ultrasound localization microscopy</w:t>
+                <w:t xml:space="preserve">Sono-activated ultrasound localization microscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Desailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Couture</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Fink</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Tanter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics in Medicine and Biology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 103 (17), pp.174107. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4826597⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02008651v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02481847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sono-activated ultrasound localization microscopy</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ultrasound internal tattooing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Couture</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magalie Faivre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Pannacci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Avin Babataheri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Servois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.4826597⟩</w:t>
+              <w:t xml:space="preserve">Medical Physics : The international journal of medical physics research and practice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 38 (2), pp.1116 - 1123. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1118/1.3548068⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02481847v1</w:t>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01870701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrasound internal tattooing</w:t>
+                <w:t xml:space="preserve">Time-reversal focusing of therapeutic ultrasound on targeted microbubbles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Couture</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
-              <w:r>
-[...119 lines deleted...]
-            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Aubry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Tanter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Fink</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Physics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 94 (17), pp.173901. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1063/1.3126039⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02481794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7856,314 +7722,314 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bedside three-dimensional acoustic angiography and perfusion imaging for early detection of delayed cerebral ischemia in aneurysmal subarachnoid hemorrhage: A Feasibility study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Gakuba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Chabouh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Gauberti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Denis Moyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05380864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transcranial Ultrasound Localization Microscopy in Moya Moya patients using a clinical ultrasound system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena Meseguer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin Gaudemer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Jaklh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Bodard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04759608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An open-source platform for 3D transcranial Ultrasound Localization Microscopy in awake mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Chabouh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Abioui-Mourgues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8188,51 +8054,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Battaglia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04759618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8242,154 +8108,154 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imagerie matricielle dynamique appliquée à l'échographie transcrânienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yichen Sun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Giraudat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flavien Bureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Coudert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CFA 2025 - 17e Congrès Français d'Acoustique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2025, Paris, France. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05365514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8399,147 +8265,147 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Innovative Ultrasound Imaging Techniques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Lori Bridal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enrico Boni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Ramalli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Stuart Savoia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Piero Tortoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">S. Lori Bridal. ISTE WiLEY, 2024, Imagery in Life Sciences, Françoise Peyrin, 978-1-789-45163-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04761905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8549,315 +8415,315 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microbubble detection using Neyman-Pearson theory for volumetric ultrasound localization microscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Mazellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">George Chabouh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Couture</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Muleki-Seya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Varray</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2024 Ultrasonics, Ferroelectrics, and Frequency Control Joint Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Taipei, Taiwan. pp.1-4, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/UFFC-JS60046.2024.10793648⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04762252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adaptive beamforming combined with decision theory-based detection for ultrasound localization microscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Corazza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Muleki-Seya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Chavignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Couture</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Basarab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE International Ultrasonics Symposium (IUS 2023)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, Sep 2023, Montreal, Canada. pp.1-4, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/IUS51837.2023.10306344⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04277210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ultrafast Radial Modulation Imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Muleki Seya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -8889,70 +8755,70 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Couture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Forum Acusticum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2020, Lyon, France. pp.1057-1058, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.48465/fa.2020.0232⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03240235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8962,169 +8828,169 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SYSTEME PORTATIF D'IMAGERIE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abderrahmanne Aissani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Chavignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Coudert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Couture</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Heiles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : WO2022254037A1. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04030438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SYSTÈME DE SUIVI DE DISPOSITIF À ULTRASONS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Coudert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -9146,427 +9012,427 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Hingot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : WO2022123024A1. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04030459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SYSTÈME DE SUIVI ET DE VISUALISATION DE MICRO-DISPOSITIF</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Francois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Duplat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sinan Haliyo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Régnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Zarader</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : WO2022123013A1. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04030452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Portable imaging system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Couture</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderrahmanne Aissani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Chavignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Coudert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Hingot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">France, Patent n° : EP21305759.9. 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Brevet</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId269" w:history="1">
-              <w:r>
-[...67 lines deleted...]
-            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03974929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Micro-device tracking and vizualisation system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Couture</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Francois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Duplat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sinan Haliyo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Régnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : EP20306554.5. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03974952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ultrasound device tracking system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Couture</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -9588,65 +9454,65 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Hingot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : EP20306553.7. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03974938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId277"/>
+      <w:footerReference w:type="default" r:id="rId272"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -9793,51 +9659,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380854v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Denis" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Meseguer" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Gaudemer" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Jaklh" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bodard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7150/thno.105427" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380801v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henriette Grieshaber-Bouyer Mandelbaum" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Wachter" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Reisinger" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Buehler" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/a-2700-9184" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380821v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Chabouh" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany Anglicheau" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier H&#233;l&#233;non" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7150/thno.100897" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380817v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Schwarz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Nedoschill" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vera Danko" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/advs.202415235" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744243v2" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Bureau" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Coudert" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Fink" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Couture" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.adt9778" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380808v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Abioui-Mourgues" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Deloges" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Battaglia" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s44172-025-00415-4" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380805v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basile Pradier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rached Baida" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Hingot" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultrasmedbio.2025.06.011" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755765v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Chavignon" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2024.3375896" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755746v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Lager" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Renault" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMI.2024.3411669" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755751v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacob Mccall" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Dayton" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianmarco Pinton" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/01617346241227900" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755750v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/RLI.0000000000001061" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755769v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Heiles" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2024.3485556" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755753v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Hahne" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Sznitman" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMI.2024.3391297" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380822v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Regensburger" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henriette Mandelbaum" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frauke Schey" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/STROKEAHA.124.048390" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755761v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauriane Chuzeville" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahmane Aissani" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahilan Manisekaran" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Fleming" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Grysan" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2023.12.106" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755771v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Coudert" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Denis" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chavignon" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bodard" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Naveau" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2024.3432998" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755757v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Lerendegui" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Riemer" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgios Papageorgiou" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bingxue Wang" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lachlan Arthur" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMI.2024.3388048" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395174v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287588v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ebiom.2023.104578" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05111779v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Lopez" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliott Teston" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41551-023-01123-0" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04228471v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Zarader" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Fran&#231;ois" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Duplat" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sinan Haliyo" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TBME.2023.3322302" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287513v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Fournier" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachida Aid" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault de La Taille" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biomaterials.2023.122385" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287550v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.kint.2023.01.027" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759612v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Orset" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Vivien" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ojuffc.2023.3342751" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03719050v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TBME.2021.3137265" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765361v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-18025-x" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763870v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugur Soysal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro N. Azevedo" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Aubry" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcio S Carvalho" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03965571v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41551-021-00824-8" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03956701v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bergel" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Serroune" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OJUFFC.2022.3214185" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093597v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Pialot" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Gachelin" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Tanter" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Provost" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2020.2969080" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093491v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirsten Christensen-Jeffries" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yonina Eldar" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kullervo Hynynen" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultrasmedbio.2019.11.013" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03047327v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanter Mickael" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02476949v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul a C Dayton" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060857v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Brodin" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Lebrun" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Chagnot" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7150/thno.44233" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061241v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Claron" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rivals" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Line Rahal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/j.pain.0000000000002078" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344374v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mafalda Correia" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Pernot" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMI.2018.2890358" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345642v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Muleki Seya" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kailiang Xu" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2019.2949046" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093571v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo Li" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachida Aid-Launais" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Labour" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alina Zenych" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Juenet" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biomaterials.2018.12.023" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093541v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Errico" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-38349-x" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290438v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03806851v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03046352v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344318v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Muleki-Seya" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2018.2850811" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123140v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Corvis" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Manta" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Th&#233;bault" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Dhotel" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.8b01668" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323756v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Houvenagel" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Moine" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Picheth" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Dejean" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Br&#251;let" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.biomac.8b00506" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093512v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089051v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Chennevi&#232;re" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7py00400a" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656574v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Delalande" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lagoutte" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconrel.2017.07.015" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04088982v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Desailly" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Tissier" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Correas" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Wintzenrieth" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Tanter" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6560/62/1/31" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324479v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rilton Alves de Freitas" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actbio.2017.10.002" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089043v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultras.2017.01.008" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04088862v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Bezagu" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Clarhaut" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Renoux" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Monti" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2017.03.057" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02481892v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bocheux" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4967009" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03242244v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno-F&#233;lix Osmanski" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Pezet" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zsolt Lenkei" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2015.09.037" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02007890v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Pierre" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008651v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02481847v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4826597" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01870701v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Faivre" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pannacci" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avin Babataheri" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Servois" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1118/1.3548068" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02481794v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Aubry" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3126039" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380864v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Gakuba" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Gauberti" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Denis Moyer" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759608v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759618v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05365514v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yichen Sun" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Giraudat" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04761905v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lori Bridal" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Boni" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Ramalli" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Stuart Savoia" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piero Tortoli" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04762252v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Mazellier" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Chabouh" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Varray" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/UFFC-JS60046.2024.10793648" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04277210v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Corazza" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Basarab" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IUS51837.2023.10306344" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03240235v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0232" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04030438v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahmanne Aissani" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04030459v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04030452v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Francois" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane R&#233;gnier" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03974929v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03974952v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03974938v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380801v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henriette Grieshaber-Bouyer Mandelbaum" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Wachter" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Denis" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Reisinger" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Buehler" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/a-2700-9184" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380854v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Meseguer" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Gaudemer" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Jaklh" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bodard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7150/thno.105427" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380821v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Chabouh" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany Anglicheau" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier H&#233;l&#233;non" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7150/thno.100897" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380817v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Schwarz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Nedoschill" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vera Danko" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/advs.202415235" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744243v2" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Bureau" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Coudert" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Fink" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Couture" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.adt9778" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380808v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Abioui-Mourgues" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Deloges" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Battaglia" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s44172-025-00415-4" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380805v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basile Pradier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rached Baida" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Hingot" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultrasmedbio.2025.06.011" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755751v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacob Mccall" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Chavignon" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Dayton" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianmarco Pinton" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/01617346241227900" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755765v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2024.3375896" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755746v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Lager" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Renault" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMI.2024.3411669" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755750v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/RLI.0000000000001061" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380822v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Regensburger" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henriette Mandelbaum" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frauke Schey" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/STROKEAHA.124.048390" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755753v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Hahne" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Sznitman" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMI.2024.3391297" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755769v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Heiles" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2024.3485556" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755761v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauriane Chuzeville" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahmane Aissani" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahilan Manisekaran" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Fleming" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Grysan" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2023.12.106" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755771v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Coudert" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Denis" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chavignon" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bodard" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Naveau" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2024.3432998" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755757v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Lerendegui" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Riemer" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgios Papageorgiou" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bingxue Wang" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lachlan Arthur" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMI.2024.3388048" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395174v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287588v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ebiom.2023.104578" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05111779v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Lopez" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliott Teston" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41551-023-01123-0" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04228471v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Zarader" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Fran&#231;ois" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Duplat" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sinan Haliyo" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TBME.2023.3322302" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287513v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Fournier" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachida Aid" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault de La Taille" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biomaterials.2023.122385" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287550v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.kint.2023.01.027" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759612v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Orset" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Vivien" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ojuffc.2023.3342751" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03719050v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TBME.2021.3137265" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765361v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-18025-x" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763870v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugur Soysal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro N. Azevedo" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Aubry" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcio S Carvalho" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03965571v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41551-021-00824-8" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03956701v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bergel" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Serroune" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OJUFFC.2022.3214185" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093597v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Pialot" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Gachelin" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Tanter" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Provost" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2020.2969080" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093491v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirsten Christensen-Jeffries" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yonina Eldar" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kullervo Hynynen" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultrasmedbio.2019.11.013" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03047327v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanter Mickael" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060857v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Brodin" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Lebrun" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Chagnot" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7150/thno.44233" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02476949v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul a C Dayton" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061241v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Claron" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rivals" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Line Rahal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/j.pain.0000000000002078" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344374v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mafalda Correia" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Pernot" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMI.2018.2890358" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345642v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Muleki Seya" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kailiang Xu" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2019.2949046" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093571v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo Li" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachida Aid-Launais" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Labour" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alina Zenych" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Juenet" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biomaterials.2018.12.023" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093541v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Errico" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-38349-x" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290438v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03806851v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03046352v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344318v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Muleki-Seya" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2018.2850811" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123140v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Corvis" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Manta" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Th&#233;bault" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Dhotel" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.8b01668" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323756v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Houvenagel" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Moine" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Picheth" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Dejean" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Br&#251;let" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.biomac.8b00506" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093512v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089051v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Chennevi&#232;re" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7py00400a" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656574v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Delalande" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lagoutte" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconrel.2017.07.015" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04088982v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Desailly" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Tissier" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Correas" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Wintzenrieth" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Tanter" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6560/62/1/31" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324479v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rilton Alves de Freitas" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actbio.2017.10.002" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089043v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultras.2017.01.008" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02481892v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Bezagu" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bocheux" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4967009" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03242244v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno-F&#233;lix Osmanski" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Pezet" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zsolt Lenkei" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2015.09.037" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02007890v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Pierre" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008651v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02481847v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4826597" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01870701v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Faivre" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pannacci" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avin Babataheri" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Servois" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1118/1.3548068" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02481794v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Aubry" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3126039" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380864v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Gakuba" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Gauberti" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Denis Moyer" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759608v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759618v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05365514v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yichen Sun" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Giraudat" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04761905v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lori Bridal" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Boni" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Ramalli" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Stuart Savoia" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piero Tortoli" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04762252v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Mazellier" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Chabouh" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Varray" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/UFFC-JS60046.2024.10793648" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04277210v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Corazza" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Basarab" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IUS51837.2023.10306344" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03240235v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0232" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04030438v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahmanne Aissani" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04030459v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04030452v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Francois" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane R&#233;gnier" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03974929v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03974952v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03974938v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>