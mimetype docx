--- v0 (2026-03-10)
+++ v1 (2026-03-31)
@@ -7001,272 +7001,272 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00534908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Core repulsion effects in alkali trimers</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Optimization of Generalized Multichannel Quantum Defect reference functions for Feshbach resonance characterization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pavel Soldan</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Johannes Deiglmayr</w:t>
+                <w:t xml:space="preserve">Rachidi Osséni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dulieu</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maurice Raoult</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00361932v1</w:t>
+                <w:t xml:space="preserve">hal-00378652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimization of Generalized Multichannel Quantum Defect reference functions for Feshbach resonance characterization</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Core repulsion effects in alkali trimers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Guérout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pavel Soldan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Aymar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rachidi Osséni</w:t>
+                <w:t xml:space="preserve">Johannes Deiglmayr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dulieu</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...11 lines deleted...]
-            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00378652v1</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00361932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Systematic trends in electronic properties of alkali hydrides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Aymar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johannes Deiglmayr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dulieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8260,51 +8260,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05324466v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charbel Karam" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gohar Hovhannesyan" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Vexiau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Lepers" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Bouloufa-Maafa" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/9q1s-pjrs" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767291v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pandey" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Vexiau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Marcassa" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Dulieu" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bouloufa-Maafa" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevResearch.6.043010" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273642v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaodong Xing" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Humberto da Silva" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Willitsch" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.106.062809" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02619604v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ming-Guang Hu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Liu" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew A. Nichols" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lingbang Zhu" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goulven Qu&#233;m&#233;ner" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41557-020-00610-0" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03453741v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junyu He" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junyu Lin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Bouloufa" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dulieu" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/ac2dad" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03453748v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Mohammadi" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artjom Kr&#252;kow" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Mahdian" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Deiss" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jes&#250;s P&#233;rez-R&#237;os" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevResearch.3.013196" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03157026v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Devolder" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Desouter-Lecomte" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Osman Atabek" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliane Luc-Koenig" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.103.033301" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03453734v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maciej B. Kosicki" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piotr Szymon Z&#768;uchowski" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maykel Leonardo Gonz&#225;lez-Mart&#237;nez" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6455/ab6053" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007548v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruti Ben-Shlomi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziv Meir" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomas Sikorsky" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nitzan Akerman" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.102.031301" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411496v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry Fernandes Passagem" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Col&#237;n-Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Tallant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Cesar Ventura da Silva" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.122.123401" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411501v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.100.052703" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02263590v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hui Li" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Wyart" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.100.042711" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03101778v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malek Ben Khalifa" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emna Sahnoun" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Spezzano" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Wiesenfeld" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamel Hammami" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1743921319006379" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02386766v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukas Bruder" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrich Bangert" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Binz" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Uhl" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain V&#233;xiau" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/S41467-018-07292-W" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411481v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacek Szczepkowski" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Grochola" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pawe&#322; Kowalczyk" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Gu&#233;rout" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2018.02.020" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116077v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.121.063201" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411485v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahul Sawant" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadiq A. Rangwala" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.97.063405" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411488v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.98.053411" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116047v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Chalopin" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasiliy Makhalov" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chayma Bouazza" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Evrard" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Barker" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.98.040502" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02175191v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Nascimbene" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6455/50/1/014005" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576687v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Li" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Nascimb&#232;ne" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02265753v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.95.062508" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576711v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Borsalino" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Orb&#225;n" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Aymar" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0144235X.2017.1351821" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01188215v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ye Hong" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.93.011401" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01673968v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Jyothi" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tridib Ray" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sourav Dutta" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdul-Rahman Allouche" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.117.213002" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576721v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-4075/49/1/014004" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02023917v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ousmanou Motapon" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Niyonzima" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kalyan Chakrabarti" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Zs Mezei" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Backodissa" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/20158402003" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576660v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Frisch" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mark" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Aikawa" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Baier" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Grimm" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.115.203201" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01239253v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Ayouz" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Raoult" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Robert" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viatcheslav Kokoouline" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4906695" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576752v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-F. Wyart" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.89.022505" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576764v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.88.032709" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01239232v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp4000279///" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811453v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Bussery-Honvault" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4770054" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811455v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix H. J. Hall" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04502589v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Favilla" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Viteau" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amodsen Chotia" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Fioretti" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00268976.2010.495732" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04502605v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pillet" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Allegrini" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b819697d" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508355v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Sugny" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Bomble" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Ribeyre" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00513115v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00268970701494016" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00513112v2" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vanhaecke" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00268970701466261" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00022678v2" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilien Null Portier" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Moal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaewan Kim" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Leduc" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Cohen-Tannoudji" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-4075/39/19/S06" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004205v2" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02404469v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Vernhet" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Lorenzo Ancarani" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Bachau" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bordas" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Bredy" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107777v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Comparat" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Lignier" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411516v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piotr S. &#379;uchowski" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maykel L Gonz&#225;lez-Mart&#237;nez" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411505v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Sikorsky" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103444v2" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Humberto da Silva Jr" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01149606v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01178460v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Orb&#225;n" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Vexiau" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Krieglsteiner" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.-C N&#228;gerl" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811450v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Eberle" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregor Hegi" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00810648v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ayouz" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Robert" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811451v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00569270v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00569370v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Lopes" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Kokoouline" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00564452v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Georg Danzl" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manfred J Mark" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00499637v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00534909v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marin Pichler" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00534908v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Lefebvre" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lepers" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Jaouadi" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00361932v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Soldan" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Deiglmayr" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00378652v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachidi Oss&#233;ni" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00361935v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00378648v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Gabbanini" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00361920v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Sahlaoui" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00361938v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Crubellier" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00380876v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitris Sofikitis" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00325293v2" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00289878v2" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00023044v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihaela Vatasescu" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude M. Dion" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00023052v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernand Spiegelman" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05324466v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charbel Karam" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gohar Hovhannesyan" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Vexiau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Lepers" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Bouloufa-Maafa" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/9q1s-pjrs" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767291v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pandey" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Vexiau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Marcassa" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Dulieu" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bouloufa-Maafa" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevResearch.6.043010" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273642v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaodong Xing" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Humberto da Silva" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Willitsch" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.106.062809" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02619604v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ming-Guang Hu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Liu" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew A. Nichols" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lingbang Zhu" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goulven Qu&#233;m&#233;ner" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41557-020-00610-0" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03453741v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junyu He" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junyu Lin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Bouloufa" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dulieu" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/ac2dad" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03453748v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Mohammadi" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artjom Kr&#252;kow" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Mahdian" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Deiss" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jes&#250;s P&#233;rez-R&#237;os" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevResearch.3.013196" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03157026v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Devolder" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Desouter-Lecomte" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Osman Atabek" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliane Luc-Koenig" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.103.033301" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03453734v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maciej B. Kosicki" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piotr Szymon Z&#768;uchowski" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maykel Leonardo Gonz&#225;lez-Mart&#237;nez" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6455/ab6053" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007548v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruti Ben-Shlomi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziv Meir" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomas Sikorsky" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nitzan Akerman" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.102.031301" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411496v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry Fernandes Passagem" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Col&#237;n-Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Tallant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Cesar Ventura da Silva" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.122.123401" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411501v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.100.052703" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02263590v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hui Li" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Wyart" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.100.042711" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03101778v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malek Ben Khalifa" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emna Sahnoun" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Spezzano" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Wiesenfeld" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamel Hammami" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1743921319006379" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02386766v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukas Bruder" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrich Bangert" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Binz" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Uhl" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain V&#233;xiau" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/S41467-018-07292-W" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411481v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacek Szczepkowski" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Grochola" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pawe&#322; Kowalczyk" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Gu&#233;rout" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2018.02.020" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116077v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.121.063201" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411485v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahul Sawant" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadiq A. Rangwala" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.97.063405" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411488v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.98.053411" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116047v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Chalopin" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasiliy Makhalov" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chayma Bouazza" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Evrard" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Barker" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.98.040502" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02175191v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Nascimbene" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6455/50/1/014005" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576687v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Li" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Nascimb&#232;ne" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02265753v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.95.062508" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576711v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Borsalino" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Orb&#225;n" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Aymar" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0144235X.2017.1351821" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01188215v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ye Hong" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.93.011401" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01673968v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Jyothi" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tridib Ray" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sourav Dutta" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdul-Rahman Allouche" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.117.213002" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576721v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-4075/49/1/014004" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02023917v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ousmanou Motapon" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Niyonzima" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kalyan Chakrabarti" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Zs Mezei" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Backodissa" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/20158402003" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576660v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Frisch" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mark" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Aikawa" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Baier" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Grimm" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.115.203201" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01239253v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Ayouz" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Raoult" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Robert" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viatcheslav Kokoouline" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4906695" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576752v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-F. Wyart" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.89.022505" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576764v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.88.032709" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01239232v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp4000279///" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811453v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Bussery-Honvault" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4770054" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811455v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix H. J. Hall" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04502589v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Favilla" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Viteau" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amodsen Chotia" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Fioretti" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00268976.2010.495732" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04502605v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pillet" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Allegrini" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b819697d" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508355v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Sugny" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Bomble" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Ribeyre" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00513115v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00268970701494016" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00513112v2" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vanhaecke" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00268970701466261" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00022678v2" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilien Null Portier" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Moal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaewan Kim" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Leduc" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Cohen-Tannoudji" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-4075/39/19/S06" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004205v2" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02404469v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Vernhet" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Lorenzo Ancarani" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Bachau" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bordas" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Bredy" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107777v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Comparat" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Lignier" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411516v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piotr S. &#379;uchowski" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maykel L Gonz&#225;lez-Mart&#237;nez" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411505v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Sikorsky" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103444v2" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Humberto da Silva Jr" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01149606v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01178460v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Orb&#225;n" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Vexiau" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Krieglsteiner" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.-C N&#228;gerl" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811450v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Eberle" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregor Hegi" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00810648v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ayouz" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Robert" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811451v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00569270v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00569370v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Lopes" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Kokoouline" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00564452v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Georg Danzl" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manfred J Mark" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00499637v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00534909v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marin Pichler" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00534908v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Lefebvre" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lepers" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Jaouadi" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00378652v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachidi Oss&#233;ni" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00361932v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Soldan" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Deiglmayr" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00361935v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00378648v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Gabbanini" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00361920v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Sahlaoui" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00361938v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Crubellier" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00380876v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitris Sofikitis" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00325293v2" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00289878v2" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00023044v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihaela Vatasescu" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude M. Dion" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00023052v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernand Spiegelman" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>