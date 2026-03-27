--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Olivier Mathieu </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (50)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plant mobile domain protein–DNA motif modules counteract Polycomb silencing to stabilize gene expression</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Pélissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Jarry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaux Olivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabin Dajoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noëlle Pouch-Pélissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Plants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, Online ahead of print. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41477-025-02127-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05343329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MAIL proteins prevent Polycomb silencing to keep genes active</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Plants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 11 (11), pp.2196-2197. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41477-025-02132-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05503197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An atlas of the tomato epigenome reveals that KRYPTONITE shapes TAD-like boundaries through the control of H3K9ac distribution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jing An</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rim Brik Chaouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo Pereyra-Bistraín</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Zalzalé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qingyi Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 121 (28), pp.e2400737121. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1073/pnas.2400737121⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04731984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic–epigenetic interplay in the determination of plant 3D genome organization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xiaoning He</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Dias Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo I Pereyra-Bistrain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ying Huang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jing An</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nucleic Acids Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 52 (17), pp.10220-10234. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/nar/gkae690⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04672636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RTEL1 is required for silencing and epigenome stability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaux Olivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amy Hesketh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noëlle Pouch-Pélissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Pélissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ying Huang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nucleic Acids Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 51 (16), pp.8463-8479. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/nar/gkad610⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04236792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A comprehensive experimental and modeling study of npropylcyclohexane oxidation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mingxia Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruozhou Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chih-Jen Sung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khalid Aljohani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aamir Farooq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Combustion and Flame</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 238, pp.111944. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.combustflame.2021.111944⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03520450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reaching the inaccessible DNA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Reviews Molecular Cell Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 23, pp.388 - 388. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41580-022-00484-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03722703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The histone variant H2A.W and linker histone H1 co-regulate heterochromatin accessibility and DNA methylation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bourguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colette Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramesh Yelagandula</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Pélissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zdravko Lorković</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-021-22993-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03006158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crosstalk between H2A variant-specific modifications impacts vital cell functions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Schmücker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bingkun Lei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zdravko Lorković</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matías Capella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sigurd Braun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 17 (6), pp.e1009601. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pgen.1009601⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03370405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A multiproxy study of intertidal surface sediments from two macrotidal estuarine systems (Canche, Authie) in northern France: insights into environmental processes.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Voltz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Denis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwendoline Duong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Lise Santoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Felipe Artigas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Continental Shelf Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 230, pp.104554. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.csr.2021.104554⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04252686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formation of microbial organic carbonates during the Late Jurassic from the Northern Tethys (Amu Darya Basin, Uzbekistan): Implications for Jurassic anoxic events</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Carmeille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Bourillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Pellenard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Dupias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johann Schnyder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global and Planetary Change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 186, pp.103127. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.gloplacha.2020.103127⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03625451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensitivity of grapevine soil–water balance to rainfall spatial variability at local scale level</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Basile Pauthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Brillante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cornelis van Leeuwen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Front. Environ. Sci</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 8, pp.1-14. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fenvs.2020.00110⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02935121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PP7L is essential for MAIL1‐mediated transposable element silencing and primary root growth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cloe Luxán‐hernández</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Lohmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cloe de Lux An-Hern Andez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Senoch Seanpong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wiebke Hellmeyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Plant Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/tpj.14655⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02566048v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DNA polymerase epsilon is required for heterochromatin maintenance in Arabidopsis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bourguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leticia López-González</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ángeles Gómez-Zambrano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Pélissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amy Hesketh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genome Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 21 (1), </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13059-020-02190-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03374658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A role for MED14 and UVH6 in heterochromatin transcription upon destabilization of silencing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bourguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stève de Bossoreille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leticia López-González</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noelle Pouch-Pelissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Devert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Life Science Alliance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 1 (6), pp.e201800197. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.26508/lsa.201800197⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02346832v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loss of CG methylation in Marchantia polymorpha causes disorganization of cell division and reveals unique DNA methylation regulatory mechanisms of non-CG methylation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoko Ikeda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ryuichi Nishihama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shohei Yamaoka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario A. Arteaga-Vazquez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adolfo Aguilar-Cruz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant and Cell Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 59 (12), pp.2421-2431. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/pcp/pcy161⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01917149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Methylation of a euchromatin-heterochromatin transition region in Arabidopsis thaliana chromosome 5 left arm.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvette Tourmente</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chromosome Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, pp.455-66</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01917218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arabidopsis proteins with a transposon-related domain act in gene silencing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoko Ikeda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Pélissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bourguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noelle Pouch-Pelissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 8, </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/ncomms15122⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01917158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The interactive effects of various nitrogen fertiliser formulations applied to urine patches on nitrous oxide emissions in grassland.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.J. Krol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Minet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.J. Forrestal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G.J. Lanigan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Irish Journal of Agricultural and Food Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 56 (1), pp.54-64. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/ijafr-2017-0006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01690155v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microbial diversity indexes can explain soil carbon dynamics as a function of carbon source.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin P. Louis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Alain Maron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safya Menasseri-Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amadou Sarr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 11 (8), pp.e0161251. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0161251⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01367818v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variations in soil-water use by grapevine according to plant water status and soil physical-chemical characteristics - A 3D spatio-temporal analysis.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Brillante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Agronomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 77, pp.122-135. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.eja.2016.04.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01316458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electrical imaging of soil water availability to grapevine: a benchmark experiment of several machine-learning techniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Brillante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lévêque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Precision Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 17 (6), pp.637-658. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11119-016-9441-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01403963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultrahigh-resolution FT-ICR mass spectrometry for molecular characterisation of pressurised hot water-extractable organic matter in soils.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Guigue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Harir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianna Lucio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Ranjard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biogeochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 128 (3), pp.307-326. </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10533-016-0209-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01356070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A diagenetic control on the Early Triassic Smithian-Spathian carbon isotopic excursions recorded in the marine settings of the Thaynes Group (Utah, USA).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Thomazo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Vennin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Brayard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Bour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geobiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 14 (3), pp.220-236. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/gbi.12174⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01300445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecophysiological modeling of grapevine water stress in Burgundy terroirs by a machine-learning approach.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Brillante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Plant Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 7, pp.796. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpls.2016.00796⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01336777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Epigenome confrontation triggers immediate reprogramming of DNA methylation and transposon silencing in Arabidopsis thaliana F1 epihybrids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Rigal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Pélissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Pogorelcnik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jane Devos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 113 (14), pp.E2083 - E2092. </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1073/pnas.1600672113⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01917159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long-term annual burning of grassland increases CO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; emissions from soils.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khatab Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Chivenge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colin Everson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Thevenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geoderma</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 282, pp.80-86. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.geoderma.2016.07.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01356442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Water-extractable organic matter linked to soil physico-chemistry and microbiology at the regional scale.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Guigue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Schmitt-Kopplin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Lucio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soil Biology and Biochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 84, pp.158-167. </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.soilbio.2015.02.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01132011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The use of soil electrical resistivity to monitor plant and soil water relationships in vineyards.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Brillante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cornelis van Leeuwen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lévêque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 1 (1), pp.273-286. </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/soil-1-273-2015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01132336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental and Kinetic Modeling Study of 2-Methyl-2-Butene: Allylic Hydrocarbon Kinetics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles K. Westbrook</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William J. Pitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Mehl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Alexandre Glaude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Herbinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physical Chemistry A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 119 (28), pp.7462-7480. </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.jpca.5b00687⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01178244v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring soil volume wetness in heterogeneous soils by electrical resistivity. A field-based pedotransfer function.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Brillante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bichet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Michot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hydrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 516, pp.56-66. </w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhydrol.2014.01.052⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01011120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A comparison of extraction procedures for water-extractable organic matter in soils.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Guigue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Mounier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Laffont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Soil Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 65 (4), pp.520-530. </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ejss.12156⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01026196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interplay between chromatin and RNA processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bouche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Opinion in Plant Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 18, pp.60 - 65. </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.pbi.2014.02.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01204052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DNA methylation in an intron of the IBM1 histone demethylase gene stabilizes chromatin modification patterns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Rigal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoltán Kevei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Pélissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMBO Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 31 (13), pp.2981 - 2993. </w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/emboj.2012.141⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01917171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A “mille-feuille” of silencing: Epigenetic control of transposable elements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Rigal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biochimica et Biophysica Acta - Gene Regulatory Mechanisms </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 1809 (8), pp.452 - 458. </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bbagrm.2011.04.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01917175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stress-Induced Activation of Heterochromatic Transcription</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Tittel-Elmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Bucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Larissa Broger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerzy Paszkowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 6 (10), pp.e1001175. </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pgen.1001175⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01917179v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selective epigenetic control of retrotransposition in Arabidopsis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Mirouze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jon Reinders</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Bucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taisuke Nishimura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Korbinian Schneeberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 461 (7262), pp.427 - 430. </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/nature08328⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01917183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bursts of retrotransposition reproduced in Arabidopsis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sayuri Tsukahara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Akie Kobayashi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Akira Kawabe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asuka Miura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 461 (7262), pp.423 - 426. </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/nature08351⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01917186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le traçage isotopique pour étudier la production par les microorganismes du sol d’oxyde nitreux, gaz à effet de serre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie- Jeanne Milloux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Bizouard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Andreux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">uB Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 3, pp.145-151</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02661459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Divergent Evolution of CHD3 Proteins Resulted in MOM1 Refining Epigenetic Control in Vascular Plants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marian Čaikovski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chotika Yokthongwattana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoshiki Habu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taisuke Nishimura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 4 (8), </w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pgen.1000165⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01917188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transgenerational Stability of the Arabidopsis Epigenome Is Coordinated by CG Methylation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jon Reinders</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marian Caikovski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chotika Smathajitt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerzy Paszkowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cell</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 130 (5), pp.851 - 862. </w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cell.2007.07.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01917192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Epigenetic regulation of transcription in intermediate heterochromatin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoshiki Habu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muhammad Tariq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline V. Probst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chotika Smathajitt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMBO Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 7 (12), pp.1279 - 1284. </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/sj.embor.7400835⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01917198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MOM1 mediates DNA-methylation-independent silencing of repetitive sequences in Arabidopsis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Vaillant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingo Schubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvette Tourmente</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMBO Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 7 (12), pp.1273 - 1278. </w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/sj.embor.7400791⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01917196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distinct regulation of histone H3 methylation at lysines 27 and 9 by CpG methylation in Arabidopsis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline V. Probst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerzy Paszkowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMBO Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 24 (15), pp.2783 - 2791. </w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/sj.emboj.7600743⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01917199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RNA-directed DNA methylation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judith Bender</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cell Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 117 (21), pp.4881 - 4888. </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1242/jcs.01479⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01917205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changes in 5S rDNA Chromatin Organization and Transcription during Heterochromatin Establishment in Arabidopsis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zuzana Jasencakova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Vaillant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Valerie Gendrel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Colot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Plant cell</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 15 (12), pp.2929 - 2939. </w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1105/tpc.017467⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01917210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification and characterization of transcription factor IIIA and ribosomal protein L5 from Arabidopsis thaliana.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasushi Yukawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José-Luis Prieto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Vaillant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Masahiro Sugiura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nucleic Acids Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, pp.2424-33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01917214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of the 5S RNA Pool in Arabidopsis thaliana: RNAs Are Heterogeneous and Only Two of the Genomic 5S Loci Produce Mature 5S RNA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Cloix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Tutois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasushi Yukawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudine Cuvillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genome Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 12 (1), pp.132-144. </w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1101/gr.181301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01920575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">5S rRNA genes expression is not inhibited by DNA methylation in Arabidopsis.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasushi Yukawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Masahiro Sugiura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvette Tourmente</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Plant Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, pp.313-23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01917220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of 5S rDNA Loci among Arabidopsis Ecotypes and Subspecies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Tutois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Cloix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudine Cuvillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvette Tourmente</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genome letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01921998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Plant Mobile Domain proteins antagonize the Polycomb group protein- mediated gene silencing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarry Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pélissier Thierry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Margaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dajoux Gabin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pouch-Pélissier M.N.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Epigenetics - Epiplant Meeting 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04890576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H2A.W stabilizes heterochromatin accessibility</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPIPLANT III meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2021, Online, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04989193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial-temporal visualisation and quantification of grapevine water absorption in hillslope vineyards</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Brillante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Leveque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kees van Leeuwen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIXth GiESCO International Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03028394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plant-soil water relationships in hillslope vineyards. A time-lapse ERT 2D monitoring.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Brillante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lévêque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Symposium GiESCO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Porto, Portugal. pp.129-133</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01131885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La perte de diversité affecte la stabilité structurelle et fonctionnelle des communautés microbiennes du sol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Ranjard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Alain Maron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VI. colloque de l'Association Francophone d'Ecologie Microbienne (AFEM) "Microbiologie environnementale : du gène à l’écosystème"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Francophone d'Ecologie Microbienne (AFEM). FRA., Oct 2013, Parent, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02750212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soil moisture dynamic in the root-zone revealed by time-lapse electrical resistivity tomography:application to Corton Hill, Burgundy (France).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Brillante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lévêque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9ème Congrès International des Terroirs Vitivinicoles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Dijon &amp; Reims, France. pp.6-23 - 6-26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01131963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of the addition of fertilizing component on microbial communities and decomposition of organic matter in soil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabiola Bastian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Houdusse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Fuentes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">- Garcia Mina Jose, M.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Geosciences Union General Assembly 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02806945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of the effect of an additional fertilizer on the dynamics of microbial community and the decomposition of organic matter in soil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabiola Bastian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Houdusse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Fuentes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">- Garcia Mina Jose, M.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d’études des sols : Le sol face aux changements globaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Versailles, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02746775v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of microbial diversity on soil organic carbon dynamics highlighted by a 13C-labelling technique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Guigue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Kaisermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amadou Sarr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joint European Stable Isotope Users Group Meeting JESIUM 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Leipzig, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02747344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erosion of biodiversity affects the stability of soil microbial communities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Alain Maron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Ranjard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. International Congress Eurosoil 2012 - Soil science for the Benefit of Mankind and Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Confederation of Soil Science Societies. INT., Jul 2012, Bari, Italy. 2696 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02749141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relation entre mode d’usage agronomique, diversité microbienne et turn-over des matières organiques dans le sol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amadou Sarr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Kaisermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Baumann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5. colloque de l’Association Francophone Ecologie Microbienne (AFEM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Hammamet, Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02808779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamics of soil bacterial populations involved in degradation of 13c-labelled wheat, rape and alfalfa residue as estimated by DNA-SIP technique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Pascault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Kaisermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Hénault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BAGECO 10</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Uppsala, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02751068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptation de la production labiale d'un participant sourd et classification : le cas des voyelles en contexte du code LPC.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Aboutabit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Beautemps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Besacier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JEP 2008 - 27e Journées d'Etudes sur la Parole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00331065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feature adaptation of hearing-impaired lip shapes: the vowel case in the Cued Speech context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Aboutabit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Beautemps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Besacier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interspeech 2008 - 9th Annual Conference of the International Speech Communication Association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Brisbane, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00331035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">At the crossroads of epigenetic pathways: H3K27me3 and transposable elements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaux Olivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Pélissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Diomandé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.N. Pouch-Pélissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Congress on Transposable Elements (ICTE 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Saint-Malo, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04993543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Plant Mobile Domain proteins antagonize the Polycomb group protein-mediated gene silencing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Jarry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Pélissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaux Olivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabin Dajoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.N. Pouch-Pélissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International congress on transposable elements 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Saint-Malo, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04877181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">At the crossroads of epigenetic pathways: H3K27me3 and transposable elements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaux Olivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Pélissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Diomandé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.N. Pouch-Pélissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">iGReD/IAB Epigenetics Retreat 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2024, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04993550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soil and topography effects on water status and must composition of Chardonnay in Burgundy & a mini meta-analysis of the δ13C/water potentials correlation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Brillante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Leveque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kees van Leeuwen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21. GiESCO International Meeting "A Multidisciplinary Vision towards Sustainable Viticulture"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Thessalonique, Greece. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03420330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control of EVD and other COPIA elements silencing in Arabidopsis thaliana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amy Hesketh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Pélissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPIPLANT 2019, Plant Epigenetics Meeting.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2019, Strasbourg (67), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04989763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of soils and topography on water status of Chardonnay and meta analysis of the δ13C water potentials correlation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Brillante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Leveque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kees van Leeuwen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">70. American Society for Enology and Viticulture National Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Napa (Cal.), United States. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03420421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Massive premature cleavage and polyadenylation in a PRP31 mutant at 37°C</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Courtois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Pélissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bourguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPIPLANT 2019, Plant Epigenetics Meeting.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2019, Strasbourg (67), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04989714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'assurance écologique est-elle applicable aux communautés microbiennes telluriques ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe P. Lemanceau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Ranjard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop Interactions des Microorganismes avec leurs Environnements : Circulation, Adaptation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Dijon, France. 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02749965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rôle de la diversité microbienne sur la minéralisation de la matière organique du sol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Kaisermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amadou Sarr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Alain Maron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4ème Colloque de l'Association Francophone d'Ecologie Microbienne (AFEM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2009, Lyon, France. 1 p., 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02819565v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plant Mobile Domain protein-DNA motif modules counteract Polycomb silencing to stabilize gene expression</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Pélissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Jarry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaux Olivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabin Dajoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noëlle Pouch- Pélissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04731204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RTEL1 is required for silencing and epigenome stability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaux Olivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amy Hesketh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noelle Pouch-Pelissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Pelissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ying Huang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04066194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DNA polymerase epsilon is a central coordinator of heterochromatin structure and function in Arabidopsis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bourguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leticia López-González</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ángeles Gómez-Zambrano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Pélissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amy Hesketh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-03006920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude et gestion des processus biogéochimiques couplant les cycles du carbone et de l'azote à l'origine de la libération de composés polluants, du sol vers les compartiments eau et air de l'environnement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Hénault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Alain Maron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Bizouard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Curmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amadou Sarr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Contrat] 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02808086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utiliser les symbiotes des Légumineuses pour favoriser la réduction du gaz à effet de serre N2O dans les sols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Hénault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Revellin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Hartmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Bizouard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Chaintreuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Contrat] 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02807726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId299"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Olivier Mathieu </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (50)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plant mobile domain protein–DNA motif modules counteract Polycomb silencing to stabilize gene expression</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Pélissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Jarry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaux Olivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabin Dajoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noëlle Pouch-Pélissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Plants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, Online ahead of print. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41477-025-02127-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05343329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MAIL proteins prevent Polycomb silencing to keep genes active</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Plants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 11 (11), pp.2196-2197. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41477-025-02132-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05503197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An atlas of the tomato epigenome reveals that KRYPTONITE shapes TAD-like boundaries through the control of H3K9ac distribution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jing An</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rim Brik Chaouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo Pereyra-Bistraín</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Zalzalé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qingyi Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 121 (28), pp.e2400737121. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1073/pnas.2400737121⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04731984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic–epigenetic interplay in the determination of plant 3D genome organization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xiaoning He</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Dias Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo I Pereyra-Bistrain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ying Huang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jing An</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nucleic Acids Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 52 (17), pp.10220-10234. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/nar/gkae690⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04672636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RTEL1 is required for silencing and epigenome stability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaux Olivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amy Hesketh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noëlle Pouch-Pélissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Pélissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ying Huang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nucleic Acids Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 51 (16), pp.8463-8479. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/nar/gkad610⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04236792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A comprehensive experimental and modeling study of npropylcyclohexane oxidation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mingxia Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruozhou Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chih-Jen Sung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khalid Aljohani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aamir Farooq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Combustion and Flame</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 238, pp.111944. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.combustflame.2021.111944⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03520450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reaching the inaccessible DNA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Reviews Molecular Cell Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 23, pp.388 - 388. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41580-022-00484-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03722703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crosstalk between H2A variant-specific modifications impacts vital cell functions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Schmücker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bingkun Lei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zdravko Lorković</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matías Capella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sigurd Braun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 17 (6), pp.e1009601. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pgen.1009601⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03370405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The histone variant H2A.W and linker histone H1 co-regulate heterochromatin accessibility and DNA methylation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bourguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colette Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramesh Yelagandula</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Pélissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zdravko Lorković</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-021-22993-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03006158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A multiproxy study of intertidal surface sediments from two macrotidal estuarine systems (Canche, Authie) in northern France: insights into environmental processes.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Voltz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Denis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwendoline Duong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Lise Santoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Felipe Artigas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Continental Shelf Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 230, pp.104554. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.csr.2021.104554⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04252686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DNA polymerase epsilon is required for heterochromatin maintenance in Arabidopsis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bourguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leticia López-González</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ángeles Gómez-Zambrano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Pélissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amy Hesketh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genome Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 21 (1), </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13059-020-02190-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03374658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formation of microbial organic carbonates during the Late Jurassic from the Northern Tethys (Amu Darya Basin, Uzbekistan): Implications for Jurassic anoxic events</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Carmeille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Bourillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Pellenard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Dupias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johann Schnyder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global and Planetary Change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 186, pp.103127. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.gloplacha.2020.103127⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03625451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensitivity of grapevine soil–water balance to rainfall spatial variability at local scale level</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Basile Pauthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Brillante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cornelis van Leeuwen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Front. Environ. Sci</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 8, pp.1-14. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fenvs.2020.00110⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02935121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PP7L is essential for MAIL1‐mediated transposable element silencing and primary root growth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cloe Luxán‐hernández</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Lohmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cloe de Lux An-Hern Andez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Senoch Seanpong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wiebke Hellmeyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Plant Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/tpj.14655⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02566048v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A role for MED14 and UVH6 in heterochromatin transcription upon destabilization of silencing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bourguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stève de Bossoreille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leticia López-González</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noelle Pouch-Pelissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Devert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Life Science Alliance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 1 (6), pp.e201800197. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.26508/lsa.201800197⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02346832v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Methylation of a euchromatin-heterochromatin transition region in Arabidopsis thaliana chromosome 5 left arm.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvette Tourmente</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chromosome Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, pp.455-66</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01917218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loss of CG methylation in Marchantia polymorpha causes disorganization of cell division and reveals unique DNA methylation regulatory mechanisms of non-CG methylation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoko Ikeda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ryuichi Nishihama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shohei Yamaoka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario A. Arteaga-Vazquez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adolfo Aguilar-Cruz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant and Cell Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 59 (12), pp.2421-2431. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/pcp/pcy161⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01917149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arabidopsis proteins with a transposon-related domain act in gene silencing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoko Ikeda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Pélissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bourguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noelle Pouch-Pelissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 8, </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/ncomms15122⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01917158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The interactive effects of various nitrogen fertiliser formulations applied to urine patches on nitrous oxide emissions in grassland.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.J. Krol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Minet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.J. Forrestal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G.J. Lanigan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Irish Journal of Agricultural and Food Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 56 (1), pp.54-64. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/ijafr-2017-0006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01690155v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microbial diversity indexes can explain soil carbon dynamics as a function of carbon source.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin P. Louis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Alain Maron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safya Menasseri-Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amadou Sarr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 11 (8), pp.e0161251. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0161251⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01367818v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultrahigh-resolution FT-ICR mass spectrometry for molecular characterisation of pressurised hot water-extractable organic matter in soils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Guigue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Harir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianna Lucio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Ranjard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biogeochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 128 (3), pp.307-326. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10533-016-0209-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01356070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A diagenetic control on the Early Triassic Smithian-Spathian carbon isotopic excursions recorded in the marine settings of the Thaynes Group (Utah, USA).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Thomazo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Vennin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Brayard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Bour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geobiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 14 (3), pp.220-236. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/gbi.12174⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01300445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electrical imaging of soil water availability to grapevine: a benchmark experiment of several machine-learning techniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Brillante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lévêque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Precision Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 17 (6), pp.637-658. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11119-016-9441-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01403963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variations in soil-water use by grapevine according to plant water status and soil physical-chemical characteristics - A 3D spatio-temporal analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Brillante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Agronomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 77, pp.122-135. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.eja.2016.04.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01316458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecophysiological modeling of grapevine water stress in Burgundy terroirs by a machine-learning approach.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Brillante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Plant Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 7, pp.796. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpls.2016.00796⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01336777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Epigenome confrontation triggers immediate reprogramming of DNA methylation and transposon silencing in Arabidopsis thaliana F1 epihybrids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Rigal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Pélissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Pogorelcnik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jane Devos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 113 (14), pp.E2083 - E2092. </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1073/pnas.1600672113⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01917159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long-term annual burning of grassland increases CO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; emissions from soils.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khatab Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Chivenge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colin Everson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Thevenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geoderma</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 282, pp.80-86. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.geoderma.2016.07.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01356442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental and Kinetic Modeling Study of 2-Methyl-2-Butene: Allylic Hydrocarbon Kinetics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles K. Westbrook</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William J. Pitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Mehl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Alexandre Glaude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Herbinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physical Chemistry A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 119 (28), pp.7462-7480. </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.jpca.5b00687⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01178244v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Water-extractable organic matter linked to soil physico-chemistry and microbiology at the regional scale.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Guigue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Schmitt-Kopplin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Lucio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soil Biology and Biochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 84, pp.158-167. </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.soilbio.2015.02.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01132011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The use of soil electrical resistivity to monitor plant and soil water relationships in vineyards.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Brillante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cornelis van Leeuwen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lévêque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 1 (1), pp.273-286. </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/soil-1-273-2015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01132336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring soil volume wetness in heterogeneous soils by electrical resistivity. A field-based pedotransfer function.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Brillante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bichet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Michot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hydrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 516, pp.56-66. </w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhydrol.2014.01.052⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01011120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A comparison of extraction procedures for water-extractable organic matter in soils.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Guigue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Mounier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Laffont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Soil Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 65 (4), pp.520-530. </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ejss.12156⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01026196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interplay between chromatin and RNA processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bouche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Opinion in Plant Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 18, pp.60 - 65. </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.pbi.2014.02.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01204052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DNA methylation in an intron of the IBM1 histone demethylase gene stabilizes chromatin modification patterns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Rigal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoltán Kevei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Pélissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMBO Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 31 (13), pp.2981 - 2993. </w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/emboj.2012.141⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01917171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A “mille-feuille” of silencing: Epigenetic control of transposable elements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Rigal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biochimica et Biophysica Acta - Gene Regulatory Mechanisms </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 1809 (8), pp.452 - 458. </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bbagrm.2011.04.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01917175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stress-Induced Activation of Heterochromatic Transcription</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Tittel-Elmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Bucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Larissa Broger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerzy Paszkowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 6 (10), pp.e1001175. </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pgen.1001175⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01917179v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bursts of retrotransposition reproduced in Arabidopsis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sayuri Tsukahara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Akie Kobayashi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Akira Kawabe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asuka Miura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 461 (7262), pp.423 - 426. </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/nature08351⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01917186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selective epigenetic control of retrotransposition in Arabidopsis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Mirouze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jon Reinders</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Bucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taisuke Nishimura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Korbinian Schneeberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 461 (7262), pp.427 - 430. </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/nature08328⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01917183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Divergent Evolution of CHD3 Proteins Resulted in MOM1 Refining Epigenetic Control in Vascular Plants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marian Čaikovski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chotika Yokthongwattana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoshiki Habu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taisuke Nishimura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 4 (8), </w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pgen.1000165⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01917188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le traçage isotopique pour étudier la production par les microorganismes du sol d’oxyde nitreux, gaz à effet de serre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie- Jeanne Milloux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Bizouard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Andreux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">uB Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 3, pp.145-151</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02661459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transgenerational Stability of the Arabidopsis Epigenome Is Coordinated by CG Methylation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jon Reinders</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marian Caikovski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chotika Smathajitt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerzy Paszkowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cell</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 130 (5), pp.851 - 862. </w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cell.2007.07.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01917192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MOM1 mediates DNA-methylation-independent silencing of repetitive sequences in Arabidopsis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Vaillant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingo Schubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvette Tourmente</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMBO Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 7 (12), pp.1273 - 1278. </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/sj.embor.7400791⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01917196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Epigenetic regulation of transcription in intermediate heterochromatin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoshiki Habu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muhammad Tariq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline V. Probst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chotika Smathajitt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMBO Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 7 (12), pp.1279 - 1284. </w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/sj.embor.7400835⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01917198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distinct regulation of histone H3 methylation at lysines 27 and 9 by CpG methylation in Arabidopsis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline V. Probst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerzy Paszkowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMBO Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 24 (15), pp.2783 - 2791. </w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/sj.emboj.7600743⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01917199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RNA-directed DNA methylation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judith Bender</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cell Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 117 (21), pp.4881 - 4888. </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1242/jcs.01479⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01917205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changes in 5S rDNA Chromatin Organization and Transcription during Heterochromatin Establishment in Arabidopsis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zuzana Jasencakova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Vaillant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Valerie Gendrel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Colot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Plant cell</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 15 (12), pp.2929 - 2939. </w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1105/tpc.017467⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01917210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification and characterization of transcription factor IIIA and ribosomal protein L5 from Arabidopsis thaliana.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasushi Yukawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José-Luis Prieto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Vaillant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Masahiro Sugiura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nucleic Acids Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, pp.2424-33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01917214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of 5S rDNA Loci among Arabidopsis Ecotypes and Subspecies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Tutois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Cloix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudine Cuvillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvette Tourmente</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genome letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01921998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of the 5S RNA Pool in Arabidopsis thaliana: RNAs Are Heterogeneous and Only Two of the Genomic 5S Loci Produce Mature 5S RNA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Cloix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Tutois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasushi Yukawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudine Cuvillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genome Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 12 (1), pp.132-144. </w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1101/gr.181301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01920575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">5S rRNA genes expression is not inhibited by DNA methylation in Arabidopsis.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasushi Yukawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Masahiro Sugiura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvette Tourmente</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Plant Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, pp.313-23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01917220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Plant Mobile Domain proteins antagonize the Polycomb group protein- mediated gene silencing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarry Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pélissier Thierry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Margaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dajoux Gabin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pouch-Pélissier M.N.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Epigenetics - Epiplant Meeting 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04890576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H2A.W stabilizes heterochromatin accessibility</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPIPLANT III meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2021, Online, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04989193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial-temporal visualisation and quantification of grapevine water absorption in hillslope vineyards</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Brillante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Leveque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kees van Leeuwen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIXth GiESCO International Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03028394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La perte de diversité affecte la stabilité structurelle et fonctionnelle des communautés microbiennes du sol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Ranjard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Alain Maron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VI. colloque de l'Association Francophone d'Ecologie Microbienne (AFEM) "Microbiologie environnementale : du gène à l’écosystème"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Francophone d'Ecologie Microbienne (AFEM). FRA., Oct 2013, Parent, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02750212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plant-soil water relationships in hillslope vineyards. A time-lapse ERT 2D monitoring.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Brillante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lévêque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Symposium GiESCO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Porto, Portugal. pp.129-133</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01131885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soil moisture dynamic in the root-zone revealed by time-lapse electrical resistivity tomography:application to Corton Hill, Burgundy (France).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Brillante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lévêque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9ème Congrès International des Terroirs Vitivinicoles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Dijon &amp; Reims, France. pp.6-23 - 6-26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01131963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of the addition of fertilizing component on microbial communities and decomposition of organic matter in soil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabiola Bastian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Houdusse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Fuentes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">- Garcia Mina Jose, M.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Geosciences Union General Assembly 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02806945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of the effect of an additional fertilizer on the dynamics of microbial community and the decomposition of organic matter in soil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabiola Bastian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Houdusse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Fuentes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">- Garcia Mina Jose, M.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d’études des sols : Le sol face aux changements globaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Versailles, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02746775v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of microbial diversity on soil organic carbon dynamics highlighted by a 13C-labelling technique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Guigue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Kaisermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amadou Sarr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joint European Stable Isotope Users Group Meeting JESIUM 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Leipzig, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02747344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erosion of biodiversity affects the stability of soil microbial communities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Alain Maron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Ranjard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. International Congress Eurosoil 2012 - Soil science for the Benefit of Mankind and Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Confederation of Soil Science Societies. INT., Jul 2012, Bari, Italy. 2696 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02749141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relation entre mode d’usage agronomique, diversité microbienne et turn-over des matières organiques dans le sol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amadou Sarr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Kaisermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Baumann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5. colloque de l’Association Francophone Ecologie Microbienne (AFEM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Hammamet, Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02808779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamics of soil bacterial populations involved in degradation of 13c-labelled wheat, rape and alfalfa residue as estimated by DNA-SIP technique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Pascault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Kaisermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Hénault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BAGECO 10</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Uppsala, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02751068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptation de la production labiale d'un participant sourd et classification : le cas des voyelles en contexte du code LPC.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Aboutabit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Beautemps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Besacier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JEP 2008 - 27e Journées d'Etudes sur la Parole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00331065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feature adaptation of hearing-impaired lip shapes: the vowel case in the Cued Speech context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Aboutabit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Beautemps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Besacier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interspeech 2008 - 9th Annual Conference of the International Speech Communication Association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Brisbane, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00331035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">At the crossroads of epigenetic pathways: H3K27me3 and transposable elements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaux Olivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Pélissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Diomandé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.N. Pouch-Pélissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Congress on Transposable Elements (ICTE 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Saint-Malo, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04993543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Plant Mobile Domain proteins antagonize the Polycomb group protein-mediated gene silencing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Jarry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Pélissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaux Olivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabin Dajoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.N. Pouch-Pélissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International congress on transposable elements 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Saint-Malo, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04877181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">At the crossroads of epigenetic pathways: H3K27me3 and transposable elements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaux Olivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Pélissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Diomandé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.N. Pouch-Pélissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">iGReD/IAB Epigenetics Retreat 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2024, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04993550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control of EVD and other COPIA elements silencing in Arabidopsis thaliana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amy Hesketh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Pélissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPIPLANT 2019, Plant Epigenetics Meeting.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2019, Strasbourg (67), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04989763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of soils and topography on water status of Chardonnay and meta analysis of the δ13C water potentials correlation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Brillante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Leveque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kees van Leeuwen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">70. American Society for Enology and Viticulture National Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Napa (Cal.), United States. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03420421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soil and topography effects on water status and must composition of Chardonnay in Burgundy & a mini meta-analysis of the δ13C/water potentials correlation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Brillante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Leveque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kees van Leeuwen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21. GiESCO International Meeting "A Multidisciplinary Vision towards Sustainable Viticulture"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Thessalonique, Greece. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03420330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Massive premature cleavage and polyadenylation in a PRP31 mutant at 37°C</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Courtois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Pélissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bourguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPIPLANT 2019, Plant Epigenetics Meeting.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2019, Strasbourg (67), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04989714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'assurance écologique est-elle applicable aux communautés microbiennes telluriques ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe P. Lemanceau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Ranjard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop Interactions des Microorganismes avec leurs Environnements : Circulation, Adaptation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Dijon, France. 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02749965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rôle de la diversité microbienne sur la minéralisation de la matière organique du sol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Kaisermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amadou Sarr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Alain Maron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4ème Colloque de l'Association Francophone d'Ecologie Microbienne (AFEM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2009, Lyon, France. 1 p., 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02819565v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plant Mobile Domain protein-DNA motif modules counteract Polycomb silencing to stabilize gene expression</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Pélissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Jarry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaux Olivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabin Dajoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noëlle Pouch- Pélissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04731204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RTEL1 is required for silencing and epigenome stability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaux Olivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amy Hesketh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noelle Pouch-Pelissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Pelissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ying Huang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04066194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DNA polymerase epsilon is a central coordinator of heterochromatin structure and function in Arabidopsis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bourguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leticia López-González</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ángeles Gómez-Zambrano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Pélissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amy Hesketh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-03006920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prospective Surfaces et Interfaces Continentales : 2024-2028</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Ayrault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Pinay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Ferrage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nizar Abcha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Ackerer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INSU, CNRS; INEE, CNRS. 2024, 147 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-05045026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude et gestion des processus biogéochimiques couplant les cycles du carbone et de l'azote à l'origine de la libération de composés polluants, du sol vers les compartiments eau et air de l'environnement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Hénault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Alain Maron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Bizouard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Curmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amadou Sarr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Contrat] 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02808086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utiliser les symbiotes des Légumineuses pour favoriser la réduction du gaz à effet de serre N2O dans les sols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Hénault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Revellin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Hartmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Bizouard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Chaintreuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Contrat] 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02807726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId305"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343329v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry P&#233;lissier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Jarry" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Olivier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabin Dajoux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Pouch-P&#233;lissier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41477-025-02127-1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05503197v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mathieu" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41477-025-02132-4" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731984v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing An" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Brik Chaouche" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Pereyra-Bistra&#237;n" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Zalzal&#233;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qingyi Wang" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2400737121" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672636v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoning He" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Dias Lopes" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo I Pereyra-Bistrain" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying Huang" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkae690" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236792v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy Hesketh" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkad610" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03520450v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mingxia Liu" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruozhou Fang" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chih-Jen Sung" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalid Aljohani" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aamir Farooq" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2021.111944" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03722703v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41580-022-00484-9" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006158v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bourguet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Picard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramesh Yelagandula" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zdravko Lorkovi&#263;" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-22993-5" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03370405v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Schm&#252;cker" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bingkun Lei" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mat&#237;as Capella" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sigurd Braun" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1009601" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04252686v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Voltz" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Denis" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Duong" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Santoni" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Felipe Artigas" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csr.2021.104554" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03625451v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Carmeille" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Bourillot" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pellenard" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Dupias" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Schnyder" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gloplacha.2020.103127" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02935121v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Bois" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basile Pauthier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Brillante" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornelis van Leeuwen" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fenvs.2020.00110" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02566048v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cloe Lux&#225;n&#8208;hern&#225;ndez" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Lohmann" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cloe de Lux An-Hern Andez" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Senoch Seanpong" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wiebke Hellmeyer" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.14655" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03374658v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leticia L&#243;pez-Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;ngeles G&#243;mez-Zambrano" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13059-020-02190-1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346832v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#232;ve de Bossoreille" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Noelle Pouch-Pelissier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Devert" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26508/lsa.201800197" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01917149v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoko Ikeda" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryuichi Nishihama" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shohei Yamaoka" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario A. Arteaga-Vazquez" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adolfo Aguilar-Cruz" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/pcp/pcy161" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01917218v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Picard" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvette Tourmente" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01917158v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Becker" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms15122" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690155v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.J. Krol" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Minet" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.J. Forrestal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.J. Lanigan" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/ijafr-2017-0006" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01367818v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin P. Louis" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Maron" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safya Menasseri-Aubry" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amadou Sarr" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0161251" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316458v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2016.04.004" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R6Z5SLWF-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403963v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11119-016-9441-1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01356070v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Guigue" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Harir" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianna Lucio" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Ranjard" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10533-016-0209-5" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01300445v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Thomazo" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Vennin" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Brayard" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Bour" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gbi.12174" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-XB3FHRWB-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01336777v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2016.00796" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01917159v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Rigal" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pogorelcnik" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Devos" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1600672113" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01356442v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khatab Abdalla" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Chivenge" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Everson" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Thevenot" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2016.07.009" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01132011v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Schmitt-Kopplin" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lucio" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2015.02.016" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1MZPSJXF-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01132336v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/soil-1-273-2015" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01178244v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles K. Westbrook" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William J. Pitz" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Mehl" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alexandre Glaude" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Herbinet" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.5b00687" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01011120v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bichet" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Michot" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2014.01.052" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5X9HVHVH-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01026196v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mounier" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Laffont" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ejss.12156" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-6Z42P4ZF-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204052v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bouche" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pbi.2014.02.006" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01917171v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zolt&#225;n Kevei" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/emboj.2012.141" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01917175v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbagrm.2011.04.001" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01917179v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Tittel-Elmer" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Bucher" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larissa Broger" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerzy Paszkowski" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1001175" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01917183v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Mirouze" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jon Reinders" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taisuke Nishimura" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Korbinian Schneeberger" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature08328" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/GT4-6812L0PS-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01917186v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sayuri Tsukahara" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akie Kobayashi" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akira Kawabe" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asuka Miura" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature08351" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/GT4-XDTJ5B8L-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661459v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie- Jeanne Milloux" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Bizouard" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Andreux" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01917188v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marian &#268;aikovski" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chotika Yokthongwattana" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoshiki Habu" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1000165" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01917192v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marian Caikovski" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chotika Smathajitt" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cell.2007.07.007" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01917198v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Tariq" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline V. Probst" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.embor.7400835" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01917196v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Vaillant" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingo Schubert" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.embor.7400791" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01917199v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.emboj.7600743" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01917205v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Bender" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jcs.01479" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01917210v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zuzana Jasencakova" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Valerie Gendrel" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Colot" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.017467" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01917214v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasushi Yukawa" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;-Luis Prieto" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masahiro Sugiura" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01920575v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Cloix" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Tutois" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Cuvillier" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/gr.181301" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01917220v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01921998v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tutois" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04890576v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jarry Lucas" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#233;lissier Thierry" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Margaux" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dajoux Gabin" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pouch-P&#233;lissier M.N." TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04989193v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03028394v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Leveque" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kees van Leeuwen" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131885v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750212v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Tardy" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131963v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806945v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabiola Bastian" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Houdusse" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fuentes" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=- Garcia Mina Jose, M." TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746775v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747344v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Kaisermann" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749141v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808779v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Baumann" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751068v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Pascault" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine H&#233;nault" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00331065v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noureddine Aboutabit" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Beautemps" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Besacier" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00331035v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04993543v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Diomand&#233;" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.N. Pouch-P&#233;lissier" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877181v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04993550v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03420330v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04989763v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03420421v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04989714v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Courtois" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749965v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe P. Lemanceau" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819565v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04731204v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Pouch- P&#233;lissier" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04066194v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Pelissier" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03006920v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808086v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Curmi" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02807726v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Revellin" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Hartmann" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Chaintreuil" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343329v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry P&#233;lissier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Jarry" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Olivier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabin Dajoux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Pouch-P&#233;lissier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41477-025-02127-1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05503197v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mathieu" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41477-025-02132-4" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731984v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing An" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Brik Chaouche" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Pereyra-Bistra&#237;n" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Zalzal&#233;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qingyi Wang" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2400737121" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672636v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoning He" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Dias Lopes" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo I Pereyra-Bistrain" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying Huang" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkae690" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236792v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy Hesketh" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkad610" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03520450v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mingxia Liu" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruozhou Fang" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chih-Jen Sung" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalid Aljohani" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aamir Farooq" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2021.111944" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03722703v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41580-022-00484-9" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03370405v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Schm&#252;cker" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bingkun Lei" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zdravko Lorkovi&#263;" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mat&#237;as Capella" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sigurd Braun" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1009601" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006158v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bourguet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Picard" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramesh Yelagandula" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-22993-5" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04252686v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Voltz" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Denis" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Duong" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Santoni" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Felipe Artigas" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csr.2021.104554" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03374658v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leticia L&#243;pez-Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;ngeles G&#243;mez-Zambrano" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13059-020-02190-1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03625451v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Carmeille" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Bourillot" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pellenard" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Dupias" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Schnyder" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gloplacha.2020.103127" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02935121v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Bois" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basile Pauthier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Brillante" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornelis van Leeuwen" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fenvs.2020.00110" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02566048v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cloe Lux&#225;n&#8208;hern&#225;ndez" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Lohmann" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cloe de Lux An-Hern Andez" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Senoch Seanpong" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wiebke Hellmeyer" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.14655" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346832v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#232;ve de Bossoreille" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Noelle Pouch-Pelissier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Devert" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26508/lsa.201800197" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01917218v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Picard" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvette Tourmente" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01917149v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoko Ikeda" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryuichi Nishihama" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shohei Yamaoka" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario A. Arteaga-Vazquez" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adolfo Aguilar-Cruz" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/pcp/pcy161" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01917158v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Becker" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms15122" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690155v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.J. Krol" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Minet" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.J. Forrestal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.J. Lanigan" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/ijafr-2017-0006" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01367818v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin P. Louis" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Maron" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safya Menasseri-Aubry" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amadou Sarr" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0161251" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01356070v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Guigue" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Harir" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianna Lucio" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Ranjard" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10533-016-0209-5" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01300445v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Thomazo" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Vennin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Brayard" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Bour" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gbi.12174" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-XB3FHRWB-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403963v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11119-016-9441-1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316458v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2016.04.004" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R6Z5SLWF-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01336777v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2016.00796" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01917159v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Rigal" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pogorelcnik" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Devos" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1600672113" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01356442v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khatab Abdalla" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Chivenge" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Everson" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Thevenot" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2016.07.009" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01178244v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles K. Westbrook" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William J. Pitz" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Mehl" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alexandre Glaude" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Herbinet" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.5b00687" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01132011v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Schmitt-Kopplin" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lucio" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2015.02.016" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1MZPSJXF-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01132336v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/soil-1-273-2015" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01011120v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bichet" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Michot" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2014.01.052" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5X9HVHVH-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01026196v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mounier" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Laffont" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ejss.12156" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-6Z42P4ZF-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204052v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bouche" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pbi.2014.02.006" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01917171v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zolt&#225;n Kevei" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/emboj.2012.141" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01917175v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbagrm.2011.04.001" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01917179v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Tittel-Elmer" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Bucher" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larissa Broger" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerzy Paszkowski" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1001175" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01917186v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sayuri Tsukahara" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akie Kobayashi" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akira Kawabe" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asuka Miura" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature08351" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/GT4-XDTJ5B8L-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01917183v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Mirouze" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jon Reinders" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taisuke Nishimura" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Korbinian Schneeberger" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature08328" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/GT4-6812L0PS-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01917188v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marian &#268;aikovski" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chotika Yokthongwattana" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoshiki Habu" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1000165" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661459v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie- Jeanne Milloux" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Bizouard" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Andreux" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01917192v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marian Caikovski" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chotika Smathajitt" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cell.2007.07.007" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01917196v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Vaillant" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingo Schubert" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.embor.7400791" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01917198v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Tariq" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline V. Probst" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.embor.7400835" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01917199v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.emboj.7600743" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01917205v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Bender" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jcs.01479" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01917210v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zuzana Jasencakova" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Valerie Gendrel" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Colot" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.017467" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01917214v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasushi Yukawa" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;-Luis Prieto" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masahiro Sugiura" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01921998v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tutois" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Cloix" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Cuvillier" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01920575v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Tutois" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/gr.181301" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01917220v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04890576v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jarry Lucas" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#233;lissier Thierry" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Margaux" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dajoux Gabin" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pouch-P&#233;lissier M.N." TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04989193v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03028394v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Leveque" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kees van Leeuwen" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750212v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Tardy" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131885v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131963v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806945v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabiola Bastian" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Houdusse" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fuentes" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=- Garcia Mina Jose, M." TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746775v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747344v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Kaisermann" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749141v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808779v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Baumann" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751068v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Pascault" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine H&#233;nault" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00331065v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noureddine Aboutabit" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Beautemps" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Besacier" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00331035v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04993543v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Diomand&#233;" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.N. Pouch-P&#233;lissier" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877181v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04993550v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04989763v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03420421v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03420330v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04989714v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Courtois" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749965v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe P. Lemanceau" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819565v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04731204v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Pouch- P&#233;lissier" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04066194v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Pelissier" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03006920v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05045026v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ayrault" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pinay" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ferrage" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizar Abcha" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ackerer" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808086v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Curmi" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02807726v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Revellin" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Hartmann" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Chaintreuil" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>