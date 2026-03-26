--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -3445,235 +3445,235 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02002960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrew Dobson: trajectories of green political theory. Interview by Luc Semal, Mathilde Szuba and Olivier Petit</w:t>
+                <w:t xml:space="preserve">Quinze ans de recherches sur l’interface entre développement durable et territoires. Un bilan réflexif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrew Dobson</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Mathilde Szuba</w:t>
+                <w:t xml:space="preserve">Bruno Villalba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Natures Sciences Sociétés</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/nss/2014021⟩</w:t>
+              <w:t xml:space="preserve">Développement durable et territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Vol. 5, n°3, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/developpementdurable.10487⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02446651v1</w:t>
+                <w:t xml:space="preserve">halshs-01610667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quinze ans de recherches sur l’interface entre développement durable et territoires. Un bilan réflexif</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Andrew Dobson: trajectories of green political theory. Interview by Luc Semal, Mathilde Szuba and Olivier Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew Dobson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Semal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Villalba</w:t>
+                <w:t xml:space="preserve">Mathilde Szuba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Développement durable et territoires</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Vol. 5, n°3, </w:t>
+              <w:t xml:space="preserve">Natures Sciences Sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Natures Sciences Sociétés, 22:2, pp.132-141. </w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/developpementdurable.10487⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/nss/2014021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01610667v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02446651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Convergent readings of groundwater governance? Engaging exchanges between different research perspectives</w:t>
               </w:r>
@@ -3962,51 +3962,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement durable et territoires : quelques changements sans rupture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Villalba</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Développement durable et territoires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, Vol. 1, n° 2, </w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
@@ -9128,51 +9128,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interdisciplinarité et développement durable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Villalba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edwin Zaccai</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9299,255 +9299,255 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01130712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les risques environnementaux: lectures disciplinaires et champs de recherches interdisciplinaires.</w:t>
-[...75 lines deleted...]
-              <w:t xml:space="preserve">Olivier Petit et Vincent Herbert. </w:t>
+                <w:t xml:space="preserve">Le patrimoine commun : une autre manière d’analyser la gestion collective des ressources naturelles. Le cas de la gestion de l’eau en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iratxe Calvo-Mendieta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck-Dominique Vivien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Maillefert, Muriel; Petit, Olivier; Rousseau, Sandrine. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Risque environnemental et action collective: application aux risques industriels et d'érosion côtière dans le Pas de Calais.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Lavoisier, pp.7-30, 2010, SRD: Sciences du Risque et du Danger</w:t>
+              <w:t xml:space="preserve">Ressources, patrimoine, territoires et développement durable</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Peter Lang, pp.205-218, 2010, EcoPolis, 978-3-0352-6037-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00490672v1</w:t>
+                <w:t xml:space="preserve">hal-02900724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le patrimoine commun : une autre manière d’analyser la gestion collective des ressources naturelles. Le cas de la gestion de l’eau en France</w:t>
-[...45 lines deleted...]
-              <w:t xml:space="preserve">Maillefert, Muriel; Petit, Olivier; Rousseau, Sandrine. </w:t>
+                <w:t xml:space="preserve">Les risques environnementaux: lectures disciplinaires et champs de recherches interdisciplinaires.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Deboudt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Deldrève</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Longuépée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Maillefert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Olivier Petit et Vincent Herbert. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ressources, patrimoine, territoires et développement durable</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Peter Lang, pp.205-218, 2010, EcoPolis, 978-3-0352-6037-3</w:t>
+              <w:t xml:space="preserve">Risque environnemental et action collective: application aux risques industriels et d'érosion côtière dans le Pas de Calais.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Lavoisier, pp.7-30, 2010, SRD: Sciences du Risque et du Danger</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02900724v1</w:t>
+                <w:t xml:space="preserve">halshs-00490672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -10871,51 +10871,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="3B887B3A"/>
+    <w:nsid w:val="8677D3E8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11102,51 +11102,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/olivier-petit" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7987-0767" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/076651681" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695055v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Arnauld de Sartre" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bousquet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Petit" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck-Dominique Vivien" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2024034" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05116080v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Lefebvre-Chombart" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Lebrun" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Petit" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04164329v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe M&#233;ral" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iratxe Calvo-Mendieta" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Melin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.22331" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04192474v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clive L. Spash" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.22652" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04335652v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Kuper" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#233;n&#233;lope Mazari" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Alary" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Lallau" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rce.033.0198" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03986514v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Marchyllie" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Mor&#232;re" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pour.243.0203" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-03546080v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Dumont" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Leyronas" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Ballin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Bouarfa" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02508060.2021.2006948" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03330707v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Buchs" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Roman" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolecon.2021.107176" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02404315v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolecon.2019.106553" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-02099242v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Chavy" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02569187v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Cardina&#235;l" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.25835" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02475958v2" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01740371v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Kuper" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatah Ameur" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.worlddev.2017.12.031" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002799v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2018049" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02611207v2" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Coget" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Hinnewinkel" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Moulin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Vergne" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2018026" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01823242v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rhoda Fofack" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Billaud" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.12197" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-02099237v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2019002" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01740373v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Maillefert" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606528v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Debril" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Plumecocq" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.11648" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620559v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01524170v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena L&#243;pez-Gunn" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Daniel Rinaudo" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Daoudi" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10040-017-1567-3" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01610660v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolecon.2017.02.028" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-01524341v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2016027" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01437013v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.11512" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002798v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01526294v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Froger" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/leco.069.0008" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630483v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01610661v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cosust.2016.11.006" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3L936LQJ-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01610666v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Begum Ozkaynak" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Ring" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/eet.1683" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-FF4RDJQ7-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01610663v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Decouzon" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Sarran" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rei.6251" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02002960v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02446651v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Dobson" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Semal" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Szuba" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2014021" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01610667v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Villalba" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.10487" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002806v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Faysse" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01610674v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Gerlak" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert G. Varady" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arin C. Haverland" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02508060.2011.586552" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01610672v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Maganda" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3167/reco.2011.010301" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03081591v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.8579" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130315v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Beaurain" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00416680v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00416679v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/med.145.0007" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01694875v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Aubriot" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2009052" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02569363v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2009046" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01610678v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Baron" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1477-8947.2009.01208.x" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-X31XGSLR-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00416682v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Romagny" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00416674v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/sec.2009.0194" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00844559v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00416681v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Longu&#233;p&#233;e" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-00387213v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bied-Charreton" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raoudha Makkaoui" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Requier-Desjardins" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/med.135.0039" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-00387211v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss:2004020" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01740389v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.3608" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-00387212v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Douguet" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05508005v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-04286090v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Heulot-Petit" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02570509v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03260633v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Carnoye" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02574203v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02569878v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01890427v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02569405v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02570581v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01890415v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02900719v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02570567v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Melin Crapet" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02569176v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01249774v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01249779v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#232;re Martin" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Papin-Stammose" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02573038v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02573054v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02734881v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02611178v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748736v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik von Slobbe" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02734843v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02634905v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Lopez-Hoffman" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833771v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Euzen" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Marc" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ayrault" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Belletti" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Berger" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03552435v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Bauler" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03986503v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Colin" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02570520v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Begum &#214;zkaynak" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02570106v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/978-3-0352-6286-5" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02569919v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Herbert" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03631094v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03536837v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Rousseau" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02573684v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Galochet" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Morel" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00279640v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Brot" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Callens" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert G&#233;rardin" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05116023v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02573059v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02569332v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01423443v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/view/product/62160" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/978-3-0352-6633-7" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02898866v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyria Emelianoff" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01394980v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02569196v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.karthala.com/hommes-et-societes-sciences-economiques-et-politiques/2541-l-etat-acteur-du-developpement-9782811106171.html" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02570559v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02569254v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcela Ceballos-Medina" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02573066v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592154v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Morel" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Deboudt" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Deldr&#232;ve" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Longu&#233;p&#233;e" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Maillefert" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02570552v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwin Zaccai" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130712v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00490672v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02900724v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-03183610v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-03183734v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03332133v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Boughedada" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.17562" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-03183732v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cirad-00872495v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130751v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00386474v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04126165v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Melin" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.22090" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02570529v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iratxe Calvo Mendieta" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03023959v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Calvet" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Napoleone" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Salles" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Syndhia Math&#233;" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Rey-Valette" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-03183730v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/olivier-petit" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7987-0767" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/076651681" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695055v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Arnauld de Sartre" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bousquet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Petit" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck-Dominique Vivien" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2024034" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05116080v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Lefebvre-Chombart" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Lebrun" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Petit" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04164329v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe M&#233;ral" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iratxe Calvo-Mendieta" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Melin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.22331" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04192474v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clive L. Spash" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.22652" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04335652v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Kuper" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#233;n&#233;lope Mazari" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Alary" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Lallau" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rce.033.0198" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03986514v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Marchyllie" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Mor&#232;re" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pour.243.0203" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-03546080v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Dumont" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Leyronas" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Ballin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Bouarfa" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02508060.2021.2006948" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03330707v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Buchs" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Roman" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolecon.2021.107176" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02404315v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolecon.2019.106553" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-02099242v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Chavy" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02569187v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Cardina&#235;l" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.25835" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02475958v2" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01740371v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Kuper" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatah Ameur" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.worlddev.2017.12.031" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002799v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2018049" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02611207v2" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Coget" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Hinnewinkel" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Moulin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Vergne" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2018026" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01823242v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rhoda Fofack" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Billaud" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.12197" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-02099237v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2019002" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01740373v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Maillefert" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606528v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Debril" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Plumecocq" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.11648" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620559v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01524170v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena L&#243;pez-Gunn" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Daniel Rinaudo" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Daoudi" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10040-017-1567-3" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01610660v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolecon.2017.02.028" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-01524341v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2016027" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01437013v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.11512" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002798v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01526294v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Froger" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/leco.069.0008" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630483v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01610661v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cosust.2016.11.006" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3L936LQJ-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01610666v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Begum Ozkaynak" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Ring" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/eet.1683" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-FF4RDJQ7-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01610663v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Decouzon" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Sarran" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rei.6251" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02002960v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01610667v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Villalba" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.10487" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02446651v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Dobson" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Semal" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Szuba" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2014021" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002806v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Faysse" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01610674v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Gerlak" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert G. Varady" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arin C. Haverland" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02508060.2011.586552" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01610672v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Maganda" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3167/reco.2011.010301" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03081591v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.8579" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130315v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Beaurain" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00416680v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00416679v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/med.145.0007" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01694875v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Aubriot" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2009052" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02569363v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2009046" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01610678v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Baron" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1477-8947.2009.01208.x" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-X31XGSLR-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00416682v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Romagny" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00416674v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/sec.2009.0194" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00844559v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00416681v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Longu&#233;p&#233;e" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-00387213v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bied-Charreton" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raoudha Makkaoui" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Requier-Desjardins" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/med.135.0039" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-00387211v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss:2004020" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01740389v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.3608" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-00387212v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Douguet" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05508005v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-04286090v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Heulot-Petit" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02570509v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03260633v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Carnoye" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02574203v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02569878v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01890427v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02569405v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02570581v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01890415v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02900719v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02570567v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Melin Crapet" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02569176v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01249774v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01249779v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#232;re Martin" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Papin-Stammose" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02573038v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02573054v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02734881v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02611178v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748736v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik von Slobbe" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02734843v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02634905v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Lopez-Hoffman" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833771v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Euzen" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Marc" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ayrault" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Belletti" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Berger" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03552435v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Bauler" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03986503v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Colin" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02570520v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Begum &#214;zkaynak" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02570106v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/978-3-0352-6286-5" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02569919v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Herbert" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03631094v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03536837v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Rousseau" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02573684v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Galochet" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Morel" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00279640v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Brot" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Callens" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert G&#233;rardin" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05116023v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02573059v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02569332v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01423443v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/view/product/62160" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/978-3-0352-6633-7" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02898866v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyria Emelianoff" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01394980v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02569196v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.karthala.com/hommes-et-societes-sciences-economiques-et-politiques/2541-l-etat-acteur-du-developpement-9782811106171.html" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02570559v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02569254v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcela Ceballos-Medina" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02573066v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592154v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Morel" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Deboudt" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Deldr&#232;ve" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Longu&#233;p&#233;e" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Maillefert" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02570552v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwin Zaccai" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130712v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02900724v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00490672v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-03183610v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-03183734v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03332133v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Boughedada" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.17562" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-03183732v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cirad-00872495v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130751v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00386474v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04126165v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Melin" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.22090" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02570529v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iratxe Calvo Mendieta" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03023959v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Calvet" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Napoleone" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Salles" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Syndhia Math&#233;" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Rey-Valette" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-03183730v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>