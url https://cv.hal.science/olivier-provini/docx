--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -1342,213 +1342,213 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04763346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recension de l'ouvrage de Jean-François Bayart, L’énergie de l’État. Pour une sociologie historique et comparée du politique, Paris, La Découverte, 2022, 780 p.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Quand les instruments de financement redessinent les pratiques des chercheur.ses.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clotilde Aubry de Maromont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Provini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue internationale de politique comparée</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/ripc.pr4.0004.0153c⟩</w:t>
+              <w:t xml:space="preserve">Gouvernement &amp; action publique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 13 (4), pp.81-103. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/gap.244.0081⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04636134v1</w:t>
+                <w:t xml:space="preserve">hal-04777614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quand les instruments de financement redessinent les pratiques des chercheur.ses.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Recension de l'ouvrage de Jean-François Bayart, L’énergie de l’État. Pour une sociologie historique et comparée du politique, Paris, La Découverte, 2022, 780 p.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Provini</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gouvernement &amp; action publique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 13 (4), pp.81-103. </w:t>
+              <w:t xml:space="preserve">Revue internationale de politique comparée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 31 (1), pp.164-170. </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/gap.244.0081⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/ripc.pr4.0004.0153c⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04777614v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04636134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recension de l’ouvrage de R. N. Diallo, Politiques de la nature, nature de l’État. La fabrique transnationale de l’action publique au Mozambique</w:t>
               </w:r>
@@ -3405,178 +3405,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01536410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recension de Sebastian Edwards, Toxic Aid. Economic Collapse and Recovery in Tanzania</w:t>
+                <w:t xml:space="preserve">The Political Economy of Makerere Reforms via a Qualitative Approach. An Interview with the Professor Ruth Mukama</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Provini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Politique africaine</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Les cahiers d'Afrique de l'Est</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 49 avril-juin, pp.143-160</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04012639v1</w:t>
+                <w:t xml:space="preserve">halshs-01110726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Political Economy of Makerere Reforms via a Qualitative Approach. An Interview with the Professor Ruth Mukama</w:t>
+                <w:t xml:space="preserve">Recension de Sebastian Edwards, Toxic Aid. Economic Collapse and Recovery in Tanzania</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Provini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les cahiers d'Afrique de l'Est</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Politique africaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 4 (136), pp.211-212. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/polaf.136.0205⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">halshs-01110726v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04012639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Croquis du nouveau management public dans l’espace universitaire est-africain</w:t>
               </w:r>
@@ -4761,474 +4761,474 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03609848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etat de la littérature : politiques publiques et clientélisme au cœur de la régulation politique et sociale du territoire réunionnais</w:t>
+                <w:t xml:space="preserve">Anticiper, adapter et corriger les politiques publiques. L’Integrated Policy Monitoring Strategy (IPMS), un outil de cartographie de l’action publique et d’analyse multifactorielle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Provini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Agence française de développement (AFD); Caisse des dépôts - Institut pour la recherche et Banque des territoires. 2020, 62 p</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Darbon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rozenn Nakanabo Diallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sina Schlimmer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport Technique] 63, Agence française de développement (AFD). 2020, 62 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+              <w:t xml:space="preserve"> (rapport technique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03186979v1</w:t>
+                <w:t xml:space="preserve">hal-03186958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anticiper, adapter et corriger les politiques publiques. L’Integrated Policy Monitoring Strategy (IPMS), un outil de cartographie de l’action publique et d’analyse multifactorielle</w:t>
+                <w:t xml:space="preserve">Etat de la littérature : politiques publiques et clientélisme au cœur de la régulation politique et sociale du territoire réunionnais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Provini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...39 lines deleted...]
-              <w:t xml:space="preserve">[Rapport Technique] 63, Agence française de développement (AFD). 2020, 62 p</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Deschamps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Agence française de développement (AFD); Caisse des dépôts - Institut pour la recherche et Banque des territoires. 2020, 62 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve"> (rapport technique)</w:t>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03186958v1</w:t>
+                <w:t xml:space="preserve">hal-03186979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un état de la littérature sur l'analyse des politiques publiques en Afrique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Dominique Darbon</w:t>
+                <w:t xml:space="preserve">Etude de cas : Tanzanie. Livrable sectoriel FAPPA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Provini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sina Schlimmer</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Research Papers 2019-98, AFD - Agence Française de Développement. 2019</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Agence française de développement (AFD). 2019, 67 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02531751v1</w:t>
+                <w:t xml:space="preserve">hal-03186982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude de cas : Kenya. Livrable sectoriel FAPPA</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Un état de la littérature sur l'analyse des politiques publiques en Afrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Darbon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Provini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sina Schlimmer</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Agence française de développement (AFD). 2019, 87 p</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rozenn Nakanabo Diallo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Research Papers 2019-98, AFD - Agence Française de Développement. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03186981v1</w:t>
+                <w:t xml:space="preserve">hal-02531751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude de cas : Tanzanie. Livrable sectoriel FAPPA</w:t>
+                <w:t xml:space="preserve">Etude de cas : Kenya. Livrable sectoriel FAPPA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Provini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sina Schlimmer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Agence française de développement (AFD). 2019, 67 p</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Agence française de développement (AFD). 2019, 87 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03186982v1</w:t>
+                <w:t xml:space="preserve">hal-03186981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude de cas : Kenya. Livrable monographique FAPPA</w:t>
               </w:r>
@@ -5388,316 +5388,316 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04763366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A propos du livre « Les enjeux de la gouvernance en Outre-mer&amp;quot;. L’exemple des politiques publiques de l’emploi et de la ville à la Réunion</w:t>
+                <w:t xml:space="preserve">Du rond-point de quartier aux cabinets parisiens : comment se négocie l’action publique en Outre-mer ? Le cas des politiques de l’emploi à La Réunion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Provini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Deschamps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire Professions et Savoirs dans l’Action publique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Laboratoire Printemps (Professions, Institutions, Temporalités) - Université de Versailles Saint-Quentin-en-Yvelines, Jan 2024, Guyancourt, France</w:t>
+              <w:t xml:space="preserve">Congrès national de l’Association française de science politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association française de science politique, Jul 2024, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05004728v1</w:t>
+                <w:t xml:space="preserve">hal-04636130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Du rond-point de quartier aux cabinets parisiens : comment se négocie l’action publique en Outre-mer ? Le cas des politiques de l’emploi à La Réunion</w:t>
+                <w:t xml:space="preserve">A propos du livre « Les enjeux de la gouvernance en Outre-mer&amp;quot;. L’exemple des politiques publiques de l’emploi et de la ville à la Réunion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Provini</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Damien Deschamps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès national de l’Association française de science politique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association française de science politique, Jul 2024, Grenoble, France</w:t>
+              <w:t xml:space="preserve">Séminaire Professions et Savoirs dans l’Action publique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire Printemps (Professions, Institutions, Temporalités) - Université de Versailles Saint-Quentin-en-Yvelines, Jan 2024, Guyancourt, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04636130v1</w:t>
+                <w:t xml:space="preserve">hal-05004728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pourquoi décentrer l’analyse de l’action publique aux Suds ? Clientélisme et politique de l’emploi à La Réunion</w:t>
+                <w:t xml:space="preserve">L’action publique à l’épreuve du clientélisme politique. Le cas des politiques de l’emploi à La Réunion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Provini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire Professions et savoirs dans l’action publique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Printemps, Université de Versailles Saint-Quentin-en-Yvelines, Feb 2024, Saint-Quentin en Yvelines, France</w:t>
+              <w:t xml:space="preserve">Séminaire État-Outre-mer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, École des hautes études en sciences sociales, Oct 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04763362v1</w:t>
+                <w:t xml:space="preserve">hal-04763368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’action publique à l’épreuve du clientélisme politique. Le cas des politiques de l’emploi à La Réunion</w:t>
+                <w:t xml:space="preserve">Pourquoi décentrer l’analyse de l’action publique aux Suds ? Clientélisme et politique de l’emploi à La Réunion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Provini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire État-Outre-mer</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, École des hautes études en sciences sociales, Oct 2024, Paris, France</w:t>
+              <w:t xml:space="preserve">Séminaire Professions et savoirs dans l’action publique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Printemps, Université de Versailles Saint-Quentin-en-Yvelines, Feb 2024, Saint-Quentin en Yvelines, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04763368v1</w:t>
+                <w:t xml:space="preserve">hal-04763362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’Etat postcolonial français face au détournement des politiques de l’emploi par les réseaux clientélaires : l’exemple de La Réunion</w:t>
               </w:r>
@@ -6307,165 +6307,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01540747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accaparement des terres ou accaparement d’un discours ? La circulation et la réappropriation d’un référentiel dans l’analyse des politiques publiques en Tanzanie</w:t>
+                <w:t xml:space="preserve">Comprendre la fabrique et l’implémentation des réformes universitaires en Afrique de l’Est au prisme des opportunités professionnelles et matérielles. Mobiliser la sociologie de l’action publique et des élites pour appréhender le changement dans le secteur de l’enseignement supérieur.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Provini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire de l’EHESS Actualité de la recherche en Afrique de l’Est. Textes et terrains</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Paris, France</w:t>
+              <w:t xml:space="preserve">Le gouvernement international en Afrique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02632753v1</w:t>
+                <w:t xml:space="preserve">hal-01539149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comprendre la fabrique et l’implémentation des réformes universitaires en Afrique de l’Est au prisme des opportunités professionnelles et matérielles. Mobiliser la sociologie de l’action publique et des élites pour appréhender le changement dans le secteur de l’enseignement supérieur.</w:t>
+                <w:t xml:space="preserve">Accaparement des terres ou accaparement d’un discours ? La circulation et la réappropriation d’un référentiel dans l’analyse des politiques publiques en Tanzanie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Provini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le gouvernement international en Afrique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">Séminaire de l’EHESS Actualité de la recherche en Afrique de l’Est. Textes et terrains</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01539149v1</w:t>
+                <w:t xml:space="preserve">hal-02632753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les réformes à l’Université de Makerere au regard de la sociologie de l’action publique et de l’État</w:t>
               </w:r>
@@ -6514,191 +6514,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02628606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Replacer l’État dans l’analyse des politiques publiques. Le cas de la Tanzanie</w:t>
+                <w:t xml:space="preserve">Négocier l’action publique dans un État post-socialiste : une analyse comparée des politiques de l’enseignement supérieur et du foncier en Tanzanie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Provini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sina Schlimmer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque État en action, État en consolidation ?”, LAM/Sciences Po Bordeaux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Pessac, France</w:t>
+              <w:t xml:space="preserve">Colloque international La fabrique de l’action publique dans les pays sous régime d’aide</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Cotonou, Bénin</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02632747v1</w:t>
+                <w:t xml:space="preserve">hal-02632746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Négocier l’action publique dans un État post-socialiste : une analyse comparée des politiques de l’enseignement supérieur et du foncier en Tanzanie</w:t>
+                <w:t xml:space="preserve">Replacer l’État dans l’analyse des politiques publiques. Le cas de la Tanzanie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Provini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sina Schlimmer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international La fabrique de l’action publique dans les pays sous régime d’aide</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Cotonou, Bénin</w:t>
+              <w:t xml:space="preserve">Colloque État en action, État en consolidation ?”, LAM/Sciences Po Bordeaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Pessac, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02632746v1</w:t>
+                <w:t xml:space="preserve">hal-02632747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Politics and Policies in Tanzania. A Comparative Study of Higher Education and Land Policies, T02P10 – “Policy Making between Challenges and Opportunities: an African Perspective”</w:t>
               </w:r>
@@ -6842,165 +6842,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02632748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La circulation des normes bureaucratiques et son influence sur les savoirs universitaires en Afrique de l’Est : une approche par les instruments d’action publique à travers les études de cas des universités de Nairobi et de Makerere</w:t>
+                <w:t xml:space="preserve">L'étude des mouvements étudiants comme grille de lecture de l'action publique : appréhender le non-changement par l'action collective Le cas des mouvements étudiants des universités du Burundi et de Dar es Salaam</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Provini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Troisième Rencontre des études africaines en France</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2014, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">Mouvements étudiants en Afrique francophone, des Indépendances à nos jours </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03816303v1</w:t>
+                <w:t xml:space="preserve">hal-01539121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'étude des mouvements étudiants comme grille de lecture de l'action publique : appréhender le non-changement par l'action collective Le cas des mouvements étudiants des universités du Burundi et de Dar es Salaam</w:t>
+                <w:t xml:space="preserve">La circulation des normes bureaucratiques et son influence sur les savoirs universitaires en Afrique de l’Est : une approche par les instruments d’action publique à travers les études de cas des universités de Nairobi et de Makerere</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Provini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mouvements étudiants en Afrique francophone, des Indépendances à nos jours </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2014, Paris, France</w:t>
+              <w:t xml:space="preserve">Troisième Rencontre des études africaines en France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01539121v1</w:t>
+                <w:t xml:space="preserve">hal-03816303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La circulation des réformes universitaires en Afrique de l'Est</w:t>
               </w:r>
@@ -7145,51 +7145,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="2FD8EE52"/>
+    <w:nsid w:val="2A8C9504"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7293,51 +7293,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="FB928836"/>
+    <w:nsid w:val="A8DDAEA2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7441,51 +7441,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="8E094474"/>
+    <w:nsid w:val="8D581BD7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7589,51 +7589,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="5D069F3D"/>
+    <w:nsid w:val="5643C38C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7737,51 +7737,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="E7B1776C"/>
+    <w:nsid w:val="391E9C9C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7980,51 +7980,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pub-editions.fr/fr/politike/5238-etats-et-politiques-publiques-analyse-comparee-des-reformes-universitaires-en-afrique-de-l-est" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/africae/7116" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pum.umontreal.ca/catalogue/gouverner_les_afriques" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763350v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Provini" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011568v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Nakanabo Diallo" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sina Schlimmer" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04017183v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536425v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicod&#232;me Bugwabari" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Cazenave-Piarrot" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Thibon" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011561v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Briquet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Deschamps" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02885342v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Mayrargue" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Chitou" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/eastafrica.1121" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395733v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384025v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763346v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04636134v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ripc.pr4.0004.0153c" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777614v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Aubry de Maromont" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille No&#251;s" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gap.244.0081" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04636136v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ripc.pr4.0004.0153d" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04862402v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ripc.303.0011" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011565v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Giraud" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pox.142.0063" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04636121v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ripc.303.0005" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011603v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04636125v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ripc.303.0175" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03755038v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/com.13879" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03181889v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03241798v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Fretigny" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03200736v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03187002v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02881239v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02885346v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191260v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/eastafrica.1126" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02388973v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817296v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10734-018-0277-7" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817294v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gap.182.0117" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817314v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Darbon" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gap.182.0009" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01537815v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/crii.077.0103" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01539191v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536411v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ripc.232.0199" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536410v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012639v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/polaf.136.0205" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01110726v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01539179v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00856720v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04777620v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01536422v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015PAUU2007" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012654v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03610109v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.africae.2555" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03123869v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.africae.2064" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02388982v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Hassenteufel" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536428v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011579v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186968v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03894287v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03187183v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03609848v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186979v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186958v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02531751v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186981v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186982v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186989v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763366v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05004728v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04636130v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763362v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763368v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03816306v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012855v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03816305v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03816304v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03187012v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01541188v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011554v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01540747v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02632753v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01539149v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02628606v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02632747v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02632746v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02632751v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02632748v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03816303v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01539121v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00917680v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pub-editions.fr/fr/politike/5238-etats-et-politiques-publiques-analyse-comparee-des-reformes-universitaires-en-afrique-de-l-est" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/africae/7116" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pum.umontreal.ca/catalogue/gouverner_les_afriques" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763350v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Provini" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011568v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Nakanabo Diallo" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sina Schlimmer" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04017183v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536425v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicod&#232;me Bugwabari" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Cazenave-Piarrot" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Thibon" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011561v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Briquet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Deschamps" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02885342v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Mayrargue" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Chitou" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/eastafrica.1121" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395733v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384025v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763346v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777614v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Aubry de Maromont" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille No&#251;s" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gap.244.0081" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04636134v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ripc.pr4.0004.0153c" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04636136v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ripc.pr4.0004.0153d" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04862402v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ripc.303.0011" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011565v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Giraud" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pox.142.0063" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04636121v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ripc.303.0005" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011603v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04636125v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ripc.303.0175" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03755038v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/com.13879" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03181889v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03241798v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Fretigny" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03200736v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03187002v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02881239v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02885346v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191260v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/eastafrica.1126" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02388973v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817296v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10734-018-0277-7" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817294v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gap.182.0117" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817314v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Darbon" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gap.182.0009" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01537815v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/crii.077.0103" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01539191v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536411v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ripc.232.0199" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536410v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01110726v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012639v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/polaf.136.0205" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01539179v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00856720v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04777620v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01536422v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015PAUU2007" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012654v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03610109v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.africae.2555" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03123869v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.africae.2064" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02388982v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Hassenteufel" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536428v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011579v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186968v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03894287v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03187183v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03609848v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186958v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186979v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186982v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02531751v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186981v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186989v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763366v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04636130v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05004728v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763368v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763362v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03816306v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012855v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03816305v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03816304v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03187012v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01541188v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011554v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01540747v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01539149v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02632753v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02628606v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02632746v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02632747v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02632751v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02632748v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01539121v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03816303v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00917680v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>