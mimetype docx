--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1485,161 +1485,161 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02116120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Novel insight into the chemical analysis of light elements in oxycarbides</w:t>
+                <w:t xml:space="preserve">Study of the TiC{1-x} – TiO2 reactive interface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florian Réjasse</w:t>
+                <w:t xml:space="preserve">F. Réjasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Trolliard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Léchelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Rapaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Khodja</w:t>
+                <w:t xml:space="preserve">O. Grauby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acta Materialia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 157, pp.11-20. </w:t>
+              <w:t xml:space="preserve">, 2018, 146, pp.225-236. </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.actamat.2018.07.023⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.actamat.2017.12.055⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-01837208v1</w:t>
+                <w:t xml:space="preserve">cea-01681190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bulk Li mobility enhancement in Spark Plasma Sintered Li(7−3x)AlxLa3Zr2O12 garnet</w:t>
               </w:r>
@@ -1753,217 +1753,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">cea-01855322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of the TiC{1-x} – TiO2 reactive interface</w:t>
+                <w:t xml:space="preserve">Novel insight into the chemical analysis of light elements in oxycarbides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Réjasse</w:t>
+                <w:t xml:space="preserve">Florian Réjasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Rapaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Léchelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Trolliard</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">O. Rapaud</w:t>
+                <w:t xml:space="preserve">Gilles Trolliard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. Grauby</w:t>
+                <w:t xml:space="preserve">H. Khodja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acta Materialia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 146, pp.225-236. </w:t>
+              <w:t xml:space="preserve">, 2018, 157, pp.11-20. </w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.actamat.2017.12.055⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.actamat.2018.07.023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-01681190v1</w:t>
+                <w:t xml:space="preserve">cea-01837208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental investigation and thermodynamic evaluation of the C–Hf–O ternary system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Réjasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Rapaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Trolliard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2023,77 +2023,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental investigation and thermodynamic evaluation of the C–O–Zr ternary system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Réjasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Rapaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Trolliard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2147,316 +2147,316 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01386236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TEM study of the reaction mechanisms involved in the carbothermal reduction of hafnia</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gilles Trolliard</w:t>
+                <w:t xml:space="preserve">On the fabrication of ZrCxNy from ZrO2 via two-step carbothermic reduction–nitridation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Harrison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Rapaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Maitre</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Pradeilles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Maître</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W.E. Lee</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RSC Advances</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C5RA02190A⟩</w:t>
+              <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 35 (5), pp.10.1016/j.jeurceramsoc.2014.11.005. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2014.11.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01153968v1</w:t>
+                <w:t xml:space="preserve">hal-01091402v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the fabrication of ZrCxNy from ZrO2 via two-step carbothermic reduction–nitridation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">R. Harrison</w:t>
+                <w:t xml:space="preserve">TEM study of the reaction mechanisms involved in the carbothermal reduction of hafnia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Réjasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Trolliard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Rapaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">W.E. Lee</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Maitre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">RSC Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 5, pp.45341-45350. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C5RA02190A⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2014.11.005⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-01091402v1</w:t>
+                <w:t xml:space="preserve">hal-01153968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental study of group IVB metals oxicarbides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Réjasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Rapaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2464,51 +2464,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Pradeilles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Maitre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Trolliard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MATEC Web of Conferences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 3, pp.Article number 01077. </w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3112,291 +3112,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01620673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal stability of atmospheric plasma sprayed (Ni, Cu, Co)-YSZ and Ni-Cu-Co-YSZ anodes cermets for SOFC application</w:t>
+                <w:t xml:space="preserve">Structure and mechanical properties of nanoscale multilayered CrN/ZrSiN coatings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amel Benyoucef</w:t>
+                <w:t xml:space="preserve">Z. Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Rapaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Allain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Klein</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Olivier Rapaud</w:t>
+                <w:t xml:space="preserve">M. Baraket</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Coddet</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">C. Dong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics and Chemistry of Solids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jpcs.2009.09.009⟩</w:t>
+              <w:t xml:space="preserve">Journal of Vacuum Science &amp; Technology A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 27 (4), pp.672 - 680. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1116/1.3136856⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00590599v1</w:t>
+                <w:t xml:space="preserve">hal-01620671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structure and mechanical properties of nanoscale multilayered CrN/ZrSiN coatings</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Thermal stability of atmospheric plasma sprayed (Ni, Cu, Co)-YSZ and Ni-Cu-Co-YSZ anodes cermets for SOFC application</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amel Benyoucef</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Z. Zhang</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">N. Allain</w:t>
+                <w:t xml:space="preserve">Didier Klein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Rapaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Baraket</w:t>
+                <w:t xml:space="preserve">Christian Coddet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Dong</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Boumediene Benyoucef</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Vacuum Science &amp; Technology A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 27 (4), pp.672 - 680. </w:t>
+              <w:t xml:space="preserve">Journal of Physics and Chemistry of Solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 70 (12), pp.1487. </w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1116/1.3136856⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jpcs.2009.09.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01620671v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00590599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterizations of Magnetron Sputtered CrSiN/ZrN Multilayer Coatings-from Structure to Tribological Behaviors</w:t>
               </w:r>
@@ -3580,51 +3580,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Allain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Mercs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Baraket</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Surface Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 255 (7), pp.4020 - 4026. </w:t>
@@ -3726,51 +3726,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Bonasso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Mercs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Dong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advanced Engineering Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 10 (7), pp.628 - 633. </w:t>
@@ -3872,51 +3872,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Bonasso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Mercs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Dong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vacuum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 82 (5), pp.501 - 509. </w:t>
@@ -4018,51 +4018,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Bonasso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Mercs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Dong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vacuum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 82 (11), pp.1332 - 1336. </w:t>
@@ -4252,302 +4252,302 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01620682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Which alternative to the pyrocarbon interphase in ceramic matrix composites?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A thermodynamic approach for advanced fuels of gas-cooled reactors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Guéneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Jacques</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Olivier Rapaud</w:t>
+                <w:t xml:space="preserve">S. Chatain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Parolla</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">S. Gossé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Rado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Rapaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales de Chimie - Science des Matériaux</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Nuclear Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 344 (1-3), pp.191 - 197. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jnucmat.2005.04.041⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3166/acsm.30.609-620⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01620684v1</w:t>
+                <w:t xml:space="preserve">hal-01620687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A thermodynamic approach for advanced fuels of gas-cooled reactors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">C. Guéneau</w:t>
+                <w:t xml:space="preserve">Which alternative to the pyrocarbon interphase in ceramic matrix composites?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Jacques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Rapaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Chatain</w:t>
+                <w:t xml:space="preserve">Stéphane Parolla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Gossé</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Martine Verdenelli</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nuclear Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, 344 (1-3), pp.191 - 197. </w:t>
+              <w:t xml:space="preserve">Annales de Chimie - Science des Matériaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 30 (6), pp.609 - 620. </w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jnucmat.2005.04.041⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3166/acsm.30.609-620⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01620687v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01620684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SiC/SiC minicomposites with (PyC/TiC)n interphases processed by pressure-pulsed reactive CVI</w:t>
               </w:r>
@@ -4718,51 +4718,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Jacques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Bouix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5093,325 +5093,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05042688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High temperature oxidation behavior of fully dense ZrB2/SiC and HfB2/SiC composites with various compositions in air plasma conditions</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Thermodynamic calculations and modeling for ceramics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Rapaud</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marianne Balat-Pichelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">47th IUPAC World Chemistry Congress “Frontiers in Chemistry: Let’s create our Future! 100 years with IUPAC”</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2019, Paris, France</w:t>
+              <w:t xml:space="preserve">43rd International Conference and Exposition on Advanced Ceramics and Composites (ICACC 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ACerS, Jan 2019, Daytona Beach, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02358921v1</w:t>
+                <w:t xml:space="preserve">hal-02008723v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermodynamic calculations and modeling for ceramics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Synthèse de phases MAX carbures à base de Ti-, Zr- et Hf- par four à arc et SPS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Hugon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Rapaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Chotard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Lucas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">43rd International Conference and Exposition on Advanced Ceramics and Composites (ICACC 2019)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ACerS, Jan 2019, Daytona Beach, United States</w:t>
+              <w:t xml:space="preserve">Journées Annuelles du GFC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2019, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02008723v1</w:t>
+                <w:t xml:space="preserve">hal-02070012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthèse de phases MAX carbures à base de Ti-, Zr- et Hf- par four à arc et SPS</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Elise Hugon</w:t>
+                <w:t xml:space="preserve">High temperature oxidation behavior of fully dense ZrB2/SiC and HfB2/SiC composites with various compositions in air plasma conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cassandre Piriou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Rapaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Romain Lucas</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Charpentier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Foucaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Balat-Pichelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Annuelles du GFC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2019, Montpellier, France</w:t>
+              <w:t xml:space="preserve">47th IUPAC World Chemistry Congress “Frontiers in Chemistry: Let’s create our Future! 100 years with IUPAC”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02070012v1</w:t>
+                <w:t xml:space="preserve">hal-02358921v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oxidation in air plasma of ZrB2 and HfB2-SiC based composites from 1800 to 2200 K</w:t>
               </w:r>
@@ -6095,293 +6095,215 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02359020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céramiques haute température: apports de la modélisation thermodynamique</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Maitre</w:t>
+                <w:t xml:space="preserve">Etude du système Fe-B-C : réactivité, acquisition de données thermodynamiques et modélisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Rapaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Flaureau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Shorter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée scientifique SF2M - Matériaux à haute température: réactivité et précautions d'usage</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">Matériaux 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01755554v1</w:t>
+                <w:t xml:space="preserve">hal-02159107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oxidation Behavior of HfB2-SiC and ZrB2-SiC Ultra-High Temperature Ceramics in different air atmospheres</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marianne J.H. Balat-Pichelin</w:t>
+                <w:t xml:space="preserve">Application des UHTCs : Aéronautique et Aérospatial. Cas des composites ZrB2/SiC et HfB2/SiC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Rapaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CIMTEC 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Prugia, Italy</w:t>
+              <w:t xml:space="preserve">Journée Technique : Réfractaires et Ultra-Réfractaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Limoges, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01847259v1</w:t>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02158984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comportement à l'oxydation des composites ultra-réfractaires (Hf/Zr)B2-SiC à très haute température et au cyclage</w:t>
+                <w:t xml:space="preserve">Comportement des composites ultra‐réfractaires (Hf/Zr)B2‐SiC sous atmosphère dissociée (oxygène atomique)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cassandre Piriou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Rapaud</w:t>
@@ -6395,183 +6317,235 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Foucaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Charpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne J.H. Balat-Pichelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Matériaux 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2018, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">Journées annuelles du Groupe Français de la Céramique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2018, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01935928v1</w:t>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01755558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application des UHTCs : Aéronautique et Aérospatial. Cas des composites ZrB2/SiC et HfB2/SiC</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">O. Rapaud</w:t>
+                <w:t xml:space="preserve">Comportement à l'oxydation des composites ultra-réfractaires (Hf/Zr)B2-SiC à très haute température et au cyclage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cassandre Piriou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Rapaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Foucaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Charpentier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne J.H. Balat-Pichelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Technique : Réfractaires et Ultra-Réfractaires</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2018, Limoges, France</w:t>
+              <w:t xml:space="preserve">Matériaux 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02158984v1</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01935928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comportement des composites ultra‐réfractaires (Hf/Zr)B2‐SiC sous atmosphère dissociée (oxygène atomique)</w:t>
+                <w:t xml:space="preserve">Comparison of the oxidation behavior of HfB2-SiC and ZrB2-SiC Ultra-High Temperature Ceramics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cassandre Piriou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Rapaud</w:t>
@@ -6585,209 +6559,209 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Foucaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Charpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne J.H. Balat-Pichelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées annuelles du Groupe Français de la Céramique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2018, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">14th International Ceramic Congress, CIMTEC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, perurgia, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01755558v1</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02354249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude du système Fe-B-C : réactivité, acquisition de données thermodynamiques et modélisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">B. Shorter</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Rapaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Flaureau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bethanie Shorter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Matériaux 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2018, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02159107v1</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01935910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of the oxidation behavior of HfB2-SiC and ZrB2-SiC Ultra-High Temperature Ceramics</w:t>
+                <w:t xml:space="preserve">Oxidation Behavior of HfB2-SiC and ZrB2-SiC Ultra-High Temperature Ceramics in different air atmospheres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cassandre Piriou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Rapaud</w:t>
@@ -6801,455 +6775,481 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Foucaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Charpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne J.H. Balat-Pichelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th International Ceramic Congress, CIMTEC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, perurgia, Italy</w:t>
+              <w:t xml:space="preserve">CIMTEC 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Prugia, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02354249v1</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01847259v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude du système Fe-B-C : réactivité, acquisition de données thermodynamiques et modélisation</w:t>
+                <w:t xml:space="preserve">Céramiques haute température: apports de la modélisation thermodynamique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Rapaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Bethanie Shorter</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Réjasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cassandre Piriou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Trolliard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Maitre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Matériaux 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2018, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">Journée scientifique SF2M - Matériaux à haute température: réactivité et précautions d'usage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01935910v1</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01755554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Li + and Al 3+ site occupancies impact on ionic conductivity in Li (7−3x) Al x La 3 Zr 2 O 12 garnet</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Contribution to the thermodynamic study and oxidation behavior of HfB2-SiC Ultra-High Temperature Ceramics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cassandre Piriou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Foucaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Rapaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Charpentier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne J.H. Balat-Pichelin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 2017 E-MRS : European Materials Research Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">ECerS2017 - 15th Conference &amp; Exhibition of the European Ceramic Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Budapest, Hungary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01563394v1</w:t>
+                <w:t xml:space="preserve">hal-01564516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution à l'étude thermodynamique et comportement à l'oxydation de céramiques ultra-réfractaires à base de diborure d'hafnium et de carbure de silicium</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Li + and Al 3+ site occupancies impact on ionic conductivity in Li (7−3x) Al x La 3 Zr 2 O 12 garnet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adriana Castillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Charpentier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saïd Yagoubi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Foy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Moskura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées annuelles du Groupe Français de la Céramique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Groupe Français de la Céramique, Mar 2017, Rennes, France</w:t>
+              <w:t xml:space="preserve">The 2017 E-MRS : European Materials Research Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01500422v1</w:t>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01563394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution to the thermodynamic study and oxidation behavior of HfB2-SiC Ultra-High Temperature Ceramics</w:t>
+                <w:t xml:space="preserve">Contribution à l'étude thermodynamique et comportement à l'oxydation de céramiques ultra-réfractaires à base de diborure d'hafnium et de carbure de silicium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cassandre Piriou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Foucaud</w:t>
@@ -7263,552 +7263,552 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Rapaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Charpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne J.H. Balat-Pichelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECerS2017 - 15th Conference &amp; Exhibition of the European Ceramic Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2017, Budapest, Hungary</w:t>
+              <w:t xml:space="preserve">Journées annuelles du Groupe Français de la Céramique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Groupe Français de la Céramique, Mar 2017, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01564516v1</w:t>
+                <w:t xml:space="preserve">hal-01500422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Utilisation de la NRA pour l'étude de l'interdiffusion C / O dans les composés de la famille IVb (Ti, Zr, Hf)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId66" w:history="1">
+                <w:t xml:space="preserve">Séminaire : Etude des oxycarbures du groupe IV – TiCO, ZrCO et HfCO - Synthèse et modélisation thermodynamique des diagrammes de phases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Réjasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Rapaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Gaëlle Carlot</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Trolliard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Maitre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IBAF 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2016, Annecy, France</w:t>
+              <w:t xml:space="preserve">MatV2L</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2016, Limoges, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01852047v1</w:t>
+                <w:t xml:space="preserve">hal-01878470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Utilisation de la NRA pour l'étude de l'interdiffusion C / O dans les composés de la famille IVb (Ti, Zr, Hf)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId66" w:history="1">
+                <w:t xml:space="preserve">Etude de la réactivité des dioxydes métalliques du groupe IVb en présence de carbone par une approche (micro-)structurale Application à la modélisation des diagrammes de phases ternaires Me-C-O (où Me = Ti, Zr, Hf)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Réjasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jacques Léchelle</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Trolliard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Rapaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Maitre</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ion Beam Analysis Francophone</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2016, Annecy, France</w:t>
+              <w:t xml:space="preserve">30ème Journées Annuelles du GFC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2016, Valenciennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01375971v1</w:t>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01852051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Séminaire : Etude des oxycarbures du groupe IV – TiCO, ZrCO et HfCO - Synthèse et modélisation thermodynamique des diagrammes de phases</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId66" w:history="1">
+                <w:t xml:space="preserve">Utilisation de la NRA pour l'étude de l'interdiffusion C / O dans les composés de la famille IVb (Ti, Zr, Hf)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Réjasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Léchelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Rapaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Carlot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MatV2L</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2016, Limoges, France</w:t>
+              <w:t xml:space="preserve">Ion Beam Analysis Francophone</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Annecy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01878470v1</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01375971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude de la réactivité des dioxydes métalliques du groupe IVb en présence de carbone par une approche (micro-)structurale Application à la modélisation des diagrammes de phases ternaires Me-C-O (où Me = Ti, Zr, Hf)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId66" w:history="1">
+                <w:t xml:space="preserve">Utilisation de la NRA pour l'étude de l'interdiffusion C / O dans les composés de la famille IVb (Ti, Zr, Hf)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Réjasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Gilles Trolliard</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Léchelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Rapaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Maitre</w:t>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Carlot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">30ème Journées Annuelles du GFC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2016, Valenciennes, France</w:t>
+              <w:t xml:space="preserve">IBAF 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Annecy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01852051v1</w:t>
+                <w:t xml:space="preserve">hal-01852047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séminaire : Thermodynamic modeling MAX phases: Development of a MAX thermodynamic database</w:t>
               </w:r>
@@ -7863,77 +7863,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental thermodynamic approach of solid solution boundaries of the ZrCxOy oxycarbide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Réjasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Rapaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Trolliard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Maitre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7984,90 +7984,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling and Experimental Thermodynamic Approach of High Temperature IVB-metal Carbides and Oxycarbides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Rapaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Réjasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Pradeilles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Maitre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Trolliard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CIMTEC 2014, 13th International Ceramics Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2014, Montecatini Terme, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8092,77 +8092,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude des mécanismes réactionnels de la réduction carbothermique du dioxyde d’hafnium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Réjasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Rapaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Trolliard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Maitre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8325,90 +8325,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Micro-structural Approach of the Mechanisms of the Carbothermal Reduction of Hafnia by TEM and XRD</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Réjasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Rapaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Maitre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Trolliard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CIMTEC 2014, 13th International Ceramics Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2014, Montecatini Terme, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8433,51 +8433,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental study of group IVB metals oxicarbides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Réjasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Rapaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8485,51 +8485,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Pradeilles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Maitre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Trolliard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXXIX JEEP - 39th Edition of the Joint European Days on Equilibrium Between Phases</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2013, Nancy, France. pp.Article number 01077, </w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
@@ -9290,77 +9290,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental investigation and thermodynamic modeling of the C-Me-O systems (where Me = Hf, Zr)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Réjasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Rapaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Trolliard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Maitre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9398,77 +9398,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental approach of solid solution boundaries of the TiCxOy oxycarbide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Réjasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Rapaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Trolliard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Maitre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10155,51 +10155,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04781518v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Tahan" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rapaud" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pradeilles" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Carles" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Ma&#238;tre" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2024.120495" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05359252v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Courac" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Godec" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jelena Sjakste" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Vast" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.5c08312" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04594639v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Hugon" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Lucas" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Chotard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceram.2023.100398" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04403117v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rkia Tamim" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Boulesteix" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.calphad.2023.102596" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03878814v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bandaru" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Rapaud" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rouessac" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Jund" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33552/MCMS.2022.05.000603" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03672589v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adem.202100850" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03122220v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Pipon" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Victor" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Moncoffre" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gutierrez" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Miro" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2020.152737" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03622720v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Pellegrini" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Balat-Pichelin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric B&#234;che" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ceramint.2021.09.310" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02396884v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;gane Bernard" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hatim Laadoua" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zineb Khaldi" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pat.4771" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02325657v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandre Piriou" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Foucaud" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Charpentier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ceramint.2018.10.075" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116120v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norberto Labrador" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delia Guti&#233;rre-Campos" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Ageorges" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Maitre" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ceramint.2019.03.042" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01837208v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian R&#233;jasse" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. L&#233;chelle" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Trolliard" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Khodja" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2018.07.023" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01855322v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Castillo" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Charpentier" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Yagoubi" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ceramint.2018.07.119" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01681190v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. R&#233;jasse" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Trolliard" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Grauby" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2017.12.055" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01577262v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Masson" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jace.14901" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01386236v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6RA21967E" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01153968v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5RA02190A" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01091402v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Harrison" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Ma&#238;tre" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.E. Lee" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2014.11.005" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DX80K2KL-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00946173v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/20130301077" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01620666v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Coddet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Sanchette" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rousset" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Coddet" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2012.02.036" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F5T0CJ0N-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01620669v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tria" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Elkedim" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Hamzaoui" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Guo" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. F. Bernard" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.powtec.2011.02.026" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6MTB9TBF-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01620674v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z.G. Zhang" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Allain" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Mercs" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Brien" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2009.01.014" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JDQ2403R-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01620673v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Berche" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rado" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gu&#233;neau" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Rogez" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2009.01.014" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0ZT0W0VZ-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00590599v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Benyoucef" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Klein" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Coddet" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boumediene Benyoucef" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpcs.2009.09.009" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01620671v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Zhang" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Baraket" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dong" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1116/1.3136856" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01620670v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhiguo Zhang" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Allain" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mercs" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mira Baraket" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adem.200900051" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-DWFFD8QH-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01620677v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2008.10.075" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N90G6Q5R-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01620679v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z.&#8201;g. Zhang" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bonasso" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adem.200800053" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-PX14BN82-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01620681v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vacuum.2007.08.009" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W51LCL0D-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01620680v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vacuum.2008.04.054" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-894X3JB6-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01620682v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Dehlinger" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lapostolle" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lamy" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Meunier" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ppap.200731411" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-N50DFJM8-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01620684v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Jacques" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Parolla" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Verdenelli" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/acsm.30.609-620" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/E8B2A5F31ADE1A30F31A175316C224CAF8B510A6/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01620687v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chatain" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Goss&#233;" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2005.04.041" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HN1RKMSM-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01620688v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Jacques" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Di-Murro" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Vincent" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Paule Berthet" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/B:JMSC.0000007742.34926.65" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/C97C5627ED7908E0651570DACABADB0DCDDE7B0A/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02976987v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vincent" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bouix" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp4:2001350" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/110DBDF5DDFED54D4DCAB74911997640470D7D5A/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799336v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Dine" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-05042688v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Antou" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Tahan" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02358921v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008723v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070012v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02407804v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163892v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Trujillo Arredondo" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Jaoul" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Maine" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Tristant" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163169v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02181382v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02409034v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359020v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01755554v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01847259v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne J.H. Balat-Pichelin" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01935928v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02158984v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01755558v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02159107v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Flaureau" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Shorter" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02354249v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01935910v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Flaureau" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bethanie Shorter" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563394v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy Foy" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Moskura" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01500422v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01564516v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01852047v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques L&#233;chelle" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Martin" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Carlot" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01375971v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01878470v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01852051v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01878476v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01175670v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01010515v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01171541v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01104508v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. B&#233;rerd" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Toulhoat" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01010514v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00945601v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00950520v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04113508v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299693v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163225v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02340786v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01375962v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.18838.34885" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297096v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01171536v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-02093981v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02159061v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01064237v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William E. Lee" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edoardo Giorgi" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Harrison" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02169132v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04781518v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Tahan" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rapaud" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pradeilles" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Carles" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Ma&#238;tre" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2024.120495" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05359252v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Courac" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Godec" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jelena Sjakste" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Vast" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.5c08312" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04594639v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Hugon" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Lucas" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Chotard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceram.2023.100398" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04403117v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rkia Tamim" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Boulesteix" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.calphad.2023.102596" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03878814v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bandaru" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Rapaud" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rouessac" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Jund" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33552/MCMS.2022.05.000603" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03672589v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adem.202100850" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03122220v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Pipon" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Victor" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Moncoffre" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gutierrez" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Miro" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2020.152737" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03622720v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Pellegrini" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Balat-Pichelin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric B&#234;che" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ceramint.2021.09.310" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02396884v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;gane Bernard" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hatim Laadoua" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zineb Khaldi" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pat.4771" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02325657v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandre Piriou" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Foucaud" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Charpentier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ceramint.2018.10.075" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116120v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norberto Labrador" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delia Guti&#233;rre-Campos" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Ageorges" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Maitre" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ceramint.2019.03.042" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01681190v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. R&#233;jasse" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Trolliard" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. L&#233;chelle" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Grauby" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2017.12.055" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01855322v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Castillo" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Charpentier" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Yagoubi" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ceramint.2018.07.119" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01837208v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian R&#233;jasse" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Trolliard" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Khodja" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2018.07.023" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01577262v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Masson" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jace.14901" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01386236v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6RA21967E" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01091402v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Harrison" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Ma&#238;tre" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.E. Lee" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2014.11.005" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DX80K2KL-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01153968v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5RA02190A" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00946173v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/20130301077" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01620666v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Coddet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Sanchette" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rousset" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Coddet" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2012.02.036" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F5T0CJ0N-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01620669v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tria" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Elkedim" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Hamzaoui" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Guo" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. F. Bernard" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.powtec.2011.02.026" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6MTB9TBF-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01620674v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z.G. Zhang" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Allain" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Mercs" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Brien" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2009.01.014" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JDQ2403R-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01620673v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Berche" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rado" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gu&#233;neau" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Rogez" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2009.01.014" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0ZT0W0VZ-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01620671v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Zhang" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Baraket" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dong" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1116/1.3136856" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00590599v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Benyoucef" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Klein" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Coddet" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boumediene Benyoucef" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpcs.2009.09.009" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01620670v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhiguo Zhang" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Allain" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mercs" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mira Baraket" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adem.200900051" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-DWFFD8QH-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01620677v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2008.10.075" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N90G6Q5R-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01620679v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z.&#8201;g. Zhang" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bonasso" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adem.200800053" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-PX14BN82-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01620681v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vacuum.2007.08.009" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W51LCL0D-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01620680v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vacuum.2008.04.054" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-894X3JB6-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01620682v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Dehlinger" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lapostolle" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lamy" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Meunier" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ppap.200731411" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-N50DFJM8-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01620687v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chatain" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Goss&#233;" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2005.04.041" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HN1RKMSM-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01620684v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Jacques" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Parolla" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Verdenelli" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/acsm.30.609-620" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/E8B2A5F31ADE1A30F31A175316C224CAF8B510A6/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01620688v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Jacques" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Di-Murro" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Vincent" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Paule Berthet" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/B:JMSC.0000007742.34926.65" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/C97C5627ED7908E0651570DACABADB0DCDDE7B0A/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02976987v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vincent" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bouix" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp4:2001350" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/110DBDF5DDFED54D4DCAB74911997640470D7D5A/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799336v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Dine" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-05042688v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Antou" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Tahan" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008723v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070012v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02358921v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02407804v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163892v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Trujillo Arredondo" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Jaoul" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Maine" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Tristant" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163169v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02181382v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02409034v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359020v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02159107v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Flaureau" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Shorter" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02158984v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01755558v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne J.H. Balat-Pichelin" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01935928v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02354249v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01935910v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Flaureau" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bethanie Shorter" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01847259v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01755554v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01564516v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563394v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy Foy" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Moskura" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01500422v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01878470v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01852051v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01375971v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques L&#233;chelle" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Martin" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Carlot" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01852047v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01878476v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01175670v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01010515v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01171541v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01104508v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. B&#233;rerd" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Toulhoat" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01010514v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00945601v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00950520v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04113508v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299693v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163225v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02340786v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01375962v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.18838.34885" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297096v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01171536v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-02093981v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02159061v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01064237v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William E. Lee" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edoardo Giorgi" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Harrison" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02169132v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>