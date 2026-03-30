--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -448,183 +448,183 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04091659v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le sacre retardé d’une écrivaine : Olympe de Gouges</w:t>
+                <w:t xml:space="preserve">Entre recherche de la vérité et fabrique du consensus : l’historiographie de la Révolution en l’an III</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Ritz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Révolution française - Cahiers de l’Institut d’histoire de la Révolution française</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, La Révolution en 3D – Textes, images, sons (1787-2440), 20, </w:t>
+              <w:t xml:space="preserve">Histoire de la justice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, N° 32 (2), pp.61-69. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/lrf.5014⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/rhj.032.0061⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03322243v1</w:t>
+                <w:t xml:space="preserve">halshs-03872569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Entre recherche de la vérité et fabrique du consensus : l’historiographie de la Révolution en l’an III</w:t>
+                <w:t xml:space="preserve">Le sacre retardé d’une écrivaine : Olympe de Gouges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Ritz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Histoire de la justice</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, N° 32 (2), pp.61-69. </w:t>
+              <w:t xml:space="preserve">La Révolution française - Cahiers de l’Institut d’histoire de la Révolution française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, La Révolution en 3D – Textes, images, sons (1787-2440), 20, </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/rhj.032.0061⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/lrf.5014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03872569v1</w:t>
+                <w:t xml:space="preserve">halshs-03322243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un savoir littéraire sur la Révolution: le Nouveau Paris de Mercier</w:t>
               </w:r>
@@ -2296,221 +2296,221 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03372864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’Humanité et « le souffle de la Révolution française ». Année 2009</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mort et Vies de Franklin pendant la Révolution française</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Ritz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Martial Poirson. </w:t>
+              <w:t xml:space="preserve">Olivier Ferret; Anne-Marie Mercier-Faivre. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Révolution française et le monde d'aujourd'hui. Mythologies contemporaines</w:t>
+              <w:t xml:space="preserve">Biographie &amp; politique. Vie publique, vie privée, de l'Ancien Régime à la Restauration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses universitaires de Lyon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.89-103, 2014, 978-2-7297-0878-8</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01845370v1</w:t>
+                <w:t xml:space="preserve">hal-01574307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mort et Vies de Franklin pendant la Révolution française</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L’Humanité et « le souffle de la Révolution française ». Année 2009</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Loncle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Ritz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Olivier Ferret; Anne-Marie Mercier-Faivre. </w:t>
+              <w:t xml:space="preserve">Martial Poirson. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biographie &amp; politique. Vie publique, vie privée, de l'Ancien Régime à la Restauration</w:t>
+              <w:t xml:space="preserve">La Révolution française et le monde d'aujourd'hui. Mythologies contemporaines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Classiques Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.151-162, 2014, 978-2-8124-2556-1. </w:t>
+            </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Presses universitaires de Lyon</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">⟨10.15122/isbn.978-2-8124-2558-5.p.0151⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01574307v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01845370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les orages de la Révolution, une métaphore incertaine</w:t>
               </w:r>
@@ -3110,51 +3110,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="4C491354"/>
+    <w:nsid w:val="82EB4E4A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3258,51 +3258,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="9E4DB61D"/>
+    <w:nsid w:val="C8C70B82"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3406,51 +3406,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="4AE3B6AD"/>
+    <w:nsid w:val="C4E1F05F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3554,51 +3554,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="BE4894E8"/>
+    <w:nsid w:val="3F2F433D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3794,51 +3794,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://litrev.hypotheses.org" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04091659v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ritz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lrf.7270" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03322243v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lrf.5014" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03872569v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhj.032.0061" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03872670v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03362989v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03363376v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03362975v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/20563035.2018.1473073" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03362973v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rhetorique.650" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03363382v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01844492v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01844515v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Lotterie" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lucet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04001752v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01502536v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01502523v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01388701v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dhs.044.0581" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01502572v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04001868v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02162101v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01980357v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03892405v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.letempsdescerises.net/?product=la-femme-grenadier-suivi-de-faut-il-interdire-aux-femme-dapprendre-a-lire" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01844643v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Armande Jeanne Gacon-Dufour" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoire Bech" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Brengel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Henry" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://seebacher.lac.univ-paris-diderot.fr/bibliotheque/items/show/48" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03892431v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/chateaubriand-nouvelles-perspectives-critiques-chateaubriand-parmi-les-historiens-de-la-revolution-francaise.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03372864v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cairn.info/l-esprit-de-systeme-au-xviiie-siecle--9782705693183-page-131.htm" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/herm.march.2017.01.0131" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845370v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Loncle" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/la-revolution-francaise-et-le-monde-d-aujourd-hui-mythologies-contemporaines-l-humanite-et-le-souffle-de-la-revolution-francaise.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-8124-2558-5.p.0151" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01574307v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://presses.univ-lyon2.fr/produit.php?id_produit=911" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845361v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/classer-les-mots-classer-les-choses-synonymie-analogie-et-metaphore-au-xviiie-siecle-les-orages-de-la-revolution-une-metaphore-incertaine.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-8124-3209-5.p.0293" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845337v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/chateaubriand-et-le-recit-de-fiction-tempetes-sur-le-meschacebe.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-8124-1718-4.p.0245" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01502551v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884077v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paule Petitier" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465075v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurene L'Hermite" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatiha Idmhand" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Dord-Crousl&#233;" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Abiven" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Lejeune" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://litrev.hypotheses.org" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04091659v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ritz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lrf.7270" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03872569v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhj.032.0061" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03322243v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lrf.5014" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03872670v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03362989v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03363376v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03362975v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/20563035.2018.1473073" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03362973v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rhetorique.650" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03363382v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01844492v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01844515v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Lotterie" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lucet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04001752v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01502536v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01502523v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01388701v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dhs.044.0581" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01502572v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04001868v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02162101v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01980357v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03892405v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.letempsdescerises.net/?product=la-femme-grenadier-suivi-de-faut-il-interdire-aux-femme-dapprendre-a-lire" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01844643v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Armande Jeanne Gacon-Dufour" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoire Bech" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Brengel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Henry" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://seebacher.lac.univ-paris-diderot.fr/bibliotheque/items/show/48" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03892431v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/chateaubriand-nouvelles-perspectives-critiques-chateaubriand-parmi-les-historiens-de-la-revolution-francaise.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03372864v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cairn.info/l-esprit-de-systeme-au-xviiie-siecle--9782705693183-page-131.htm" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/herm.march.2017.01.0131" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01574307v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://presses.univ-lyon2.fr/produit.php?id_produit=911" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845370v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Loncle" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/la-revolution-francaise-et-le-monde-d-aujourd-hui-mythologies-contemporaines-l-humanite-et-le-souffle-de-la-revolution-francaise.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-8124-2558-5.p.0151" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845361v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/classer-les-mots-classer-les-choses-synonymie-analogie-et-metaphore-au-xviiie-siecle-les-orages-de-la-revolution-une-metaphore-incertaine.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-8124-3209-5.p.0293" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845337v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/chateaubriand-et-le-recit-de-fiction-tempetes-sur-le-meschacebe.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-8124-1718-4.p.0245" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01502551v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884077v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paule Petitier" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465075v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurene L'Hermite" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatiha Idmhand" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Dord-Crousl&#233;" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Abiven" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Lejeune" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>