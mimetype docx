--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -471,295 +471,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04942220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of Triazolium-Grafted Peptidomimetic Macrocycles with Facial Amphipathicity to Target Pathogenic Bacteria</w:t>
+                <w:t xml:space="preserve">Quaternized 1,2,3-Triazolyl Content and Modulation Potentiate Antibacterial and Antifungal Activities of Amphipathic Peptoids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cassandra Guerinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélodie Malige</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kathakali De</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Maresca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Charbonnel</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laurent Jouffret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organic Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.orglett.4c01149⟩</w:t>
+              <w:t xml:space="preserve">ACS Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 10 (11), pp.3915-3927. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsinfecdis.4c00591⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04749521v1</w:t>
+                <w:t xml:space="preserve">hal-04749560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quaternized 1,2,3-Triazolyl Content and Modulation Potentiate Antibacterial and Antifungal Activities of Amphipathic Peptoids</w:t>
+                <w:t xml:space="preserve">Design of Triazolium-Grafted Peptidomimetic Macrocycles with Facial Amphipathicity to Target Pathogenic Bacteria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cassandra Guerinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélodie Malige</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Charbonnel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Killian Malosse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Jouffret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Infectious Diseases</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Organic Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 26 (19), pp.4088-4092. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.orglett.4c01149⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsinfecdis.4c00591⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04749560v1</w:t>
+                <w:t xml:space="preserve">hal-04749521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unveiling the conformational landscape of achiral all- cis tert -butyl β-peptoids</w:t>
               </w:r>
@@ -5643,260 +5643,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00531752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Circular dichroism investigation of beta-peptides and novel &amp;quot;hybrid&amp;quot; alpha, beta-peptoids.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Edifices glycoconjugués multivalents beta-peptides-antigène Tn.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marielle Barra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. de Santis</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Roland Remuson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Taillefumier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CD 2009 – 12th International Conference on Circular Dichroism ; ISBC – 5th Interdisciplinary Symposium on Biological Chirality</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2009, Brescia, Italy</w:t>
+              <w:t xml:space="preserve">16ème Réunion Groupe Français des Peptides et des Protéines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2009, Albé, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00387989v1</w:t>
+                <w:t xml:space="preserve">hal-00387877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edifices glycoconjugués multivalents beta-peptides-antigène Tn.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Circular dichroism investigation of beta-peptides and novel &amp;quot;hybrid&amp;quot; alpha, beta-peptoids.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. de Santis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Hjelmgaard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marielle Barra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16ème Réunion Groupe Français des Peptides et des Protéines</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2009, Albé, France</w:t>
+              <w:t xml:space="preserve">CD 2009 – 12th International Conference on Circular Dichroism ; ISBC – 5th Interdisciplinary Symposium on Biological Chirality</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2009, Brescia, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00387877v1</w:t>
+                <w:t xml:space="preserve">hal-00387989v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">beta-peptides and novel &amp;quot;hybrid&amp;quot; alpha,beta-peptoids : scaffolds for multivalent ligand display</w:t>
               </w:r>
@@ -5921,51 +5921,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Hjelmgaard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Caumes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. de Santis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. A. Edwards</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7584,51 +7584,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="E95007A3"/>
+    <w:nsid w:val="528C284E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7815,51 +7815,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/olivier-roy" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7238-8708" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/06741124X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/F-6863-2015" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04988097v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zacharie Bordas" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Faure" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Roy" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Taillefumier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.5c00009" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04942220v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandra Guerinot" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lodie Malige" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Charbonnel" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Killian Malosse" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Jouffret" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.4c01149" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04749521v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04749560v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathakali De" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Maresca" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsinfecdis.4c00591" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836056v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetano Angelici" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholus Bhattacharjee" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Pypec" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Didierjean" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2OB01351G" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03807850v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3762/bjoc.18.85" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03166784v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maha Rzeigui" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeynel &#350;ahin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tu&#287;ba K&#252;&#231;&#252;k" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#214;mer G&#246;ler" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dyepig.2020.109095" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03414939v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radhe Shyam" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Forestier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.202101155" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02430577v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounir Tra&#239;kia" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Kriznik" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jameleddine Khiari" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.9b02916" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194898v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Nauton" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bip.23273" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02385535v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teuta Eljezi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pinta" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Nativel" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Richard Richard" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Pinguet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheh.2019.03.005" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01825751v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Dumonteil" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Bhattacharjee" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.8b00606" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01916386v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Szekely" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith D&#233;riaud" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Job" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Lo-Man" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jmedchem.8b00960" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01526105v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P-H. Elchinger" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Delattre" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Faure" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Roy" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Badel" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12010-016-2212-7" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656039v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.7b07475" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01650369v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hafida Aliouat" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Caumes" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Zouikri" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.6b02804" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01531982v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Angelici" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c6cc90163h" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-01968717v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Didierjean" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c6cc00375c" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207908v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Henri Elchinger" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Delattre" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Badel" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2014.09.061" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01154481v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roy Olivier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marquet Bernard" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Alric" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jourdan Alex" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morel Bertrand" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01081362v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/lam.12305" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01081355v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201402238" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-RCFC7W08-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987596v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Hjelmgaard" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika El-Ghozzi" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Avignant" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C4CC00821A" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00819195v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01520992v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Caumes" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Esvan" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ol400820y" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00950098v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Fernandes" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Wenger" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ol401478j" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00787235v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Reynaud" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Servent" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00766881v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja302342h" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00566172v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Cecioni" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrich Darbost" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bonnamour" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Parrot-Lopez" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00609665v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emiliana de Santis" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00726-011-0887-1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-W5K0Q2K3-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00493375v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Barra" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00265039v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Thery" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093930v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Gauzy" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Yang" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Pereira" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chin.200747068" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-5V76MCXR-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02541796v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Abrunhosa-Thomas" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Besset" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chalard" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-2007-982547" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00118385v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David J Aitken" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetlet.2006.06.027" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04026980v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Morez" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Aissouni" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Prival" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Barbier" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Balayssac" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/fcp.12786" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844376v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17952/36EPS.2022.143" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04065855v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03574324v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pypec" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Taillefumier" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560635v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Shyam" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Nauton" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Charbonnel" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Forestier" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02530612v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00531752v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00387989v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. de Santis" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00387877v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Remuson" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00435570v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. A. Edwards" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00323171v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00345719v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00323102v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Roy-Faure" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00246506v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00128051v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04068885v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rzeigui" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04068973v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Guerinot" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Malige" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04068893v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Morez" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Prival" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Aissouni" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bourinet" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03580618v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03095674v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jugnarain Vinesh" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Ballut" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh-Ch&#226;u Nguy&#7877;n" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04975361v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Busserolles" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bourinet" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04027043v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/olivier-roy" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7238-8708" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/06741124X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/F-6863-2015" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04988097v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zacharie Bordas" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Faure" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Roy" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Taillefumier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.5c00009" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04942220v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandra Guerinot" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lodie Malige" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Charbonnel" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Killian Malosse" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Jouffret" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.4c01149" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04749560v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathakali De" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Maresca" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsinfecdis.4c00591" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04749521v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836056v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetano Angelici" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholus Bhattacharjee" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Pypec" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Didierjean" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2OB01351G" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03807850v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3762/bjoc.18.85" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03166784v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maha Rzeigui" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeynel &#350;ahin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tu&#287;ba K&#252;&#231;&#252;k" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#214;mer G&#246;ler" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dyepig.2020.109095" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03414939v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radhe Shyam" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Forestier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.202101155" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02430577v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounir Tra&#239;kia" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Kriznik" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jameleddine Khiari" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.9b02916" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194898v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Nauton" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bip.23273" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02385535v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teuta Eljezi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pinta" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Nativel" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Richard Richard" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Pinguet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheh.2019.03.005" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01825751v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Dumonteil" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Bhattacharjee" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.8b00606" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01916386v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Szekely" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith D&#233;riaud" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Job" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Lo-Man" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jmedchem.8b00960" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01526105v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P-H. Elchinger" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Delattre" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Faure" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Roy" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Badel" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12010-016-2212-7" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656039v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.7b07475" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01650369v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hafida Aliouat" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Caumes" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Zouikri" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.6b02804" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01531982v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Angelici" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c6cc90163h" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-01968717v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Didierjean" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c6cc00375c" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207908v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Henri Elchinger" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Delattre" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Badel" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2014.09.061" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01154481v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roy Olivier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marquet Bernard" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Alric" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jourdan Alex" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morel Bertrand" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01081362v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/lam.12305" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01081355v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201402238" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-RCFC7W08-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987596v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Hjelmgaard" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika El-Ghozzi" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Avignant" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C4CC00821A" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00819195v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01520992v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Caumes" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Esvan" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ol400820y" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00950098v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Fernandes" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Wenger" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ol401478j" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00787235v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Reynaud" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Servent" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00766881v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja302342h" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00566172v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Cecioni" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrich Darbost" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bonnamour" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Parrot-Lopez" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00609665v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emiliana de Santis" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00726-011-0887-1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-W5K0Q2K3-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00493375v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Barra" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00265039v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Thery" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093930v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Gauzy" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Yang" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Pereira" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chin.200747068" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-5V76MCXR-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02541796v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Abrunhosa-Thomas" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Besset" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chalard" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-2007-982547" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00118385v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David J Aitken" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetlet.2006.06.027" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04026980v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Morez" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Aissouni" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Prival" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Barbier" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Balayssac" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/fcp.12786" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844376v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17952/36EPS.2022.143" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04065855v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03574324v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pypec" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Taillefumier" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560635v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Shyam" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Nauton" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Charbonnel" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Forestier" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02530612v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00531752v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00387877v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Remuson" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00387989v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. de Santis" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00435570v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. A. Edwards" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00323171v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00345719v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00323102v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Roy-Faure" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00246506v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00128051v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04068885v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rzeigui" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04068973v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Guerinot" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Malige" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04068893v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Morez" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Prival" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Aissouni" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bourinet" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03580618v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03095674v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jugnarain Vinesh" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Ballut" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh-Ch&#226;u Nguy&#7877;n" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04975361v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Busserolles" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bourinet" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04027043v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>