--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -1705,295 +1705,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02524793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tritiated Water Exposure in Zebrafish (Danio rerio): Effects on the Early‐Life Stages</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Olivier Simon</w:t>
+                <w:t xml:space="preserve">Adverse effects induced by chronic gamma irradiation in progeny of adult fish not affecting parental reproductive performance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noémie Guirandy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Gagnaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Frelon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Munch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Dubourg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Toxicology and Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 39 (3), pp.648-658. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/etc.4650⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 38 (11), pp.2556-2567. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/etc.4562⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02507245v1</w:t>
+                <w:t xml:space="preserve">hal-02324157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adverse effects induced by chronic gamma irradiation in progeny of adult fish not affecting parental reproductive performance</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Dubourg</w:t>
+                <w:t xml:space="preserve">Tritiated Water Exposure in Zebrafish (Danio rerio): Effects on the Early‐Life Stages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatrice Gagnaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Arcanjo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Cavalie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Camilleri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Toxicology and Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 38 (11), pp.2556-2567. </w:t>
+              <w:t xml:space="preserve">, 2019, 39 (3), pp.648-658. </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/etc.4562⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/etc.4650⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02324157v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02507245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use of fish otoliths as a temporal biomarker of field uranium exposure</w:t>
               </w:r>
@@ -2107,319 +2107,319 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02289346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toxicokinetic and toxicodynamic of depleted uranium in the zebrafish, Danio rerio</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Tritiated water exposure disrupts myofibril structure and induces mis-regulation of eye opacity and DNA repair genes in zebrafish early life stages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Arcanjo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. Simon</w:t>
+                <w:t xml:space="preserve">O. Armant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Gagnaire</w:t>
+                <w:t xml:space="preserve">M. Floriani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Cavalie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Camilleri</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">M. Floriani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aquatic Toxicology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 197, pp.9-18. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2018, 200, pp.114-126. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.aquatox.2018.04.012⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.aquatox.2017.12.013⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02871818v1</w:t>
+                <w:t xml:space="preserve">hal-02874517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tritiated water exposure disrupts myofibril structure and induces mis-regulation of eye opacity and DNA repair genes in zebrafish early life stages</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">C. Arcanjo</w:t>
+                <w:t xml:space="preserve">Toxicokinetic and toxicodynamic of depleted uranium in the zebrafish, Danio rerio</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. Armant</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId77" w:history="1">
+                <w:t xml:space="preserve">B. Gagnaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Camilleri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Cavalié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Floriani</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">V. Camilleri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aquatic Toxicology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 200, pp.114-126. </w:t>
+              <w:t xml:space="preserve">, 2018, 197, pp.9-18. </w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.aquatox.2018.04.012⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.aquatox.2017.12.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02874517v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02871818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In vivo identification of potential uranium protein targets in zebrafish ovaries after chronic waterborne exposure</w:t>
               </w:r>
@@ -2431,51 +2431,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Eb-Levadoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Frelon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Arnaudguilhem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2552,90 +2552,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How toxic is the depleted uranium to crayfish Procambarus clarkii compared with cadmium?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simone Al Kaddissi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.C. Elia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Gonzalez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Floriani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Toxicology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 31 (2), pp.211-223. </w:t>
@@ -2825,298 +2825,298 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01498746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring ecotoxicological fish bioassay for the evaluation of uranium reprotoxicity</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId74" w:history="1">
+                <w:t xml:space="preserve">Development of a non-denaturing 2D gel electrophoresis protocol for screening in vivo uranium-protein targets in Procambarus clarkii with laser ablation ICP MS followed by protein identification by HPLC-Orbitrap MS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Xu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Frelon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">S. Frelon</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ryszard Lobinski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Mounicou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Toxicology and Chemistry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Talanta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 128, pp.187--195. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.talanta.2014.04.065⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/etc.2586⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02614028v1</w:t>
+                <w:t xml:space="preserve">hal-01505926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a non-denaturing 2D gel electrophoresis protocol for screening in vivo uranium-protein targets in Procambarus clarkii with laser ablation ICP MS followed by protein identification by HPLC-Orbitrap MS</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Exploring ecotoxicological fish bioassay for the evaluation of uranium reprotoxicity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Floc'H</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Xu</w:t>
+                <w:t xml:space="preserve">B. Geffroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Frelon</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sandra Mounicou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Talanta</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 128, pp.187--195. </w:t>
+              <w:t xml:space="preserve">Environmental Toxicology and Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 33 (8), pp.1817-1824. </w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.talanta.2014.04.065⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/etc.2586⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01505926v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02614028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of non-denaturing off-gel isoelectric focusing for the separation of uranium-protein complexes in fish</w:t>
               </w:r>
@@ -3128,51 +3128,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Bucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Frelon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ryszard Lobinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3258,64 +3258,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Bucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Mounicou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Floriani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ryszard Lobinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3378,77 +3378,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Non-denaturating isoelectric focusing gel electrophoresis for uranium-protein complexes quantitative analysis with LA-ICP MS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Xu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Frelon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ryszard Lobinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3560,51 +3560,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ryszard Lobinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Gilbin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Simon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemosphere</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 91 (4), pp.481--490. </w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3650,64 +3650,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relative importance of direct and trophic uranium exposures in the crayfish Orconectes limosus Implication for predicting uranium bioaccumulation and its associated toxicity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Floriani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Camilleri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3792,51 +3792,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of a Spirulina platensis-based diet on zebrafish female reproductive performance and larval survival rate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Geffroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Simon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3874,51 +3874,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transfer modelling and toxicity evaluation of the effluent from an installation of cleansing and uranium recovery using a battery of bioassays</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Gagnaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3926,51 +3926,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-M. Bonzom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Lecomte-Pradines</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecotoxicology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 20, pp.187--201. </w:t>
@@ -4059,51 +4059,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Legeay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Gonzalez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Floriani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Camilleri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4166,77 +4166,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Internal distribution of uranium and associated genotoxic damages in the chronically exposed bivalve Corbicula fluminea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Floriani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Cavalie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Camilleri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4300,51 +4300,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigating the embryo/larval toxic and genotoxic effects of \textgreekg irradiation on zebrafish eggs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Massarin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4456,64 +4456,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Tessier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Suhard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Floriani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Rebière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4589,51 +4589,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The effects of waterborne uranium on the hatching success, development, and survival of early life stages of zebrafish (Danio rerio)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Bourrachot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Gilbin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4817,51 +4817,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laboratory and field assessment of uranium trophic transfer efficiency in the crayfish Orconectes limosus fed the bivalve C. fluminea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Garnier-Laplace</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5294,51 +5294,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05453345v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Simon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Alonzo" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Gagnaire" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Geffard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Chaumot" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02635510v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Adam-Guillermin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Arcanjo" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Camilleri" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Cavalie" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Floriani" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02635507v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04761706v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemie Guirandy" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Geffroy" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillemine Daffe" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flore Daramy" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2023.115790" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04604557v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Guirandy" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lea Dasque" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dubourg" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvrad.2024.107459" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04237612v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;mie Guirandy" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Armant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Frelon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Pierron" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2023.106660" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03609780v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Gagnaire" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2022.106101" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03600845v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Coppin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Micozzi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Beaugelin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laureline Fevrier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvrad.2021.106776" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04065109v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Knut Erik Tollefsen" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Alonzo" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas A Beresford" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dag Anders Brede" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Dufourcq-Sekatcheff" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09553002.2022.2110317" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03155486v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2020.124866" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920583v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Eb-Levadoux" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Mounicou" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvrad.2020.106365" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02524793v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Arcanjo" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Maro" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvrad.2019.02.009" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507245v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/etc.4650" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324157v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Munch" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/etc.4562" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02289346v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Le Guernic" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Camilleri" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2019.06.534" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02871818v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Simon" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gagnaire" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Cavali&#233;" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Floriani" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2017.12.013" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QX575CH1-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02874517v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Armant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Cavalie" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2018.04.012" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8KG1ZXV1-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01499130v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Eb-Levadoux" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Frelon" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Arnaudguilhem" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryszard Lobinski" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6MT00291A" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02557535v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Al Kaddissi" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.C. Elia" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Gonzalez" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/tox.22036" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-T7XJF2LZ-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01498746v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bucher" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/etc.3249" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-15BZ3CKN-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614028v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Floc'H" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Geffroy" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/etc.2586" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-S0T1PHZJ-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01505926v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Xu" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2014.04.065" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CTMHGVXK-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01505930v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bucher" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-014-7768-x" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01505931v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2014.03.110" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HV7QDZC4-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01505927v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-013-7033-8" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01505939v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Gilbin" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2012.12.008" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0H79KM8J-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02733861v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/etc.2068" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-0JRGL162-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111562v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02924844v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Boyer" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Bonzom" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lecomte-Pradines" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10646-010-0570-4" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/1A161CAF62EC999CA70745FB8636F1BB477995C8/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02962945v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Al Kaddissi" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Legeay" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gonzalez" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2011.06.010" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SQJHKBW7-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02954927v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Adam" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvrad.2011.04.004" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02962930v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Massarin" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Coppin" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. G. Hinton" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvrad.2011.06.004" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02988590v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Tessier" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Suhard" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rebi&#232;re" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nimb.2009.03.096" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4CQWGJ40-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03005052v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bourrachot" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2008.07.013" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9XJZTHNV-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03005068v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Alonzo" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Garnier-Laplace" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03039358v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2005.06.010" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5VM23CMD-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/tel-04603378v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493638v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Klein" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05453345v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Simon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Alonzo" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Gagnaire" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Geffard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Chaumot" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02635510v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Adam-Guillermin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Arcanjo" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Camilleri" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Cavalie" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Floriani" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02635507v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04761706v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemie Guirandy" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Geffroy" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillemine Daffe" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flore Daramy" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2023.115790" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04604557v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Guirandy" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lea Dasque" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dubourg" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvrad.2024.107459" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04237612v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;mie Guirandy" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Armant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Frelon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Pierron" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2023.106660" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03609780v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Gagnaire" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2022.106101" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03600845v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Coppin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Micozzi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Beaugelin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laureline Fevrier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvrad.2021.106776" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04065109v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Knut Erik Tollefsen" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Alonzo" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas A Beresford" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dag Anders Brede" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Dufourcq-Sekatcheff" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09553002.2022.2110317" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03155486v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2020.124866" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920583v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Eb-Levadoux" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Mounicou" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvrad.2020.106365" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02524793v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Arcanjo" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Maro" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvrad.2019.02.009" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324157v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Munch" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/etc.4562" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507245v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/etc.4650" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02289346v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Le Guernic" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Camilleri" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2019.06.534" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02874517v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Armant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Floriani" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Cavalie" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2018.04.012" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8KG1ZXV1-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02871818v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Simon" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gagnaire" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Cavali&#233;" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2017.12.013" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QX575CH1-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01499130v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Eb-Levadoux" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Frelon" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Arnaudguilhem" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryszard Lobinski" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6MT00291A" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02557535v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Al Kaddissi" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.C. Elia" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Gonzalez" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/tox.22036" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-T7XJF2LZ-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01498746v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bucher" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/etc.3249" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-15BZ3CKN-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01505926v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Xu" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2014.04.065" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CTMHGVXK-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614028v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Floc'H" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Geffroy" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/etc.2586" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-S0T1PHZJ-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01505930v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bucher" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-014-7768-x" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01505931v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2014.03.110" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HV7QDZC4-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01505927v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-013-7033-8" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01505939v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Gilbin" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2012.12.008" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0H79KM8J-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02733861v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/etc.2068" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-0JRGL162-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111562v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02924844v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Boyer" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Bonzom" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lecomte-Pradines" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10646-010-0570-4" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/1A161CAF62EC999CA70745FB8636F1BB477995C8/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02962945v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Al Kaddissi" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Legeay" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gonzalez" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2011.06.010" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SQJHKBW7-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02954927v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Adam" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvrad.2011.04.004" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02962930v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Massarin" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Coppin" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. G. Hinton" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvrad.2011.06.004" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02988590v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Tessier" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Suhard" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rebi&#232;re" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nimb.2009.03.096" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4CQWGJ40-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03005052v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bourrachot" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2008.07.013" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9XJZTHNV-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03005068v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Alonzo" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Garnier-Laplace" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03039358v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2005.06.010" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5VM23CMD-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/tel-04603378v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493638v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Klein" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>