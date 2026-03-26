--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1264,295 +1264,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03968000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular recognition of ubiquitin and Lys63-linked diubiquitin by STAM2 UIM-SH3 dual domain: the effect of its linker length and flexibility</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Regulation of measles virus gene expression by P protein coiled-coil properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Henry Kim</w:t>
+                <w:t xml:space="preserve">Louis-Marie Bloyet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frank Gabel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Olivier Walker</w:t>
+                <w:t xml:space="preserve">Antoine Schramm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Lazert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Raynal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maggy Hologne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-019-51182-0⟩</w:t>
+              <w:t xml:space="preserve">Science Advances </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 5 (5), pp.eaaw3702. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/sciadv.aaw3702⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03968013v1</w:t>
+                <w:t xml:space="preserve">hal-02133726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regulation of measles virus gene expression by P protein coiled-coil properties</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Antoine Schramm</w:t>
+                <w:t xml:space="preserve">Molecular recognition of ubiquitin and Lys63-linked diubiquitin by STAM2 UIM-SH3 dual domain: the effect of its linker length and flexibility</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minh-Ha Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carine Lazert</w:t>
+                <w:t xml:space="preserve">Henry Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bertrand Raynal</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Maggy Hologne</w:t>
+                <w:t xml:space="preserve">Frank Gabel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Walker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science Advances </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 5 (5), pp.eaaw3702. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (1), pp.14645. </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1126/sciadv.aaw3702⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-019-51182-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02133726v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03968013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ab Initio Prediction of NMR Spin Relaxation Parameters from Molecular Dynamics Simulations</w:t>
               </w:r>
@@ -4240,290 +4240,290 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02680941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficient and accurate determination of the overall rotational diffusion tensor of a molecule from 15N relaxation data using computer program ROTDIF</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Characterization of the Overall Rotational Diffusion of a Protein From &amp;lt;sup&amp;gt;15&amp;lt;/sup&amp;gt;N Relaxation Measurements and Hydrodynamic Calculations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ranjani Varadan</w:t>
+                <w:t xml:space="preserve">Jennifer Blake-Hall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oliver Walker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Fushman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Magnetic Resonance</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jmr.2004.03.019⟩</w:t>
+              <w:t xml:space="preserve">Methods in Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 278, pp.139-160. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1385/1-59259-809-9:139⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04887347v1</w:t>
+                <w:t xml:space="preserve">hal-04887900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of the Overall Rotational Diffusion of a Protein From &amp;lt;sup&amp;gt;15&amp;lt;/sup&amp;gt;N Relaxation Measurements and Hydrodynamic Calculations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Efficient and accurate determination of the overall rotational diffusion tensor of a molecule from 15N relaxation data using computer program ROTDIF</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Walker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jennifer Blake-Hall</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Oliver Walker</w:t>
+                <w:t xml:space="preserve">Ranjani Varadan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Fushman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Methods in Molecular Biology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Magnetic Resonance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 168 (2), pp.336-345. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jmr.2004.03.019⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1385/1-59259-809-9:139⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04887900v1</w:t>
+                <w:t xml:space="preserve">hal-04887347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Determining domain orientation in macromolecules by using spin-relaxation and residual dipolar coupling measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Fushman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ranjani Varadan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Assfalg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4705,285 +4705,285 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04887344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural Properties of Polyubiquitin Chains in Solution</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Olivier Walker</w:t>
+                <w:t xml:space="preserve">Determination of Carbon-13 Chemical Shielding Tensor in the Liquid State by Combining NMR Relaxation Experiments and Quantum Chemical Calculations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Walker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Mutzenhardt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cecile Pickart</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">David Fushman</w:t>
+                <w:t xml:space="preserve">P. Tekely</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Canet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Molecular Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, 324 (4), pp.637-647. </w:t>
+              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 124 (5), pp.865-873. </w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/s0022-2836(02)01198-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/ja0166702⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04886970v1</w:t>
+                <w:t xml:space="preserve">hal-04887321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determination of Carbon-13 Chemical Shielding Tensor in the Liquid State by Combining NMR Relaxation Experiments and Quantum Chemical Calculations</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">P. Mutzenhardt</w:t>
+                <w:t xml:space="preserve">Structural Properties of Polyubiquitin Chains in Solution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ranjani Varadan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Walker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Tekely</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">D. Canet</w:t>
+                <w:t xml:space="preserve">Cecile Pickart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Fushman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, 124 (5), pp.865-873. </w:t>
+              <w:t xml:space="preserve">Journal of Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 324 (4), pp.637-647. </w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/ja0166702⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/s0022-2836(02)01198-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04887321v1</w:t>
+                <w:t xml:space="preserve">hal-04886970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solvent dependence of rotational anisotropy and molecular geometry as probed by NMR cross-relaxation rates</w:t>
               </w:r>
@@ -6606,644 +6606,644 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00958321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tackling the Interaction of the Multidomain Protein STAM2 with Ubiquitin and Diubiquitin Chains by NMR. Cooperativity or not, that is the Question !</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">NMR identifies SH3 as a new Ubiquitin Binding Domain of the Signal Transducing Adaptor Molecule 2 (STAM2)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.-B. Ismail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Guillière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Lancelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Krimm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Walker</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anja Lange</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXVth International Conference on Magnetic Resonance in Biological Systems (ICMRBS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2012, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00958296v1</w:t>
+                <w:t xml:space="preserve">hal-00958283v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tackling the Interaction of the Multidomain Protein STAM2 with Ubiquitin and Polyubiquitin Chains by NMR. Cooperativity or not, that is the Question !</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Tackling the Interaction of the Multidomain Protein STAM2 with Ubiquitin and Diubiquitin Chains by NMR. Cooperativity or not, that is the Question !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Guillière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Lancelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Krimm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Walker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anja Lange</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIIIe Journée Rhône-Alpes de RMN (JRA 2012)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2012, Grenoble, France</w:t>
+              <w:t xml:space="preserve">XXVth International Conference on Magnetic Resonance in Biological Systems (ICMRBS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2012, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00958256v1</w:t>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00958296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">NMR identifies SH3 as a new Ubiquitin Binding Domain of the Signal Transducing Adaptor Molecule 2 (STAM2)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Tackling the Interaction of the Multidomain Protein STAM2 with Ubiquitin and Polyubiquitin Chains by NMR. Cooperativity or not, that is the Question !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anja Lange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Castaneda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Hoeller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M.-B. Ismail</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Florence Guillière</w:t>
+                <w:t xml:space="preserve">H. Wienk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Lancelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXVth International Conference on Magnetic Resonance in Biological Systems (ICMRBS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2012, Lyon, France</w:t>
+              <w:t xml:space="preserve">XIIIe Journée Rhône-Alpes de RMN (JRA 2012)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2012, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00958283v1</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00958256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence for cooperative and specific binding of STAM2 with K63-linked diubiquitin</w:t>
+                <w:t xml:space="preserve">Tackling the interaction of STAM2 with ubiquitin and polyubiquitin chains by structural and dynamical NMR. Cooperativity or not, that is the question !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anja Lange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlos Castaneda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniela Hoeller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hans Wienk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Lancelin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">David Fushman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lecture, Department of chemistry and biochemistry at University of Maryland</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2011, Maryland, United States</w:t>
+              <w:t xml:space="preserve">1st French-Italian joint meeting on subcellular trafficking</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2011, Padoue, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00958263v1</w:t>
+                <w:t xml:space="preserve">hal-00958272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tackling the interaction of STAM2 with ubiquitin and polyubiquitin chains by structural and dynamical NMR. Cooperativity or not, that is the question !</w:t>
+                <w:t xml:space="preserve">Evidence for cooperative and specific binding of STAM2 with K63-linked diubiquitin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anja Lange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlos Castaneda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniela Hoeller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Lancelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Fushman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1st French-Italian joint meeting on subcellular trafficking</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2011, Padoue, Italy</w:t>
+              <w:t xml:space="preserve">Lecture, Department of chemistry and biochemistry at University of Maryland</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2011, Maryland, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00958272v1</w:t>
+                <w:t xml:space="preserve">hal-00958263v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (10)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -7630,342 +7630,342 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04708147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ag influence on SilE, an intrinsically disordered protein</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">C. Comby-Zerbino</w:t>
+                <w:t xml:space="preserve">Modéliser la dynamique des proteins multi-domaines et leurs interactions en combinant modélisation et approches expérimentales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maggy Hologne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Walker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Martin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IMSC 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2022, Maastricht, Netherlands</w:t>
+              <w:t xml:space="preserve">Journée de restitution MITI Modélisation du vivant</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2022, Paris (en ligne), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04968010v1</w:t>
+                <w:t xml:space="preserve">hal-04007020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modéliser la dynamique des proteins multi-domaines et leurs interactions en combinant modélisation et approches expérimentales</w:t>
+                <w:t xml:space="preserve">Comprendre la résistance à l’argent de certaines bactéries. Et si la protéine SilE était responsable ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maggy Hologne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Walker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée de restitution MITI Modélisation du vivant</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2022, Paris (en ligne), France</w:t>
+              <w:t xml:space="preserve">Journée de restitution MITI Metallo-mix</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2022, Paris (en ligne), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04007020v1</w:t>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04005990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comprendre la résistance à l’argent de certaines bactéries. Et si la protéine SilE était responsable ?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Olivier Walker</w:t>
+                <w:t xml:space="preserve">Ag influence on SilE, an intrinsically disordered protein</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Comby-Zerbino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Martin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Duroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Girod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoan Rocky Monneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée de restitution MITI Metallo-mix</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2022, Paris (en ligne), France</w:t>
+              <w:t xml:space="preserve">IMSC 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Maastricht, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04005990v1</w:t>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04968010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interplay between SilB and SilE derived peptides : a silver story !</w:t>
               </w:r>
@@ -8167,64 +8167,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Minh-Ha Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henry Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Gabel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Walker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8432,51 +8432,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian E.C. Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maggy Hologne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Girod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélodie Demontrond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8811,51 +8811,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="CEAD4399"/>
+    <w:nsid w:val="01B08ED5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9042,51 +9042,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/olivier-walker" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7284-2555" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/05992618X" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/B-2580-2016" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04882570v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maggy Hologne" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Po-Chia Chen" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Cantrelle" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Walker" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4CP03821E" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03960103v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan Monneau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Arrault" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coraline Duroux" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Martin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Chirot" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2CP04206A" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177131v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stepanka Nedvedova" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Guilli&#232;re" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Erica Miele" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Dvorak" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0289444" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04172931v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan Rocky Monneau" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Boll" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbc.2023.105004" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04189192v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#352;t&#283;p&#225;nka Nedv&#283;dov&#225;" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide de Stefano" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom13091275" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03401509v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tingting Niu" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte de Rosny" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Chautard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Rey" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danish Patoli" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-26142-w" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324047v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Babel" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh-Ha Nguyen" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Mittelheisser" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katharina Fromm" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1cc02597j" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03968000v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moreno Marcellini" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.0c01922" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03968013v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry Kim" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Gabel" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-51182-0" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02133726v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Marie Bloyet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Schramm" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Lazert" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Raynal" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.aaw3702" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01767727v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janosch Hennig" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.7b00750" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01900232v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Chabert" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier S&#233;n&#232;que" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8cc03784a" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01520066v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.6b11703" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01546472v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Chabert" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. S&#233;n&#233;que" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Crochet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7cc02630g" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01679528v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Nakasone" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy A. Lewis" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita Thakur" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wissam Mansour" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.str.2017.10.007" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01546486v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Rigard" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanette E. Br&#246;ms" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Mosnier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Martin" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1005821" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01546483v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Cantrelle" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwladys Riviere" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Trivelli" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2016.10.002" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359763v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos A Castaneda" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma K Dixon" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apurva Chaturvedi" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark A Nakasone" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.str.2016.01.007" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01187402v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Troussicot" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vittorio Limongelli" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Lancelin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja511336z" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01187309v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Urszula Nowicka" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daoning Zhang" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daria Krutauz" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.str.2015.01.010" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01128389v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoi Erpapazoglou" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosine Haguenauer-Tsapis" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells3041027" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00839023v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Aguirre" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Ten Brink" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Davesne" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0064400" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00873866v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anja Lange" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Castaneda" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Hoeller" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Fushman" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M111.324954" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00819142v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouhamad-Baligh Ismail" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwladys Rivi&#232;re" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lacabanne" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.febslet.2012.07.047" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G1W8QZ6B-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00873854v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Wienk" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Marcillat" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/bi101594a" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887933v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2009.10.039" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00445422v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-S. Bretonnet" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Jochum" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Krimm" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Goekjian" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887927v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Noguera-Mazon" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11120-006-9106-4" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-DT90CLH9-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661917v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lemoine" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rouhier" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Salvador" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M602188200" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679450v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Noguera" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Walker" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Jacquot" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Krimm" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2005.08.035" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GR0835QB-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680941v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Echalier" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Corbier" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/bi048226s" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-S8G10PX0-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887347v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ranjani Varadan" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmr.2004.03.019" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3B4Z62HF-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887900v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Blake-Hall" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Walker" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1385/1-59259-809-9:139" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887351v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Assfalg" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pnmrs.2004.02.001" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0T4H98HB-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887344v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Mutzenhardt" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Canet" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrc.1255" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-52J13NLZ-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886970v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Pickart" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0022-2836(02)01198-1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-71WMV32G-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887321v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Tekely" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja0166702" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-6MRL8R6Z-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887293v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Joly" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0009-2614(02)00449-9" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W972WTHC-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887317v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Haloui" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Boubel" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00268970210141199" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886960v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Joly" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mutzenhardt" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrc.818" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04891261v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Canet" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Istvan Furo" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/002689798168079" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04967921v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana E. Miele" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708097v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03199977v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02472153v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862632v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thimothy Lewis" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer L. Goeckeler-Fried" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134880v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois-Xavier Cantrelle" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958236v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958253v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958248v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Limongeli" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958321v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Limongeli" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958296v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958256v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Hoeller" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Wienk" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958283v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-B. Ismail" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958263v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958272v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708177v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708161v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708147v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04968010v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Comby-Zerbino" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Duroux" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Girod" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04007020v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005990v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04006004v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04006023v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708196v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708214v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492425v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian E.C. Blanc" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lodie Demontrond" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry Chermette" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01746863v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2001NAN10187" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04883049v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/olivier-walker" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7284-2555" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/05992618X" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/B-2580-2016" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04882570v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maggy Hologne" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Po-Chia Chen" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Cantrelle" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Walker" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4CP03821E" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03960103v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan Monneau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Arrault" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coraline Duroux" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Martin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Chirot" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2CP04206A" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177131v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stepanka Nedvedova" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Guilli&#232;re" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Erica Miele" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Dvorak" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0289444" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04172931v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan Rocky Monneau" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Boll" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbc.2023.105004" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04189192v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#352;t&#283;p&#225;nka Nedv&#283;dov&#225;" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide de Stefano" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom13091275" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03401509v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tingting Niu" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte de Rosny" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Chautard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Rey" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danish Patoli" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-26142-w" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324047v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Babel" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh-Ha Nguyen" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Mittelheisser" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katharina Fromm" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1cc02597j" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03968000v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moreno Marcellini" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.0c01922" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02133726v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Marie Bloyet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Schramm" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Lazert" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Raynal" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.aaw3702" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03968013v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry Kim" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Gabel" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-51182-0" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01767727v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janosch Hennig" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.7b00750" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01900232v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Chabert" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier S&#233;n&#232;que" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8cc03784a" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01520066v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.6b11703" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01546472v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Chabert" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. S&#233;n&#233;que" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Crochet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7cc02630g" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01679528v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Nakasone" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy A. Lewis" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita Thakur" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wissam Mansour" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.str.2017.10.007" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01546486v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Rigard" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanette E. Br&#246;ms" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Mosnier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Martin" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1005821" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01546483v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Cantrelle" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwladys Riviere" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Trivelli" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2016.10.002" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359763v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos A Castaneda" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma K Dixon" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apurva Chaturvedi" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark A Nakasone" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.str.2016.01.007" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01187402v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Troussicot" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vittorio Limongelli" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Lancelin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja511336z" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01187309v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Urszula Nowicka" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daoning Zhang" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daria Krutauz" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.str.2015.01.010" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01128389v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoi Erpapazoglou" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosine Haguenauer-Tsapis" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells3041027" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00839023v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Aguirre" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Ten Brink" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Davesne" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0064400" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00873866v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anja Lange" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Castaneda" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Hoeller" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Fushman" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M111.324954" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00819142v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouhamad-Baligh Ismail" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwladys Rivi&#232;re" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lacabanne" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.febslet.2012.07.047" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G1W8QZ6B-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00873854v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Wienk" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Marcillat" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/bi101594a" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887933v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2009.10.039" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00445422v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-S. Bretonnet" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Jochum" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Krimm" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Goekjian" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887927v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Noguera-Mazon" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11120-006-9106-4" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-DT90CLH9-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661917v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lemoine" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rouhier" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Salvador" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M602188200" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679450v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Noguera" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Walker" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Jacquot" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Krimm" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2005.08.035" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GR0835QB-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680941v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Echalier" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Corbier" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/bi048226s" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-S8G10PX0-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887900v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Blake-Hall" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Walker" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1385/1-59259-809-9:139" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887347v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ranjani Varadan" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmr.2004.03.019" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3B4Z62HF-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887351v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Assfalg" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pnmrs.2004.02.001" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0T4H98HB-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887344v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Mutzenhardt" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Canet" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrc.1255" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-52J13NLZ-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887321v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Tekely" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja0166702" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-6MRL8R6Z-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886970v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Pickart" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0022-2836(02)01198-1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-71WMV32G-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887293v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Joly" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0009-2614(02)00449-9" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W972WTHC-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887317v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Haloui" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Boubel" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00268970210141199" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886960v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Joly" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mutzenhardt" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrc.818" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04891261v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Canet" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Istvan Furo" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/002689798168079" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04967921v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana E. Miele" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708097v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03199977v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02472153v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862632v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thimothy Lewis" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer L. Goeckeler-Fried" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134880v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois-Xavier Cantrelle" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958236v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958253v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958248v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Limongeli" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958321v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Limongeli" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958283v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-B. Ismail" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958296v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958256v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Hoeller" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Wienk" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958272v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958263v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708177v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708161v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708147v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04007020v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005990v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04968010v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Comby-Zerbino" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Duroux" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Girod" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04006004v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04006023v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708196v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708214v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492425v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian E.C. Blanc" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lodie Demontrond" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry Chermette" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01746863v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2001NAN10187" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04883049v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>