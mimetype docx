--- v0 (2026-03-07)
+++ v1 (2026-03-07)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Olivier Averbuch </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (38)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intertwined fates of iron-bearing, authigenic minerals during early diagenesis of sandy marine deposits: glauconite, pyrite and magnetite as a fleeting memory of the early days</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tribovillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Guillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viviane Bout-Roumazeilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Ventalon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 357 (G1), pp.329-347. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5802/crgeos.301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05181264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Journées de sensibilisation régionale à la géothermie profonde en Hauts-de-France – 22 & 23 février 2024</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Bossennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Pomart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de la Société Géologique du Nord</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 32, pp.25-28</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05410588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timing of inversion of the Weald–Boulonnais basin inferred from calcite U–Pb geochronology of brittle structures along the Opal Coast, northern France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Blaise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Missenard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agathe Jullien-Sicre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Geological Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 182 (4), </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1144/jgs2024-222⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-05067383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geochronology and geochemistry of Cenozoic magmatism in the north-western Ecuadorian Andes: the role of crustal thickness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Iglesias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Witt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Poma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Bruguier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Bosch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lithos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 514-515, pp.108159. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.lithos.2025.108159⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05403912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La géothermie profonde dans les Hauts-de-France : un levier pour la transition énergétique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Bossennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beccaletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de la Société Géologique du Nord</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 32, pp.69-85. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.54563/asgn.2700⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05410599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Bassin Houiller du Nord-Pas-de-Calais revisité - Apports de la modélisation géologique 3D</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lacquement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beccaletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géochronique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 168, pp.23-28</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04404646v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geodynamic controls in the southernmost Northern Andes magmatic arc:Trace elements and Hf-O isotopic systematics in forearc detrital zircon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cesar Witt Olivo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Poujol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Massimo Chiaradia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diego Villagomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monique Seyler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geological Society of America Bulletin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 135 (7-8), pp.2141-2154. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1130/B36510.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03845056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Deformed Wedge‐Top Basin Inverted During the Collapse of the Variscan Belt: The Permo‐Carboniferous Lorraine Basin (NE France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Hemelsdaël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beccaletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Izart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Marc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tectonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 42 (11), pp.1-27. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2022TC007668⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04285167v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de l’excursion sur les failles potentiellement actives dans le Nord de la France des 20 et 21 octobre 2022</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Chanier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Deschodt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lecocq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de la Société Géologique du Nord</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 30, pp.41-48. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.54563/asgn.2277⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04384742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le bassin sarro-lorrain, témoin de la transition syn- à post- orogénique varisque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beccaletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Hemelsdael</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Izart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raymond Michels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géochronique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 168, pp.31-37</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04403798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3‐D Structure of the Variscan Thrust Front in Northern France: New Insights From Seismic Reflection Profiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beccaletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lacquement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tectonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 40 (7), </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2020TC006642⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04337843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling the 3D geometry of the Dinantian carbonate geothermal reservoir in northern France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beccaletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lacquement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Zeitschrift der Deutschen Gesellschaft für Geowissenschaften ZDGG</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 172 (3), pp.293-305. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1127/zdgg/2021/0284⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04252401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zircon age of vaugnerite intrusives from the Central and Southern Vosges crystalline massif (E France): contribution to the geodynamics of the European Variscan belt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Guillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Lanari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Géologique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 191, pp.26. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/bsgf/2020027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03177061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A genetic link between synsedimentary tectonics-expelled fluids, microbial sulfate reduction and cone-in-cone structures.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tribovillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anélia Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melesio Quijada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Riboulleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sansjofre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine and Petroleum Geology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 93, pp.437-450. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.marpetgeo.2018.03.024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01821663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organic matter deposition in the Ghadames Basin (Libya) during the Late Devonian—A multidisciplinary approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Riboulleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amalia Spina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Vecoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Riquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melesio Quijada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 497, pp.37-51. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.palaeo.2018.02.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01780055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Project of 4-D modelling of the Nord – Pas-de-Calais coal basin: from the glass-tables of the Lille museum to a computer-based geometrical and tectonic modelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Crepin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Oudoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de la Société Géologique du Nord</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 24, pp.33-41. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.54563/asgn.857⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04387709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Small-scaled lateral variations of an organic-rich formation in a ramp-type depositional environment (the Late Jurassic of the Boulonnais, France): impact of the clastic supply.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ebraheem Hatem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tribovillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viviane Bout-Roumazeilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Trentesaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Géologique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 188 (5), pp.31. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/bsgf/2017193⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01638352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Early diagenetic formation of carbonates in a clastic-dominated ramp environment impacted by synsedimentary faulting-induced fluid seepage – Evidence from the Late Jurassic Boulonnais Basin (N France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Hatem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tribovillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sansjofre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Adatte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine and Petroleum Geology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 72, pp.12-29. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.marpetgeo.2016.01.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01459041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iron availability as a dominant control on the primary composition and diagenetic overprint of organic-matter-rich rocks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Tribovillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Hatem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Barbecot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Bout-Roumazeilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Geology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 401, pp.67-82. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.chemgeo.2015.02.026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01140047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oyster patch reefs as indicators of fossil hydrocarbon seeps induced by synsedimentary faults</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Hatem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Tribovillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Vidier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Sansjofre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine and Petroleum Geology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 55, pp.176-185. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.marpetgeo.2013.12.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01122481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geometry and kinematics of the Boulonnais fold-andthrust belt (N France): implications for the dynamics of the Northern Variscan thrust front</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Mansy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Lamarcheb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lacquement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Hanot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geodinamica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 17 (2), pp.163-178. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/ga.17.163-178⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03784006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Early diagenetic carbonate bed formation at the sediment-water interface triggered by synsedimentary faults</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Tribovillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Sansjofre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magalie Ader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Trentesaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Geology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 300-301, pp.:1-13 (IF 3,722)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00675200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diagenetic versus detrital origin of the magnetic susceptibility variations in some carbonate Frasnian-Famennian boundary sections from Northern Africa and Western Europe: implications for paleoenvironmental reconstructions.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Riquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Devleeschouwer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tribovillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Earth Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 99 (Suppl 1), pp.57-73. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00531-009-0492-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00520492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Did a Katian large igneous province trigger the Late Ordovician glaciation?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Servais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 296 (3-4), pp.310-319. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.palaeo.2010.04.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03947175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inversion tectonics at the Northern Margin of the Paris Basin (northern France): new evidence from seismic profiles and boreholes interpolation in the Artois Area</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Minguely</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Patin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Rolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Hanot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Géologique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 181 (5), pp.429-442. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2113/gssgfbull.181.5.429⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00537837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Late Frasnian Kellwasser horizons of the Harz Mountains (Germany): Two oxygen-deficient periods resulting from different mechanisms.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Riquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tribovillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Devleeschouwer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Riboulleau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Geology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 233, pp.137-155</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00351107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Late Frasnian Kellwasser horizons of the Harz Mountains (Germany): two oxygen-deficient periods resulting from different mechanisms.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Riquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tribovillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Devleeschouwer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Riboulleau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Geology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 233 (1-2), pp.137-155. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.chemgeo.2006.02.021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00511955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Typologie du zircon des bentonites du Frasnien (carrière du Lion, Belgique) : utilité avant la datation U-Pb</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Guillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lasalle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Deconinck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Pellenard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géologie de la France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 1-2, pp.59-63</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00199800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apport de la modélisation géophysique à la compréhension de la structuration du Pas de Calais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Minguely</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.L. Mansy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Everaerts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G.M. Manby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">C. R. Geosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 337, pp.305-313</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00350443v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mountain building-enhanced continental weathering and organic carbon burial as major causes for climatic cooling at the Frasnian-Famennian boundary (c. 376 Ma)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tribovillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Devleeschouwer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Riquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Mistiaen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Terra Nova</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 17, pp.25-34</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00326076v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transpressional deformations at lateral boundaries of propagating thrust-sheets: the example of the Meuse Valley Recess within the Ardennes Variscan fold-and-thrust belt (N France–S Belgium)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lacquement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-L. Mansy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Szaniawski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Lewandowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Structural Geology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 27 (10), pp.1788-1802. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jsg.2005.05.017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03758314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transpressional deformations at lateral boundaries of propagating thrust-sheets : the example of the Meuse Valley Recess within the Ardennes Variscan fold-thrust belt (N France-S Belgium).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lacquement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.L. Mansy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Szaniawski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marek Lewandowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Structural Geology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 27, pp.1788-1802</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00340199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep-water anoxia over the Frasnian-Famennian boundary (La Serre, S France) : a tectonically-induced oceanic anoxic event ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tribovillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Devleeschouwer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Racki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Riboulleau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Terra Nova</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 16, pp.288-295</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00351349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geometry and kinematics of the Boulonnais fold-and-thrust belt (N France) : implications for the dynamics of the Northern Variscan thrust front</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.L. Mansy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lacquement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Hanot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geodinamica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, vol 2 (17), pp.163-178</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00326082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamics and inversion of the Mesozoic Basin of the Weald-Boulonnais area : role of basement reactivation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.L. Mansy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G.M. Manby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Everaerts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Bergerat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tectonophysics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 373, pp.161-179</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00021275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cinematique des deformations au sein d'un systeme chevauchant aveugle; l'exemple de la &amp;quot;Montagna dei Fiori&amp;quot; (front des Apennins centraux, Italie)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Massimo Mattei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Kissel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Frizon de Lamotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Speranza</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Géologique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 166 (5), pp.451-461. </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2113/gssgfbull.166.5.451⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03610364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First paleomagnetic evidence for a post-Eocene clockwise rotation of the Western Taurides thrust belt east of the Isparta reentrant (Southwestern Turkey)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Kissel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Frizon de Lamotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Monod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Allerton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Earth and Planetary Science Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1993, 117 (1-2), pp.1-14. </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/0012-821X(93)90113-N⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03584941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnetic fabric as a structural indicator of the deformation path within a fold-thrust structure: a test case from the Corbières (NE Pyrenees, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Frizon de Lamotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Kissel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Structural Geology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1992, 14 (4), pp.461-474. </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/0191-8141(92)90106-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03583557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3-D geometrical modelling of the Dinantian carbonate reservoir in Northern France: new constraints for the regional development of deep geothermy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beccaletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lacquement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU Assembly Vienna</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Vienne (AUT), Austria. 2023, </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu23-6370⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04252349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling the 3-D geometry of the Dinantian carbonates reservoir in the Nord-Pas-de-Calais coal district area: towards a better characterization of the deep geothermal potential in Northern France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beccaletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lacquement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th European Geothermal PhD Days</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2021, Cergy Pontoise, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04386068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decipher the evolution of the Permo-Carboniferous Lorraine-Saar basin (France, Germany) by constructing a regional 3D geological model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Hemelsdaël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beccaletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Izart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raymond Michels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Deepsurf International Conference 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Nancy, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03356657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation 3-D de la structure du bassin minier du Nord-Pas-de-Calais : analyse critique des anciennes interprétations de 1905 et 1963</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Crépin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Oudoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26ème Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04395887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rift basins and structural inheritance on the western termination of the North Anatolian Fault, Aegean Sea (Greece) ; First results from WATER cruise (R/V Tethys II, July 2017)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Chanier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Gaullier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Bailleul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Jollivet-Castelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Maillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26ème Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04395903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence de l’héritage des structures compressives sur l’extension active en Grèce continentale : résultats de modélisation expérimentale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Chanier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Boivin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bonnière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno C. Vendeville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26ème Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04395853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation structurale 3-D de l’anticlinal-faillé du Mélantois, S-E de la métropole de Lille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joris Mavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Meilliez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassir Amraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26ème Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04395835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of compressional structure inheritance on active extension in continental Greece: insights from experimental modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Chanier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Boivin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bonnière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno C. Vendeville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04395615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (18)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cartographie et cinématique des déformations des séries du Jurassique Supérieur au sein de la zone de faille du Cap Gris-Nez (détroit du Pas de Calais)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aboubacar Dibousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Gaullier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Blaise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Eghymanche 2023 (Ecologie marine, géosciences et hydrodynamique sur la façade Manche – Mer du Nord)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Schmitt, François; Gaullier, Virginie; Monchy, Sébastien, Jul 2023, Wimereux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04171811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A deformed wedge-top basin inverted during the collapse of the Variscan belt: the Permo-Carboniferous Lorraine Basin (NE France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Hemelsdaël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beccaletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Izard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raymond Michels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Vienna, Austria. pp.e2022TC007668, </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2022TC007668⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05189327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les bassins sédimentaires carbonifères-permiens : témoins de la transition syn- à post-orogénique varisque et usages du sous-sol - Apports de la sismique réflexion.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beccaletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Hemelsdaël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque SGF « Evolution de la chaîne varisque et ressources associées »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SGF, Nov 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04386160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D exploration of sedimentary basins in the context of energy transition : example of the Permo-Carboniferous Lorraine Basin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Hemelsdaël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salim Allouti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beccaletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raymond Michels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DEEPSURF 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03794710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D structural modelling of the Dinantian deep geothermal reservoir in the Nord-Pas-de-Calais coal district area (Northern France).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beccaletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lacquement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MEET - Multi-sites EGS Demonstration – Geothermal Winter School</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2021, Online conference, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04386170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recent and active deformation in the North Evia domain, a diffuse plate boundary between Eurasia and Aegean plates in the Western termination of the North Anatolian Fault.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Caroir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Chanier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Gaullier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Bailleul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Maillard-Lenoir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">vEGU21</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, à renseigner, Unknown Region. </w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu21-12153⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03669247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Activities of the RESIF-ATS-FACT group for Northern France region R7 to improve the knowledge on potential active faults</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Antoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Jomard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Camelbeeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Lecocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop on “Active tectonics and dating”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Praz-sur-Arly, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03620960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating recent seismotectonic activity of the Haubourdin fault in the Mélantois anticline area (Northern France) using LiDAR dataset and GPR survey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Chanier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Watremez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Ouchaou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop on “Active tectonics and dating”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SIGMA2-RESIF, Sep 2021, Praz-sur-Arly, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04386107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The North Evia Gulf rift system in Central Greece: structural development and crustal inheritances from onshore fault analysis and offshore Sparker seismic data (WATER project)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Chanier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Caroir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Gaullier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Bailleul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Maillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Vienna, Austria. </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu21-12256⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03669246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution d'un rift actif en limite de plaques Eurasie-Egée diffuse et dans le prolongement de la Faille Nord-Anatolienne (projet WATER)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Caroir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Chanier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Gaullier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Bailleul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Maillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03587899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Activities of the RESIF-ATS-FACT group for Northern France region to improve the knowledge on potential active faults</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Antoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Jomard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Camelbeeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lecocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque GHYMANCHE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Wimereux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03980090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating recent seismotectonic activity of the Haubourdin fault in the Mélantois anticline area (Northern France) using LiDAR dataset and GPR survey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Chanier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Watremez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Ouchaou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GHYMANCHE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Wimereux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04386128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tectono-stratigraphic evolution of the Permo-Carboniferous Lorraine-Saar basin constrained by 3D geological modeling (France, Germany)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Hemelsdaël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beccaletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Izart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raymond Michels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27ème Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03435463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Sarro-Lorraine Basin (SLB) in the frame of the Variscan orogeny: structure and tecto-sedimentary schedule</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beccaletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Izart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th International Congress on the Carboniferous and Permian</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Cologne, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02094671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New insight on the 3D geometry of the Nord-Pas-de-Calais coal basin (N France) and its Devono-Carboniferous substratum by seismic imaging – contribution to a better definition of the low-energy geothermal resources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beccaletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Capar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th International Congress on the Carboniferous and Permian</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, German Stratigraphic Commission, Jul 2019, Cologne, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04387869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rift basins and active tectonic control on sedimentary distribution on the western termination of the North Anatolian Fault, Aegean See (Greece) ; First results from WATER cruise (R/V Téthys II, July 2017)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Caroir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Gaullier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Chanier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Bailleul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st EGU General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, à renseigner, Unknown Region</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03669379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vaugnérites des Vosges : datations U-Pb sur zircon par LA-ICP-MS et hypothèses génétiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Guillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Lanari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26ème Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société géologique de France, Oct 2018, Lille, France. pp.530</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03247814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La chaîne varisque vue depuis son front nord : dynamique du front de chaîne, sous-charriage crustal de la marge avalonienne et délamination associée de la lithosphère supra-subduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lacquement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Meilliez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beccaletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26ème Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Géologique de France, Oct 2018, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04395672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environmental changes at the Frasnian-Famennian boundary in Central Morocco (Northern Gondwana): integrated rock-magnetic and geochemical studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Riquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tribovillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderrazak El Albani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Lazreq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">R.T. Becker &amp; W.T. Kirchgasser. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Devonian Events and Correlations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Geological Society - Special Publication 278, pp.197-217, 2007, </w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1144/SP278.9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00523941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId233"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Olivier Averbuch </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (38)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intertwined fates of iron-bearing, authigenic minerals during early diagenesis of sandy marine deposits: glauconite, pyrite and magnetite as a fleeting memory of the early days</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tribovillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Guillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viviane Bout-Roumazeilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Ventalon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 357 (G1), pp.329-347. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5802/crgeos.301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05181264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timing of inversion of the Weald–Boulonnais basin inferred from calcite U–Pb geochronology of brittle structures along the Opal Coast, northern France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Blaise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Missenard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agathe Jullien-Sicre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Geological Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 182 (4), </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1144/jgs2024-222⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-05067383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Journées de sensibilisation régionale à la géothermie profonde en Hauts-de-France – 22 & 23 février 2024</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Bossennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Pomart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de la Société Géologique du Nord</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 32, pp.25-28</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05410588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geochronology and geochemistry of Cenozoic magmatism in the north-western Ecuadorian Andes: the role of crustal thickness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Iglesias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Witt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Poma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Bruguier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Bosch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lithos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 514-515, pp.108159. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.lithos.2025.108159⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05403912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La géothermie profonde dans les Hauts-de-France : un levier pour la transition énergétique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Bossennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beccaletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de la Société Géologique du Nord</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 32, pp.69-85. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.54563/asgn.2700⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05410599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Deformed Wedge‐Top Basin Inverted During the Collapse of the Variscan Belt: The Permo‐Carboniferous Lorraine Basin (NE France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Hemelsdaël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beccaletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Izart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Marc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tectonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 42 (11), pp.1-27. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2022TC007668⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04285167v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geodynamic controls in the southernmost Northern Andes magmatic arc:Trace elements and Hf-O isotopic systematics in forearc detrital zircon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cesar Witt Olivo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Poujol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Massimo Chiaradia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diego Villagomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monique Seyler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geological Society of America Bulletin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 135 (7-8), pp.2141-2154. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1130/B36510.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03845056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Bassin Houiller du Nord-Pas-de-Calais revisité - Apports de la modélisation géologique 3D</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lacquement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beccaletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géochronique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 168, pp.23-28</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04404646v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de l’excursion sur les failles potentiellement actives dans le Nord de la France des 20 et 21 octobre 2022</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Chanier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Deschodt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lecocq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de la Société Géologique du Nord</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 30, pp.41-48. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.54563/asgn.2277⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04384742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le bassin sarro-lorrain, témoin de la transition syn- à post- orogénique varisque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beccaletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Hemelsdael</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Izart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raymond Michels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géochronique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 168, pp.31-37</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04403798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling the 3D geometry of the Dinantian carbonate geothermal reservoir in northern France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beccaletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lacquement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Zeitschrift der Deutschen Gesellschaft für Geowissenschaften ZDGG</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 172 (3), pp.293-305. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1127/zdgg/2021/0284⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04252401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3‐D Structure of the Variscan Thrust Front in Northern France: New Insights From Seismic Reflection Profiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beccaletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lacquement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tectonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 40 (7), </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2020TC006642⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04337843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zircon age of vaugnerite intrusives from the Central and Southern Vosges crystalline massif (E France): contribution to the geodynamics of the European Variscan belt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Guillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Lanari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Géologique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 191, pp.26. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/bsgf/2020027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03177061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A genetic link between synsedimentary tectonics-expelled fluids, microbial sulfate reduction and cone-in-cone structures.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tribovillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anélia Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melesio Quijada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Riboulleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sansjofre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine and Petroleum Geology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 93, pp.437-450. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.marpetgeo.2018.03.024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01821663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organic matter deposition in the Ghadames Basin (Libya) during the Late Devonian—A multidisciplinary approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Riboulleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amalia Spina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Vecoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Riquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melesio Quijada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 497, pp.37-51. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.palaeo.2018.02.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01780055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Project of 4-D modelling of the Nord – Pas-de-Calais coal basin: from the glass-tables of the Lille museum to a computer-based geometrical and tectonic modelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Crepin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Oudoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de la Société Géologique du Nord</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 24, pp.33-41. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.54563/asgn.857⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04387709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Small-scaled lateral variations of an organic-rich formation in a ramp-type depositional environment (the Late Jurassic of the Boulonnais, France): impact of the clastic supply.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ebraheem Hatem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tribovillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viviane Bout-Roumazeilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Trentesaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Géologique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 188 (5), pp.31. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/bsgf/2017193⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01638352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Early diagenetic formation of carbonates in a clastic-dominated ramp environment impacted by synsedimentary faulting-induced fluid seepage – Evidence from the Late Jurassic Boulonnais Basin (N France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Hatem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tribovillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sansjofre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Adatte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine and Petroleum Geology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 72, pp.12-29. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.marpetgeo.2016.01.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01459041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iron availability as a dominant control on the primary composition and diagenetic overprint of organic-matter-rich rocks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Tribovillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Hatem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Barbecot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Bout-Roumazeilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Geology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 401, pp.67-82. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.chemgeo.2015.02.026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01140047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oyster patch reefs as indicators of fossil hydrocarbon seeps induced by synsedimentary faults</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Hatem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Tribovillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Vidier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Sansjofre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine and Petroleum Geology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 55, pp.176-185. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.marpetgeo.2013.12.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01122481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Early diagenetic carbonate bed formation at the sediment-water interface triggered by synsedimentary faults</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Tribovillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Sansjofre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magalie Ader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Trentesaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Geology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 300-301, pp.:1-13 (IF 3,722)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00675200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geometry and kinematics of the Boulonnais fold-andthrust belt (N France): implications for the dynamics of the Northern Variscan thrust front</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Mansy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Lamarcheb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lacquement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Hanot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geodinamica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 17 (2), pp.163-178. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/ga.17.163-178⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03784006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diagenetic versus detrital origin of the magnetic susceptibility variations in some carbonate Frasnian-Famennian boundary sections from Northern Africa and Western Europe: implications for paleoenvironmental reconstructions.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Riquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Devleeschouwer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tribovillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Earth Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 99 (Suppl 1), pp.57-73. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00531-009-0492-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00520492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Did a Katian large igneous province trigger the Late Ordovician glaciation?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Servais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 296 (3-4), pp.310-319. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.palaeo.2010.04.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03947175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inversion tectonics at the Northern Margin of the Paris Basin (northern France): new evidence from seismic profiles and boreholes interpolation in the Artois Area</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Minguely</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Patin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Rolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Hanot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Géologique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 181 (5), pp.429-442. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2113/gssgfbull.181.5.429⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00537837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Late Frasnian Kellwasser horizons of the Harz Mountains (Germany): Two oxygen-deficient periods resulting from different mechanisms.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Riquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tribovillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Devleeschouwer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Riboulleau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Geology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 233, pp.137-155</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00351107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Late Frasnian Kellwasser horizons of the Harz Mountains (Germany): two oxygen-deficient periods resulting from different mechanisms.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Riquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tribovillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Devleeschouwer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Riboulleau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Geology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 233 (1-2), pp.137-155. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.chemgeo.2006.02.021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00511955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Typologie du zircon des bentonites du Frasnien (carrière du Lion, Belgique) : utilité avant la datation U-Pb</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Guillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lasalle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Deconinck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Pellenard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géologie de la France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 1-2, pp.59-63</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00199800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apport de la modélisation géophysique à la compréhension de la structuration du Pas de Calais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Minguely</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.L. Mansy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Everaerts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G.M. Manby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">C. R. Geosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 337, pp.305-313</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00350443v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mountain building-enhanced continental weathering and organic carbon burial as major causes for climatic cooling at the Frasnian-Famennian boundary (c. 376 Ma)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tribovillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Devleeschouwer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Riquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Mistiaen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Terra Nova</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 17, pp.25-34</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00326076v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transpressional deformations at lateral boundaries of propagating thrust-sheets: the example of the Meuse Valley Recess within the Ardennes Variscan fold-and-thrust belt (N France–S Belgium)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lacquement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-L. Mansy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Szaniawski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Lewandowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Structural Geology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 27 (10), pp.1788-1802. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jsg.2005.05.017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03758314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transpressional deformations at lateral boundaries of propagating thrust-sheets : the example of the Meuse Valley Recess within the Ardennes Variscan fold-thrust belt (N France-S Belgium).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lacquement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.L. Mansy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Szaniawski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marek Lewandowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Structural Geology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 27, pp.1788-1802</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00340199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep-water anoxia over the Frasnian-Famennian boundary (La Serre, S France) : a tectonically-induced oceanic anoxic event ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tribovillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Devleeschouwer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Racki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Riboulleau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Terra Nova</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 16, pp.288-295</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00351349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geometry and kinematics of the Boulonnais fold-and-thrust belt (N France) : implications for the dynamics of the Northern Variscan thrust front</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.L. Mansy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lacquement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Hanot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geodinamica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, vol 2 (17), pp.163-178</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00326082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamics and inversion of the Mesozoic Basin of the Weald-Boulonnais area : role of basement reactivation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.L. Mansy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G.M. Manby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Everaerts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Bergerat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tectonophysics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 373, pp.161-179</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00021275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cinematique des deformations au sein d'un systeme chevauchant aveugle; l'exemple de la &amp;quot;Montagna dei Fiori&amp;quot; (front des Apennins centraux, Italie)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Massimo Mattei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Kissel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Frizon de Lamotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Speranza</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Géologique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 166 (5), pp.451-461. </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2113/gssgfbull.166.5.451⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03610364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First paleomagnetic evidence for a post-Eocene clockwise rotation of the Western Taurides thrust belt east of the Isparta reentrant (Southwestern Turkey)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Kissel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Frizon de Lamotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Monod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Allerton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Earth and Planetary Science Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1993, 117 (1-2), pp.1-14. </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/0012-821X(93)90113-N⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03584941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnetic fabric as a structural indicator of the deformation path within a fold-thrust structure: a test case from the Corbières (NE Pyrenees, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Frizon de Lamotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Kissel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Structural Geology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1992, 14 (4), pp.461-474. </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/0191-8141(92)90106-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03583557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (18)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cartographie et cinématique des déformations des séries du Jurassique Supérieur au sein de la zone de faille du Cap Gris-Nez (détroit du Pas de Calais)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aboubacar Dibousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Gaullier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Blaise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Eghymanche 2023 (Ecologie marine, géosciences et hydrodynamique sur la façade Manche – Mer du Nord)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Schmitt, François; Gaullier, Virginie; Monchy, Sébastien, Jul 2023, Wimereux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04171811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A deformed wedge-top basin inverted during the collapse of the Variscan belt: the Permo-Carboniferous Lorraine Basin (NE France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Hemelsdaël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beccaletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Izard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raymond Michels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Vienna, Austria. pp.e2022TC007668, </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2022TC007668⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05189327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les bassins sédimentaires carbonifères-permiens : témoins de la transition syn- à post-orogénique varisque et usages du sous-sol - Apports de la sismique réflexion.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beccaletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Hemelsdaël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque SGF « Evolution de la chaîne varisque et ressources associées »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SGF, Nov 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04386160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D exploration of sedimentary basins in the context of energy transition : example of the Permo-Carboniferous Lorraine Basin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Hemelsdaël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salim Allouti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beccaletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raymond Michels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DEEPSURF 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03794710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D structural modelling of the Dinantian deep geothermal reservoir in the Nord-Pas-de-Calais coal district area (Northern France).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beccaletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lacquement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MEET - Multi-sites EGS Demonstration – Geothermal Winter School</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2021, Online conference, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04386170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recent and active deformation in the North Evia domain, a diffuse plate boundary between Eurasia and Aegean plates in the Western termination of the North Anatolian Fault.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Caroir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Chanier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Gaullier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Bailleul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Maillard-Lenoir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">vEGU21</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, à renseigner, Unknown Region. </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu21-12153⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03669247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating recent seismotectonic activity of the Haubourdin fault in the Mélantois anticline area (Northern France) using LiDAR dataset and GPR survey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Chanier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Watremez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Ouchaou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop on “Active tectonics and dating”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SIGMA2-RESIF, Sep 2021, Praz-sur-Arly, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04386107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Activities of the RESIF-ATS-FACT group for Northern France region R7 to improve the knowledge on potential active faults</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Antoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Jomard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Camelbeeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Lecocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop on “Active tectonics and dating”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Praz-sur-Arly, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03620960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution d'un rift actif en limite de plaques Eurasie-Egée diffuse et dans le prolongement de la Faille Nord-Anatolienne (projet WATER)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Caroir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Chanier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Gaullier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Bailleul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Maillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03587899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The North Evia Gulf rift system in Central Greece: structural development and crustal inheritances from onshore fault analysis and offshore Sparker seismic data (WATER project)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Chanier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Caroir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Gaullier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Bailleul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Maillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Vienna, Austria. </w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu21-12256⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03669246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Activities of the RESIF-ATS-FACT group for Northern France region to improve the knowledge on potential active faults</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Antoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Jomard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Camelbeeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lecocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque GHYMANCHE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Wimereux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03980090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating recent seismotectonic activity of the Haubourdin fault in the Mélantois anticline area (Northern France) using LiDAR dataset and GPR survey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Chanier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Watremez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Ouchaou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GHYMANCHE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Wimereux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04386128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tectono-stratigraphic evolution of the Permo-Carboniferous Lorraine-Saar basin constrained by 3D geological modeling (France, Germany)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Hemelsdaël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beccaletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Izart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raymond Michels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27ème Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03435463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rift basins and active tectonic control on sedimentary distribution on the western termination of the North Anatolian Fault, Aegean See (Greece) ; First results from WATER cruise (R/V Téthys II, July 2017)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Caroir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Gaullier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Chanier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Bailleul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st EGU General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, à renseigner, Unknown Region</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03669379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New insight on the 3D geometry of the Nord-Pas-de-Calais coal basin (N France) and its Devono-Carboniferous substratum by seismic imaging – contribution to a better definition of the low-energy geothermal resources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beccaletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Capar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th International Congress on the Carboniferous and Permian</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, German Stratigraphic Commission, Jul 2019, Cologne, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04387869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Sarro-Lorraine Basin (SLB) in the frame of the Variscan orogeny: structure and tecto-sedimentary schedule</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beccaletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Izart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th International Congress on the Carboniferous and Permian</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Cologne, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02094671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vaugnérites des Vosges : datations U-Pb sur zircon par LA-ICP-MS et hypothèses génétiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Guillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Lanari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26ème Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société géologique de France, Oct 2018, Lille, France. pp.530</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03247814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La chaîne varisque vue depuis son front nord : dynamique du front de chaîne, sous-charriage crustal de la marge avalonienne et délamination associée de la lithosphère supra-subduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lacquement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Meilliez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beccaletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26ème Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Géologique de France, Oct 2018, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04395672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3-D geometrical modelling of the Dinantian carbonate reservoir in Northern France: new constraints for the regional development of deep geothermy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beccaletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lacquement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU Assembly Vienna</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Vienne (AUT), Austria. 2023, </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu23-6370⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04252349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling the 3-D geometry of the Dinantian carbonates reservoir in the Nord-Pas-de-Calais coal district area: towards a better characterization of the deep geothermal potential in Northern France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beccaletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lacquement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th European Geothermal PhD Days</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2021, Cergy Pontoise, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04386068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decipher the evolution of the Permo-Carboniferous Lorraine-Saar basin (France, Germany) by constructing a regional 3D geological model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Hemelsdaël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beccaletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Izart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raymond Michels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Deepsurf International Conference 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Nancy, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03356657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation 3-D de la structure du bassin minier du Nord-Pas-de-Calais : analyse critique des anciennes interprétations de 1905 et 1963</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Crépin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Oudoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26ème Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04395887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence de l’héritage des structures compressives sur l’extension active en Grèce continentale : résultats de modélisation expérimentale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Chanier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Boivin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bonnière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno C. Vendeville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26ème Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04395853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation structurale 3-D de l’anticlinal-faillé du Mélantois, S-E de la métropole de Lille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joris Mavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Meilliez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassir Amraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26ème Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04395835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rift basins and structural inheritance on the western termination of the North Anatolian Fault, Aegean Sea (Greece) ; First results from WATER cruise (R/V Tethys II, July 2017)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Chanier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Gaullier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Bailleul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Jollivet-Castelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Maillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26ème Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04395903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of compressional structure inheritance on active extension in continental Greece: insights from experimental modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Chanier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Boivin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bonnière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno C. Vendeville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04395615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environmental changes at the Frasnian-Famennian boundary in Central Morocco (Northern Gondwana): integrated rock-magnetic and geochemical studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Riquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tribovillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderrazak El Albani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Lazreq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">R.T. Becker &amp; W.T. Kirchgasser. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Devonian Events and Correlations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Geological Society - Special Publication 278, pp.197-217, 2007, </w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1144/SP278.9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00523941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId233"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05181264v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tribovillard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Averbuch" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Guillot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Bout-Roumazeilles" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Ventalon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crgeos.301" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410588v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Graveleau" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bossennec" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Pomart" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dupont" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05067383v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Blaise" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Missenard" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Roy" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Jullien-Sicre" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1144/jgs2024-222" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05403912v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Iglesias" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Witt" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Poma" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Bruguier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bosch" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lithos.2025.108159" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410599v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Laurent" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Beccaletto" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54563/asgn.2700" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04404646v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lacquement" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03845056v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesar Witt Olivo" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Poujol" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Chiaradia" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Villagomez" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Seyler" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1130/B36510.1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04285167v2" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Hemelsda&#235;l" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Izart" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Marc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022TC007668" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04384742v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Chanier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Deschodt" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lecocq" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54563/asgn.2277" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04403798v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Hemelsdael" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Izart" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Michels" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04337843v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Laurent" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020TC006642" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04252401v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1127/zdgg/2021/0284" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03177061v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Dubois" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Durand" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lanari" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/bsgf/2020027" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01821663v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=An&#233;lia Petit" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melesio Quijada" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Riboulleau" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sansjofre" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpetgeo.2018.03.024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D8SZ73C8-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01780055v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amalia Spina" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Vecoli" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Riquier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2018.02.004" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04387709v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Crepin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Oudoire" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54563/asgn.857" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01638352v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ebraheem Hatem" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Trentesaux" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/bsgf/2017193" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01459041v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Hatem" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Adatte" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpetgeo.2016.01.010" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9LQ5D6KM-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01140047v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Tribovillard" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Barbecot" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bout-Roumazeilles" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2015.02.026" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01122481v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Averbuch" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Vidier" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sansjofre" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpetgeo.2013.12.005" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WLTHKL15-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03784006v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Mansy" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Lamarcheb" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Hanot" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ga.17.163-178" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00675200v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Ader" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Trentesaux" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00520492v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Devleeschouwer" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00531-009-0492-7" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-F85JM5SJ-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03947175v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lefebvre" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Servais" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Fran&#231;ois" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2010.04.010" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FRM60HMH-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-00537837v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Minguely" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Patin" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rolin" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2113/gssgfbull.181.5.429" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00351107v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00511955v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2006.02.021" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PB1496N4-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00199800v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Lasalle" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Deconinck" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pellenard" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00350443v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Mansy" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Everaerts" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.M. Manby" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00326076v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Mistiaen" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03758314v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Mansy" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Szaniawski" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lewandowski" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsg.2005.05.017" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LZM4RZJZ-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00340199v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marek Lewandowski" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00351349v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Racki" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00326082v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lamarche" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hanot" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021275v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Bergerat" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03610364v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Mattei" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Kissel" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Frizon de Lamotte" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Speranza" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2113/gssgfbull.166.5.451" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03584941v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Monod" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Allerton" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0012-821X(93)90113-N" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/697301BCBB1EFA5B5AA239A058CB04CE1EE49173/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03583557v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0191-8141(92)90106-7" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BRVZR5ZB-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04252349v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-6370" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04386068v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03356657v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Hemelsda&#235;l" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395887v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Cr&#233;pin" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04395903v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Gaullier" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bailleul" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Jollivet-Castelot" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Maillard" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395853v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Boivin" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bonni&#232;re" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno C. Vendeville" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395835v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Mavel" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Meilliez" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassir Amraoui" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395615v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04171811v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aboubacar Dibousse" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cohen" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Blaise" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05189327v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Izard" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04386160v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03794710v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salim Allouti" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04386170v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03669247v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Caroir" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Maillard-Lenoir" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-12153" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620960v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Antoine" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Jomard" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Camelbeeck" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Lecocq" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04386107v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Watremez" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Ouchaou" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03669246v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-12256" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587899v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03980090v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Camelbeeck" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04386128v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03435463v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-02094671v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04387869v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Capar" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03669379v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03247814v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Guillot" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395672v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00523941v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrazak El Albani" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Lazreq" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1144/SP278.9" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/948682E99A8CAFEE3AC709744D99C1D3D38E1C0B/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05181264v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tribovillard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Averbuch" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Guillot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Bout-Roumazeilles" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Ventalon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crgeos.301" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05067383v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Blaise" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Missenard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Roy" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Jullien-Sicre" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1144/jgs2024-222" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410588v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Graveleau" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bossennec" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Pomart" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dupont" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05403912v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Iglesias" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Witt" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Poma" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Bruguier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bosch" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lithos.2025.108159" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410599v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Laurent" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Beccaletto" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54563/asgn.2700" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04285167v2" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Hemelsda&#235;l" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Izart" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Marc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022TC007668" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03845056v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesar Witt Olivo" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Poujol" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Chiaradia" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Villagomez" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Seyler" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1130/B36510.1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04404646v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lacquement" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04384742v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Chanier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Deschodt" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lecocq" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54563/asgn.2277" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04403798v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Hemelsdael" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Izart" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Michels" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04252401v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1127/zdgg/2021/0284" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04337843v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Laurent" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020TC006642" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03177061v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Dubois" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Durand" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lanari" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/bsgf/2020027" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01821663v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=An&#233;lia Petit" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melesio Quijada" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Riboulleau" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sansjofre" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpetgeo.2018.03.024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D8SZ73C8-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01780055v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amalia Spina" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Vecoli" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Riquier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2018.02.004" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04387709v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Crepin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Oudoire" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54563/asgn.857" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01638352v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ebraheem Hatem" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Trentesaux" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/bsgf/2017193" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01459041v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Hatem" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Adatte" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpetgeo.2016.01.010" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9LQ5D6KM-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01140047v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Tribovillard" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Barbecot" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bout-Roumazeilles" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2015.02.026" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01122481v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Averbuch" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Vidier" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sansjofre" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpetgeo.2013.12.005" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WLTHKL15-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00675200v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Ader" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Trentesaux" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03784006v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Mansy" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Lamarcheb" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Hanot" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ga.17.163-178" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00520492v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Devleeschouwer" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00531-009-0492-7" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-F85JM5SJ-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03947175v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lefebvre" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Servais" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Fran&#231;ois" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2010.04.010" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FRM60HMH-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-00537837v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Minguely" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Patin" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rolin" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2113/gssgfbull.181.5.429" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00351107v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00511955v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2006.02.021" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PB1496N4-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00199800v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Lasalle" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Deconinck" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pellenard" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00350443v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Mansy" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Everaerts" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.M. Manby" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00326076v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Mistiaen" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03758314v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Mansy" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Szaniawski" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lewandowski" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsg.2005.05.017" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LZM4RZJZ-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00340199v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marek Lewandowski" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00351349v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Racki" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00326082v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lamarche" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hanot" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021275v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Bergerat" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03610364v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Mattei" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Kissel" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Frizon de Lamotte" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Speranza" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2113/gssgfbull.166.5.451" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03584941v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Monod" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Allerton" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0012-821X(93)90113-N" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/697301BCBB1EFA5B5AA239A058CB04CE1EE49173/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03583557v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0191-8141(92)90106-7" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BRVZR5ZB-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04171811v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aboubacar Dibousse" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Gaullier" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cohen" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Blaise" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05189327v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Hemelsda&#235;l" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Izard" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04386160v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03794710v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salim Allouti" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04386170v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03669247v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Caroir" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bailleul" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Maillard-Lenoir" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-12153" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04386107v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Watremez" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Ouchaou" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620960v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Antoine" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Jomard" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Camelbeeck" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Lecocq" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587899v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Maillard" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03669246v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-12256" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03980090v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Camelbeeck" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04386128v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03435463v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03669379v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04387869v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Capar" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-02094671v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03247814v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Guillot" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395672v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Meilliez" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04252349v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-6370" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04386068v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03356657v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395887v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Cr&#233;pin" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395853v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Boivin" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bonni&#232;re" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno C. Vendeville" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395835v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Mavel" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassir Amraoui" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04395903v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Jollivet-Castelot" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395615v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00523941v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrazak El Albani" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Lazreq" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1144/SP278.9" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/948682E99A8CAFEE3AC709744D99C1D3D38E1C0B/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>