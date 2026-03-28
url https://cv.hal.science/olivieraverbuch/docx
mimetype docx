--- v1 (2026-03-07)
+++ v2 (2026-03-28)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Olivier Averbuch </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (38)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intertwined fates of iron-bearing, authigenic minerals during early diagenesis of sandy marine deposits: glauconite, pyrite and magnetite as a fleeting memory of the early days</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tribovillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Guillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viviane Bout-Roumazeilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Ventalon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 357 (G1), pp.329-347. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5802/crgeos.301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05181264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timing of inversion of the Weald–Boulonnais basin inferred from calcite U–Pb geochronology of brittle structures along the Opal Coast, northern France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Blaise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Missenard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agathe Jullien-Sicre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Geological Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 182 (4), </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1144/jgs2024-222⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-05067383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Journées de sensibilisation régionale à la géothermie profonde en Hauts-de-France – 22 & 23 février 2024</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Bossennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Pomart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de la Société Géologique du Nord</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 32, pp.25-28</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05410588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geochronology and geochemistry of Cenozoic magmatism in the north-western Ecuadorian Andes: the role of crustal thickness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Iglesias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Witt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Poma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Bruguier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Bosch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lithos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 514-515, pp.108159. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.lithos.2025.108159⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05403912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La géothermie profonde dans les Hauts-de-France : un levier pour la transition énergétique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Bossennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beccaletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de la Société Géologique du Nord</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 32, pp.69-85. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.54563/asgn.2700⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05410599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Deformed Wedge‐Top Basin Inverted During the Collapse of the Variscan Belt: The Permo‐Carboniferous Lorraine Basin (NE France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Hemelsdaël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beccaletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Izart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Marc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tectonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 42 (11), pp.1-27. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2022TC007668⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04285167v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geodynamic controls in the southernmost Northern Andes magmatic arc:Trace elements and Hf-O isotopic systematics in forearc detrital zircon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cesar Witt Olivo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Poujol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Massimo Chiaradia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diego Villagomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monique Seyler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geological Society of America Bulletin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 135 (7-8), pp.2141-2154. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1130/B36510.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03845056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Bassin Houiller du Nord-Pas-de-Calais revisité - Apports de la modélisation géologique 3D</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lacquement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beccaletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géochronique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 168, pp.23-28</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04404646v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de l’excursion sur les failles potentiellement actives dans le Nord de la France des 20 et 21 octobre 2022</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Chanier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Deschodt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lecocq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de la Société Géologique du Nord</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 30, pp.41-48. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.54563/asgn.2277⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04384742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le bassin sarro-lorrain, témoin de la transition syn- à post- orogénique varisque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beccaletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Hemelsdael</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Izart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raymond Michels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géochronique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 168, pp.31-37</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04403798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling the 3D geometry of the Dinantian carbonate geothermal reservoir in northern France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beccaletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lacquement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Zeitschrift der Deutschen Gesellschaft für Geowissenschaften ZDGG</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 172 (3), pp.293-305. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1127/zdgg/2021/0284⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04252401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3‐D Structure of the Variscan Thrust Front in Northern France: New Insights From Seismic Reflection Profiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beccaletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lacquement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tectonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 40 (7), </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2020TC006642⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04337843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zircon age of vaugnerite intrusives from the Central and Southern Vosges crystalline massif (E France): contribution to the geodynamics of the European Variscan belt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Guillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Lanari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Géologique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 191, pp.26. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/bsgf/2020027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03177061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A genetic link between synsedimentary tectonics-expelled fluids, microbial sulfate reduction and cone-in-cone structures.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tribovillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anélia Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melesio Quijada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Riboulleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sansjofre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine and Petroleum Geology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 93, pp.437-450. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.marpetgeo.2018.03.024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01821663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organic matter deposition in the Ghadames Basin (Libya) during the Late Devonian—A multidisciplinary approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Riboulleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amalia Spina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Vecoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Riquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melesio Quijada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 497, pp.37-51. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.palaeo.2018.02.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01780055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Project of 4-D modelling of the Nord – Pas-de-Calais coal basin: from the glass-tables of the Lille museum to a computer-based geometrical and tectonic modelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Crepin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Oudoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de la Société Géologique du Nord</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 24, pp.33-41. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.54563/asgn.857⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04387709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Small-scaled lateral variations of an organic-rich formation in a ramp-type depositional environment (the Late Jurassic of the Boulonnais, France): impact of the clastic supply.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ebraheem Hatem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tribovillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viviane Bout-Roumazeilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Trentesaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Géologique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 188 (5), pp.31. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/bsgf/2017193⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01638352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Early diagenetic formation of carbonates in a clastic-dominated ramp environment impacted by synsedimentary faulting-induced fluid seepage – Evidence from the Late Jurassic Boulonnais Basin (N France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Hatem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tribovillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sansjofre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Adatte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine and Petroleum Geology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 72, pp.12-29. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.marpetgeo.2016.01.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01459041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iron availability as a dominant control on the primary composition and diagenetic overprint of organic-matter-rich rocks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Tribovillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Hatem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Barbecot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Bout-Roumazeilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Geology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 401, pp.67-82. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.chemgeo.2015.02.026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01140047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oyster patch reefs as indicators of fossil hydrocarbon seeps induced by synsedimentary faults</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Hatem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Tribovillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Vidier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Sansjofre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine and Petroleum Geology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 55, pp.176-185. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.marpetgeo.2013.12.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01122481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Early diagenetic carbonate bed formation at the sediment-water interface triggered by synsedimentary faults</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Tribovillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Sansjofre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magalie Ader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Trentesaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Geology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 300-301, pp.:1-13 (IF 3,722)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00675200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geometry and kinematics of the Boulonnais fold-andthrust belt (N France): implications for the dynamics of the Northern Variscan thrust front</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Mansy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Lamarcheb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lacquement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Hanot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geodinamica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 17 (2), pp.163-178. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/ga.17.163-178⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03784006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diagenetic versus detrital origin of the magnetic susceptibility variations in some carbonate Frasnian-Famennian boundary sections from Northern Africa and Western Europe: implications for paleoenvironmental reconstructions.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Riquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Devleeschouwer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tribovillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Earth Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 99 (Suppl 1), pp.57-73. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00531-009-0492-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00520492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Did a Katian large igneous province trigger the Late Ordovician glaciation?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Servais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 296 (3-4), pp.310-319. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.palaeo.2010.04.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03947175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inversion tectonics at the Northern Margin of the Paris Basin (northern France): new evidence from seismic profiles and boreholes interpolation in the Artois Area</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Minguely</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Patin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Rolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Hanot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Géologique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 181 (5), pp.429-442. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2113/gssgfbull.181.5.429⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00537837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Late Frasnian Kellwasser horizons of the Harz Mountains (Germany): Two oxygen-deficient periods resulting from different mechanisms.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Riquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tribovillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Devleeschouwer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Riboulleau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Geology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 233, pp.137-155</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00351107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Late Frasnian Kellwasser horizons of the Harz Mountains (Germany): two oxygen-deficient periods resulting from different mechanisms.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Riquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tribovillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Devleeschouwer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Riboulleau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Geology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 233 (1-2), pp.137-155. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.chemgeo.2006.02.021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00511955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Typologie du zircon des bentonites du Frasnien (carrière du Lion, Belgique) : utilité avant la datation U-Pb</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Guillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lasalle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Deconinck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Pellenard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géologie de la France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 1-2, pp.59-63</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00199800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apport de la modélisation géophysique à la compréhension de la structuration du Pas de Calais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Minguely</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.L. Mansy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Everaerts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G.M. Manby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">C. R. Geosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 337, pp.305-313</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00350443v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mountain building-enhanced continental weathering and organic carbon burial as major causes for climatic cooling at the Frasnian-Famennian boundary (c. 376 Ma)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tribovillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Devleeschouwer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Riquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Mistiaen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Terra Nova</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 17, pp.25-34</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00326076v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transpressional deformations at lateral boundaries of propagating thrust-sheets: the example of the Meuse Valley Recess within the Ardennes Variscan fold-and-thrust belt (N France–S Belgium)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lacquement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-L. Mansy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Szaniawski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Lewandowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Structural Geology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 27 (10), pp.1788-1802. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jsg.2005.05.017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03758314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transpressional deformations at lateral boundaries of propagating thrust-sheets : the example of the Meuse Valley Recess within the Ardennes Variscan fold-thrust belt (N France-S Belgium).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lacquement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.L. Mansy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Szaniawski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marek Lewandowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Structural Geology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 27, pp.1788-1802</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00340199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep-water anoxia over the Frasnian-Famennian boundary (La Serre, S France) : a tectonically-induced oceanic anoxic event ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tribovillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Devleeschouwer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Racki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Riboulleau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Terra Nova</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 16, pp.288-295</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00351349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geometry and kinematics of the Boulonnais fold-and-thrust belt (N France) : implications for the dynamics of the Northern Variscan thrust front</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.L. Mansy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lacquement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Hanot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geodinamica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, vol 2 (17), pp.163-178</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00326082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamics and inversion of the Mesozoic Basin of the Weald-Boulonnais area : role of basement reactivation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.L. Mansy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G.M. Manby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Everaerts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Bergerat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tectonophysics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 373, pp.161-179</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00021275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cinematique des deformations au sein d'un systeme chevauchant aveugle; l'exemple de la &amp;quot;Montagna dei Fiori&amp;quot; (front des Apennins centraux, Italie)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Massimo Mattei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Kissel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Frizon de Lamotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Speranza</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Géologique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 166 (5), pp.451-461. </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2113/gssgfbull.166.5.451⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03610364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First paleomagnetic evidence for a post-Eocene clockwise rotation of the Western Taurides thrust belt east of the Isparta reentrant (Southwestern Turkey)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Kissel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Frizon de Lamotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Monod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Allerton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Earth and Planetary Science Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1993, 117 (1-2), pp.1-14. </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/0012-821X(93)90113-N⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03584941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnetic fabric as a structural indicator of the deformation path within a fold-thrust structure: a test case from the Corbières (NE Pyrenees, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Frizon de Lamotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Kissel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Structural Geology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1992, 14 (4), pp.461-474. </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/0191-8141(92)90106-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03583557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (18)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cartographie et cinématique des déformations des séries du Jurassique Supérieur au sein de la zone de faille du Cap Gris-Nez (détroit du Pas de Calais)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aboubacar Dibousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Gaullier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Blaise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Eghymanche 2023 (Ecologie marine, géosciences et hydrodynamique sur la façade Manche – Mer du Nord)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Schmitt, François; Gaullier, Virginie; Monchy, Sébastien, Jul 2023, Wimereux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04171811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A deformed wedge-top basin inverted during the collapse of the Variscan belt: the Permo-Carboniferous Lorraine Basin (NE France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Hemelsdaël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beccaletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Izard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raymond Michels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Vienna, Austria. pp.e2022TC007668, </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2022TC007668⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05189327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les bassins sédimentaires carbonifères-permiens : témoins de la transition syn- à post-orogénique varisque et usages du sous-sol - Apports de la sismique réflexion.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beccaletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Hemelsdaël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque SGF « Evolution de la chaîne varisque et ressources associées »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SGF, Nov 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04386160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D exploration of sedimentary basins in the context of energy transition : example of the Permo-Carboniferous Lorraine Basin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Hemelsdaël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salim Allouti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beccaletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raymond Michels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DEEPSURF 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03794710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D structural modelling of the Dinantian deep geothermal reservoir in the Nord-Pas-de-Calais coal district area (Northern France).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beccaletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lacquement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MEET - Multi-sites EGS Demonstration – Geothermal Winter School</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2021, Online conference, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04386170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recent and active deformation in the North Evia domain, a diffuse plate boundary between Eurasia and Aegean plates in the Western termination of the North Anatolian Fault.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Caroir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Chanier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Gaullier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Bailleul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Maillard-Lenoir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">vEGU21</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, à renseigner, Unknown Region. </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu21-12153⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03669247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating recent seismotectonic activity of the Haubourdin fault in the Mélantois anticline area (Northern France) using LiDAR dataset and GPR survey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Chanier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Watremez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Ouchaou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop on “Active tectonics and dating”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SIGMA2-RESIF, Sep 2021, Praz-sur-Arly, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04386107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Activities of the RESIF-ATS-FACT group for Northern France region R7 to improve the knowledge on potential active faults</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Antoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Jomard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Camelbeeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Lecocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop on “Active tectonics and dating”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Praz-sur-Arly, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03620960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution d'un rift actif en limite de plaques Eurasie-Egée diffuse et dans le prolongement de la Faille Nord-Anatolienne (projet WATER)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Caroir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Chanier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Gaullier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Bailleul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Maillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03587899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The North Evia Gulf rift system in Central Greece: structural development and crustal inheritances from onshore fault analysis and offshore Sparker seismic data (WATER project)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Chanier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Caroir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Gaullier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Bailleul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Maillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Vienna, Austria. </w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu21-12256⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03669246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Activities of the RESIF-ATS-FACT group for Northern France region to improve the knowledge on potential active faults</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Antoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Jomard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Camelbeeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lecocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque GHYMANCHE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Wimereux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03980090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating recent seismotectonic activity of the Haubourdin fault in the Mélantois anticline area (Northern France) using LiDAR dataset and GPR survey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Chanier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Watremez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Ouchaou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GHYMANCHE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Wimereux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04386128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tectono-stratigraphic evolution of the Permo-Carboniferous Lorraine-Saar basin constrained by 3D geological modeling (France, Germany)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Hemelsdaël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beccaletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Izart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raymond Michels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27ème Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03435463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rift basins and active tectonic control on sedimentary distribution on the western termination of the North Anatolian Fault, Aegean See (Greece) ; First results from WATER cruise (R/V Téthys II, July 2017)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Caroir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Gaullier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Chanier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Bailleul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st EGU General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, à renseigner, Unknown Region</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03669379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New insight on the 3D geometry of the Nord-Pas-de-Calais coal basin (N France) and its Devono-Carboniferous substratum by seismic imaging – contribution to a better definition of the low-energy geothermal resources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beccaletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Capar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th International Congress on the Carboniferous and Permian</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, German Stratigraphic Commission, Jul 2019, Cologne, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04387869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Sarro-Lorraine Basin (SLB) in the frame of the Variscan orogeny: structure and tecto-sedimentary schedule</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beccaletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Izart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th International Congress on the Carboniferous and Permian</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Cologne, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02094671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vaugnérites des Vosges : datations U-Pb sur zircon par LA-ICP-MS et hypothèses génétiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Guillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Lanari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26ème Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société géologique de France, Oct 2018, Lille, France. pp.530</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03247814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La chaîne varisque vue depuis son front nord : dynamique du front de chaîne, sous-charriage crustal de la marge avalonienne et délamination associée de la lithosphère supra-subduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lacquement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Meilliez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beccaletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26ème Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Géologique de France, Oct 2018, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04395672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3-D geometrical modelling of the Dinantian carbonate reservoir in Northern France: new constraints for the regional development of deep geothermy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beccaletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lacquement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU Assembly Vienna</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Vienne (AUT), Austria. 2023, </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu23-6370⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04252349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling the 3-D geometry of the Dinantian carbonates reservoir in the Nord-Pas-de-Calais coal district area: towards a better characterization of the deep geothermal potential in Northern France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beccaletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lacquement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th European Geothermal PhD Days</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2021, Cergy Pontoise, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04386068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decipher the evolution of the Permo-Carboniferous Lorraine-Saar basin (France, Germany) by constructing a regional 3D geological model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Hemelsdaël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beccaletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Izart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raymond Michels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Deepsurf International Conference 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Nancy, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03356657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation 3-D de la structure du bassin minier du Nord-Pas-de-Calais : analyse critique des anciennes interprétations de 1905 et 1963</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Crépin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Oudoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26ème Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04395887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence de l’héritage des structures compressives sur l’extension active en Grèce continentale : résultats de modélisation expérimentale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Chanier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Boivin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bonnière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno C. Vendeville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26ème Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04395853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation structurale 3-D de l’anticlinal-faillé du Mélantois, S-E de la métropole de Lille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joris Mavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Meilliez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassir Amraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26ème Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04395835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rift basins and structural inheritance on the western termination of the North Anatolian Fault, Aegean Sea (Greece) ; First results from WATER cruise (R/V Tethys II, July 2017)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Chanier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Gaullier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Bailleul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Jollivet-Castelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Maillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26ème Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04395903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of compressional structure inheritance on active extension in continental Greece: insights from experimental modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Chanier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Boivin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bonnière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno C. Vendeville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04395615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environmental changes at the Frasnian-Famennian boundary in Central Morocco (Northern Gondwana): integrated rock-magnetic and geochemical studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Riquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tribovillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderrazak El Albani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Lazreq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">R.T. Becker &amp; W.T. Kirchgasser. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Devonian Events and Correlations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Geological Society - Special Publication 278, pp.197-217, 2007, </w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1144/SP278.9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00523941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId233"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Olivier Averbuch </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (38)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Journées de sensibilisation régionale à la géothermie profonde en Hauts-de-France – 22 & 23 février 2024</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Bossennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Pomart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de la Société Géologique du Nord</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 32, pp.25-28</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05410588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timing of inversion of the Weald–Boulonnais basin inferred from calcite U–Pb geochronology of brittle structures along the Opal Coast, northern France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Blaise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Missenard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agathe Jullien-Sicre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Geological Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 182 (4), </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1144/jgs2024-222⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-05067383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geochronology and geochemistry of Cenozoic magmatism in the north-western Ecuadorian Andes: the role of crustal thickness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Iglesias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Witt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Poma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Bruguier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Bosch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lithos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 514-515, pp.108159. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.lithos.2025.108159⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05403912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La géothermie profonde dans les Hauts-de-France : un levier pour la transition énergétique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Bossennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beccaletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de la Société Géologique du Nord</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 32, pp.69-85. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.54563/asgn.2700⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05410599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intertwined fates of iron-bearing, authigenic minerals during early diagenesis of sandy marine deposits: glauconite, pyrite and magnetite as a fleeting memory of the early days</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tribovillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Guillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viviane Bout-Roumazeilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Ventalon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 357 (G1), pp.329-347. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5802/crgeos.301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05181264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Bassin Houiller du Nord-Pas-de-Calais revisité - Apports de la modélisation géologique 3D</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lacquement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beccaletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géochronique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 168, pp.23-28</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04404646v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Deformed Wedge‐Top Basin Inverted During the Collapse of the Variscan Belt: The Permo‐Carboniferous Lorraine Basin (NE France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Hemelsdaël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beccaletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Izart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Marc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tectonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 42 (11), pp.1-27. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2022TC007668⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04285167v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geodynamic controls in the southernmost Northern Andes magmatic arc:Trace elements and Hf-O isotopic systematics in forearc detrital zircon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cesar Witt Olivo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Poujol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Massimo Chiaradia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diego Villagomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monique Seyler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geological Society of America Bulletin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 135 (7-8), pp.2141-2154. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1130/B36510.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03845056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de l’excursion sur les failles potentiellement actives dans le Nord de la France des 20 et 21 octobre 2022</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Chanier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Deschodt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lecocq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de la Société Géologique du Nord</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 30, pp.41-48. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.54563/asgn.2277⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04384742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le bassin sarro-lorrain, témoin de la transition syn- à post- orogénique varisque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beccaletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Hemelsdael</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Izart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raymond Michels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géochronique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 168, pp.31-37</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04403798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling the 3D geometry of the Dinantian carbonate geothermal reservoir in northern France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beccaletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lacquement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Zeitschrift der Deutschen Gesellschaft für Geowissenschaften ZDGG</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 172 (3), pp.293-305. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1127/zdgg/2021/0284⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04252401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3‐D Structure of the Variscan Thrust Front in Northern France: New Insights From Seismic Reflection Profiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beccaletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lacquement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tectonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 40 (7), </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2020TC006642⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04337843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zircon age of vaugnerite intrusives from the Central and Southern Vosges crystalline massif (E France): contribution to the geodynamics of the European Variscan belt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Guillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Lanari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Géologique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 191, pp.26. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/bsgf/2020027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03177061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A genetic link between synsedimentary tectonics-expelled fluids, microbial sulfate reduction and cone-in-cone structures.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tribovillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anélia Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melesio Quijada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Riboulleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sansjofre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine and Petroleum Geology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 93, pp.437-450. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.marpetgeo.2018.03.024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01821663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organic matter deposition in the Ghadames Basin (Libya) during the Late Devonian—A multidisciplinary approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Riboulleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amalia Spina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Vecoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Riquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melesio Quijada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 497, pp.37-51. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.palaeo.2018.02.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01780055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Project of 4-D modelling of the Nord – Pas-de-Calais coal basin: from the glass-tables of the Lille museum to a computer-based geometrical and tectonic modelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Crepin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Oudoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de la Société Géologique du Nord</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 24, pp.33-41. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.54563/asgn.857⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04387709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Small-scaled lateral variations of an organic-rich formation in a ramp-type depositional environment (the Late Jurassic of the Boulonnais, France): impact of the clastic supply.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ebraheem Hatem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tribovillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viviane Bout-Roumazeilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Trentesaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Géologique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 188 (5), pp.31. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/bsgf/2017193⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01638352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Early diagenetic formation of carbonates in a clastic-dominated ramp environment impacted by synsedimentary faulting-induced fluid seepage – Evidence from the Late Jurassic Boulonnais Basin (N France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Hatem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tribovillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sansjofre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Adatte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine and Petroleum Geology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 72, pp.12-29. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.marpetgeo.2016.01.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01459041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iron availability as a dominant control on the primary composition and diagenetic overprint of organic-matter-rich rocks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Tribovillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Hatem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Barbecot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Bout-Roumazeilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Geology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 401, pp.67-82. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.chemgeo.2015.02.026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01140047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oyster patch reefs as indicators of fossil hydrocarbon seeps induced by synsedimentary faults</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Hatem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Tribovillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Vidier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Sansjofre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine and Petroleum Geology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 55, pp.176-185. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.marpetgeo.2013.12.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01122481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Early diagenetic carbonate bed formation at the sediment-water interface triggered by synsedimentary faults</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Tribovillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Sansjofre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magalie Ader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Trentesaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Geology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 300-301, pp.:1-13 (IF 3,722)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00675200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geometry and kinematics of the Boulonnais fold-andthrust belt (N France): implications for the dynamics of the Northern Variscan thrust front</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Mansy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Lamarcheb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lacquement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Hanot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geodinamica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 17 (2), pp.163-178. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/ga.17.163-178⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03784006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Did a Katian large igneous province trigger the Late Ordovician glaciation?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Servais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 296 (3-4), pp.310-319. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.palaeo.2010.04.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03947175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inversion tectonics at the Northern Margin of the Paris Basin (northern France): new evidence from seismic profiles and boreholes interpolation in the Artois Area</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Minguely</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Patin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Rolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Hanot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Géologique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 181 (5), pp.429-442. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2113/gssgfbull.181.5.429⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00537837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diagenetic versus detrital origin of the magnetic susceptibility variations in some carbonate Frasnian-Famennian boundary sections from Northern Africa and Western Europe: implications for paleoenvironmental reconstructions.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Riquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Devleeschouwer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tribovillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Earth Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 99 (Suppl 1), pp.57-73. </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00531-009-0492-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00520492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Late Frasnian Kellwasser horizons of the Harz Mountains (Germany): Two oxygen-deficient periods resulting from different mechanisms.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Riquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tribovillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Devleeschouwer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Riboulleau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Geology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 233, pp.137-155</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00351107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Late Frasnian Kellwasser horizons of the Harz Mountains (Germany): two oxygen-deficient periods resulting from different mechanisms.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Riquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tribovillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Devleeschouwer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Riboulleau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Geology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 233 (1-2), pp.137-155. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.chemgeo.2006.02.021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00511955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Typologie du zircon des bentonites du Frasnien (carrière du Lion, Belgique) : utilité avant la datation U-Pb</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Guillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lasalle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Deconinck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Pellenard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géologie de la France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 1-2, pp.59-63</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00199800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apport de la modélisation géophysique à la compréhension de la structuration du Pas de Calais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Minguely</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.L. Mansy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Everaerts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G.M. Manby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">C. R. Geosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 337, pp.305-313</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00350443v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mountain building-enhanced continental weathering and organic carbon burial as major causes for climatic cooling at the Frasnian-Famennian boundary (c. 376 Ma)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tribovillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Devleeschouwer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Riquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Mistiaen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Terra Nova</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 17, pp.25-34</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00326076v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transpressional deformations at lateral boundaries of propagating thrust-sheets: the example of the Meuse Valley Recess within the Ardennes Variscan fold-and-thrust belt (N France–S Belgium)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lacquement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-L. Mansy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Szaniawski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Lewandowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Structural Geology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 27 (10), pp.1788-1802. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jsg.2005.05.017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03758314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transpressional deformations at lateral boundaries of propagating thrust-sheets : the example of the Meuse Valley Recess within the Ardennes Variscan fold-thrust belt (N France-S Belgium).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lacquement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.L. Mansy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Szaniawski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marek Lewandowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Structural Geology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 27, pp.1788-1802</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00340199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep-water anoxia over the Frasnian-Famennian boundary (La Serre, S France) : a tectonically-induced oceanic anoxic event ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tribovillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Devleeschouwer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Racki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Riboulleau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Terra Nova</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 16, pp.288-295</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00351349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geometry and kinematics of the Boulonnais fold-and-thrust belt (N France) : implications for the dynamics of the Northern Variscan thrust front</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.L. Mansy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lacquement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Hanot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geodinamica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, vol 2 (17), pp.163-178</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00326082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamics and inversion of the Mesozoic Basin of the Weald-Boulonnais area : role of basement reactivation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.L. Mansy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G.M. Manby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Everaerts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Bergerat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tectonophysics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 373, pp.161-179</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00021275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cinematique des deformations au sein d'un systeme chevauchant aveugle; l'exemple de la &amp;quot;Montagna dei Fiori&amp;quot; (front des Apennins centraux, Italie)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Massimo Mattei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Kissel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Frizon de Lamotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Speranza</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Géologique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 166 (5), pp.451-461. </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2113/gssgfbull.166.5.451⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03610364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First paleomagnetic evidence for a post-Eocene clockwise rotation of the Western Taurides thrust belt east of the Isparta reentrant (Southwestern Turkey)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Kissel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Frizon de Lamotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Monod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Allerton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Earth and Planetary Science Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1993, 117 (1-2), pp.1-14. </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/0012-821X(93)90113-N⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03584941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnetic fabric as a structural indicator of the deformation path within a fold-thrust structure: a test case from the Corbières (NE Pyrenees, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Frizon de Lamotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Kissel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Structural Geology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1992, 14 (4), pp.461-474. </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/0191-8141(92)90106-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03583557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3-D geometrical modelling of the Dinantian carbonate reservoir in Northern France: new constraints for the regional development of deep geothermy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beccaletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lacquement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU Assembly Vienna</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Vienne (AUT), Austria. 2023, </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu23-6370⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04252349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling the 3-D geometry of the Dinantian carbonates reservoir in the Nord-Pas-de-Calais coal district area: towards a better characterization of the deep geothermal potential in Northern France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beccaletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lacquement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th European Geothermal PhD Days</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2021, Cergy Pontoise, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04386068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decipher the evolution of the Permo-Carboniferous Lorraine-Saar basin (France, Germany) by constructing a regional 3D geological model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Hemelsdaël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beccaletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Izart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raymond Michels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Deepsurf International Conference 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Nancy, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03356657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rift basins and structural inheritance on the western termination of the North Anatolian Fault, Aegean Sea (Greece) ; First results from WATER cruise (R/V Tethys II, July 2017)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Chanier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Gaullier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Bailleul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Jollivet-Castelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Maillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26ème Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04395903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence de l’héritage des structures compressives sur l’extension active en Grèce continentale : résultats de modélisation expérimentale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Chanier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Boivin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bonnière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno C. Vendeville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26ème Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04395853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation structurale 3-D de l’anticlinal-faillé du Mélantois, S-E de la métropole de Lille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joris Mavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Meilliez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassir Amraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26ème Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04395835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of compressional structure inheritance on active extension in continental Greece: insights from experimental modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Chanier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Boivin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bonnière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno C. Vendeville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04395615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation 3-D de la structure du bassin minier du Nord-Pas-de-Calais : analyse critique des anciennes interprétations de 1905 et 1963</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Crépin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Oudoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26ème Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04395887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (18)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cartographie et cinématique des déformations des séries du Jurassique Supérieur au sein de la zone de faille du Cap Gris-Nez (détroit du Pas de Calais)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aboubacar Dibousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Gaullier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Blaise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Eghymanche 2023 (Ecologie marine, géosciences et hydrodynamique sur la façade Manche – Mer du Nord)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Schmitt, François; Gaullier, Virginie; Monchy, Sébastien, Jul 2023, Wimereux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04171811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A deformed wedge-top basin inverted during the collapse of the Variscan belt: the Permo-Carboniferous Lorraine Basin (NE France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Hemelsdaël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beccaletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Izard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raymond Michels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Vienna, Austria. pp.e2022TC007668, </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2022TC007668⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05189327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D exploration of sedimentary basins in the context of energy transition : example of the Permo-Carboniferous Lorraine Basin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Hemelsdaël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salim Allouti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beccaletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raymond Michels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DEEPSURF 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03794710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les bassins sédimentaires carbonifères-permiens : témoins de la transition syn- à post-orogénique varisque et usages du sous-sol - Apports de la sismique réflexion.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beccaletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Hemelsdaël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque SGF « Evolution de la chaîne varisque et ressources associées »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SGF, Nov 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04386160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Activities of the RESIF-ATS-FACT group for Northern France region R7 to improve the knowledge on potential active faults</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Antoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Jomard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Camelbeeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Lecocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop on “Active tectonics and dating”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Praz-sur-Arly, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03620960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating recent seismotectonic activity of the Haubourdin fault in the Mélantois anticline area (Northern France) using LiDAR dataset and GPR survey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Chanier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Watremez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Ouchaou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop on “Active tectonics and dating”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SIGMA2-RESIF, Sep 2021, Praz-sur-Arly, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04386107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution d'un rift actif en limite de plaques Eurasie-Egée diffuse et dans le prolongement de la Faille Nord-Anatolienne (projet WATER)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Caroir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Chanier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Gaullier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Bailleul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Maillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03587899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The North Evia Gulf rift system in Central Greece: structural development and crustal inheritances from onshore fault analysis and offshore Sparker seismic data (WATER project)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Chanier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Caroir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Gaullier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Bailleul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Maillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Vienna, Austria. </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu21-12256⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03669246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Activities of the RESIF-ATS-FACT group for Northern France region to improve the knowledge on potential active faults</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Antoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Jomard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Camelbeeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lecocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque GHYMANCHE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Wimereux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03980090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating recent seismotectonic activity of the Haubourdin fault in the Mélantois anticline area (Northern France) using LiDAR dataset and GPR survey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Chanier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Watremez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Ouchaou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GHYMANCHE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Wimereux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04386128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tectono-stratigraphic evolution of the Permo-Carboniferous Lorraine-Saar basin constrained by 3D geological modeling (France, Germany)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Hemelsdaël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beccaletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Izart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raymond Michels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27ème Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03435463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D structural modelling of the Dinantian deep geothermal reservoir in the Nord-Pas-de-Calais coal district area (Northern France).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beccaletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lacquement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MEET - Multi-sites EGS Demonstration – Geothermal Winter School</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2021, Online conference, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04386170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recent and active deformation in the North Evia domain, a diffuse plate boundary between Eurasia and Aegean plates in the Western termination of the North Anatolian Fault.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Caroir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Chanier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Gaullier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Bailleul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Maillard-Lenoir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">vEGU21</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, à renseigner, Unknown Region. </w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu21-12153⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03669247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Sarro-Lorraine Basin (SLB) in the frame of the Variscan orogeny: structure and tecto-sedimentary schedule</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beccaletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Izart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th International Congress on the Carboniferous and Permian</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Cologne, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02094671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rift basins and active tectonic control on sedimentary distribution on the western termination of the North Anatolian Fault, Aegean See (Greece) ; First results from WATER cruise (R/V Téthys II, July 2017)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Caroir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Gaullier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Chanier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Bailleul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st EGU General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, à renseigner, Unknown Region</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03669379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New insight on the 3D geometry of the Nord-Pas-de-Calais coal basin (N France) and its Devono-Carboniferous substratum by seismic imaging – contribution to a better definition of the low-energy geothermal resources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beccaletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Capar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th International Congress on the Carboniferous and Permian</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, German Stratigraphic Commission, Jul 2019, Cologne, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04387869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vaugnérites des Vosges : datations U-Pb sur zircon par LA-ICP-MS et hypothèses génétiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Guillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Lanari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26ème Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société géologique de France, Oct 2018, Lille, France. pp.530</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03247814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La chaîne varisque vue depuis son front nord : dynamique du front de chaîne, sous-charriage crustal de la marge avalonienne et délamination associée de la lithosphère supra-subduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lacquement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Meilliez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Graveleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beccaletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26ème Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Géologique de France, Oct 2018, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04395672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environmental changes at the Frasnian-Famennian boundary in Central Morocco (Northern Gondwana): integrated rock-magnetic and geochemical studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Riquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Averbuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tribovillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderrazak El Albani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Lazreq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">R.T. Becker &amp; W.T. Kirchgasser. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Devonian Events and Correlations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Geological Society - Special Publication 278, pp.197-217, 2007, </w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1144/SP278.9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00523941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId233"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05181264v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tribovillard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Averbuch" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Guillot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Bout-Roumazeilles" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Ventalon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crgeos.301" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05067383v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Blaise" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Missenard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Roy" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Jullien-Sicre" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1144/jgs2024-222" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410588v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Graveleau" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bossennec" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Pomart" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dupont" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05403912v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Iglesias" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Witt" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Poma" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Bruguier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bosch" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lithos.2025.108159" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410599v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Laurent" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Beccaletto" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54563/asgn.2700" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04285167v2" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Hemelsda&#235;l" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Izart" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Marc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022TC007668" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03845056v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesar Witt Olivo" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Poujol" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Chiaradia" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Villagomez" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Seyler" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1130/B36510.1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04404646v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lacquement" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04384742v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Chanier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Deschodt" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lecocq" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54563/asgn.2277" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04403798v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Hemelsdael" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Izart" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Michels" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04252401v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1127/zdgg/2021/0284" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04337843v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Laurent" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020TC006642" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03177061v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Dubois" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Durand" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lanari" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/bsgf/2020027" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01821663v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=An&#233;lia Petit" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melesio Quijada" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Riboulleau" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sansjofre" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpetgeo.2018.03.024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D8SZ73C8-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01780055v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amalia Spina" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Vecoli" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Riquier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2018.02.004" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04387709v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Crepin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Oudoire" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54563/asgn.857" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01638352v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ebraheem Hatem" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Trentesaux" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/bsgf/2017193" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01459041v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Hatem" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Adatte" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpetgeo.2016.01.010" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9LQ5D6KM-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01140047v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Tribovillard" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Barbecot" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bout-Roumazeilles" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2015.02.026" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01122481v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Averbuch" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Vidier" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sansjofre" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpetgeo.2013.12.005" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WLTHKL15-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00675200v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Ader" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Trentesaux" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03784006v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Mansy" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Lamarcheb" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Hanot" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ga.17.163-178" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00520492v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Devleeschouwer" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00531-009-0492-7" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-F85JM5SJ-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03947175v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lefebvre" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Servais" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Fran&#231;ois" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2010.04.010" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FRM60HMH-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-00537837v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Minguely" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Patin" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rolin" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2113/gssgfbull.181.5.429" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00351107v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00511955v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2006.02.021" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PB1496N4-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00199800v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Lasalle" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Deconinck" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pellenard" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00350443v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Mansy" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Everaerts" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.M. Manby" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00326076v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Mistiaen" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03758314v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Mansy" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Szaniawski" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lewandowski" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsg.2005.05.017" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LZM4RZJZ-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00340199v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marek Lewandowski" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00351349v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Racki" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00326082v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lamarche" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hanot" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021275v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Bergerat" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03610364v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Mattei" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Kissel" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Frizon de Lamotte" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Speranza" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2113/gssgfbull.166.5.451" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03584941v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Monod" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Allerton" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0012-821X(93)90113-N" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/697301BCBB1EFA5B5AA239A058CB04CE1EE49173/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03583557v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0191-8141(92)90106-7" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BRVZR5ZB-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04171811v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aboubacar Dibousse" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Gaullier" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cohen" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Blaise" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05189327v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Hemelsda&#235;l" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Izard" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04386160v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03794710v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salim Allouti" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04386170v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03669247v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Caroir" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bailleul" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Maillard-Lenoir" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-12153" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04386107v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Watremez" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Ouchaou" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620960v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Antoine" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Jomard" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Camelbeeck" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Lecocq" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587899v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Maillard" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03669246v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-12256" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03980090v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Camelbeeck" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04386128v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03435463v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03669379v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04387869v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Capar" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-02094671v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03247814v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Guillot" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395672v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Meilliez" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04252349v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-6370" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04386068v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03356657v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395887v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Cr&#233;pin" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395853v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Boivin" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bonni&#232;re" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno C. Vendeville" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395835v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Mavel" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassir Amraoui" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04395903v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Jollivet-Castelot" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395615v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00523941v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrazak El Albani" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Lazreq" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1144/SP278.9" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/948682E99A8CAFEE3AC709744D99C1D3D38E1C0B/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410588v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Graveleau" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bossennec" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Pomart" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Averbuch" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dupont" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05067383v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Blaise" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Missenard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Roy" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Jullien-Sicre" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1144/jgs2024-222" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05403912v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Iglesias" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Witt" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Poma" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Bruguier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bosch" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lithos.2025.108159" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410599v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Laurent" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Beccaletto" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54563/asgn.2700" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05181264v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tribovillard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Guillot" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Bout-Roumazeilles" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Ventalon" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crgeos.301" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04404646v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lacquement" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04285167v2" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Hemelsda&#235;l" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Izart" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Marc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022TC007668" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03845056v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesar Witt Olivo" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Poujol" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Chiaradia" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Villagomez" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Seyler" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1130/B36510.1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04384742v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Chanier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Deschodt" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lecocq" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54563/asgn.2277" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04403798v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Hemelsdael" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Izart" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Michels" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04252401v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1127/zdgg/2021/0284" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04337843v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Laurent" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020TC006642" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03177061v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Dubois" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Durand" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lanari" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/bsgf/2020027" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01821663v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=An&#233;lia Petit" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melesio Quijada" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Riboulleau" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sansjofre" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpetgeo.2018.03.024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D8SZ73C8-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01780055v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amalia Spina" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Vecoli" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Riquier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2018.02.004" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04387709v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Crepin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Oudoire" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54563/asgn.857" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01638352v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ebraheem Hatem" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Trentesaux" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/bsgf/2017193" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01459041v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Hatem" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Adatte" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpetgeo.2016.01.010" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9LQ5D6KM-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01140047v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Tribovillard" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Barbecot" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bout-Roumazeilles" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2015.02.026" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01122481v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Averbuch" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Vidier" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sansjofre" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpetgeo.2013.12.005" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WLTHKL15-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00675200v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Ader" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Trentesaux" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03784006v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Mansy" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Lamarcheb" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Hanot" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ga.17.163-178" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03947175v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lefebvre" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Servais" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Fran&#231;ois" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2010.04.010" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FRM60HMH-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-00537837v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Minguely" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Patin" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rolin" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2113/gssgfbull.181.5.429" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00520492v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Devleeschouwer" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00531-009-0492-7" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-F85JM5SJ-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00351107v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00511955v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2006.02.021" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PB1496N4-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00199800v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Lasalle" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Deconinck" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pellenard" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00350443v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Mansy" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Everaerts" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.M. Manby" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00326076v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Mistiaen" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03758314v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Mansy" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Szaniawski" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lewandowski" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsg.2005.05.017" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LZM4RZJZ-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00340199v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marek Lewandowski" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00351349v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Racki" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00326082v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lamarche" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hanot" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021275v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Bergerat" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03610364v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Mattei" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Kissel" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Frizon de Lamotte" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Speranza" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2113/gssgfbull.166.5.451" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03584941v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Monod" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Allerton" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0012-821X(93)90113-N" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/697301BCBB1EFA5B5AA239A058CB04CE1EE49173/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03583557v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0191-8141(92)90106-7" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BRVZR5ZB-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04252349v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-6370" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04386068v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03356657v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Hemelsda&#235;l" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04395903v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Gaullier" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bailleul" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Jollivet-Castelot" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Maillard" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395853v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Boivin" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bonni&#232;re" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno C. Vendeville" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395835v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Mavel" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Meilliez" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassir Amraoui" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395615v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395887v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Cr&#233;pin" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04171811v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aboubacar Dibousse" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cohen" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Blaise" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05189327v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Izard" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03794710v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salim Allouti" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04386160v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620960v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Antoine" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Jomard" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Camelbeeck" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Lecocq" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04386107v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Watremez" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Ouchaou" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587899v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Caroir" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03669246v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-12256" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03980090v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Camelbeeck" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04386128v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03435463v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04386170v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03669247v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Maillard-Lenoir" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-12153" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-02094671v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03669379v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04387869v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Capar" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03247814v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Guillot" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395672v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00523941v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrazak El Albani" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Lazreq" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1144/SP278.9" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/948682E99A8CAFEE3AC709744D99C1D3D38E1C0B/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>