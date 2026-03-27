--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -1149,433 +1149,433 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05069462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">À l’écoute des situations de travail. Expériences radiophoniques dans une formation de paysagistes</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Voyage au pays des ambiances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Gaudin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RadioMorphoses. Revue d'études radiophoniques et sonores</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/radiomorphoses.3188⟩</w:t>
+              <w:t xml:space="preserve"> Ambiances : Revue internationale sur l’environnement sensible, l’architecture et l’espace urbain </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/ambiances.4234⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05079458v1</w:t>
+                <w:t xml:space="preserve">hal-05068607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Voyage au pays des ambiances</w:t>
+                <w:t xml:space="preserve">Un Américain à Marseille. Une traversée sociologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Gaudin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Ambiances : Revue internationale sur l’environnement sensible, l’architecture et l’espace urbain </w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Métropolitiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05068607v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05066502v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un Américain à Marseille. Une traversée sociologique</w:t>
+                <w:t xml:space="preserve">Reconstruction en écologie ? John Dewey : vivre une expérience, définir des situations, faire l’environnement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Gaudin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Métropolitiques</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Ecorev' - Revue critique d'écologie politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, N° 52 (1), pp.111-128. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/ecorev.052.0111⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-05066502v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05079445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reconstruction en écologie ? John Dewey : vivre une expérience, définir des situations, faire l’environnement</w:t>
+                <w:t xml:space="preserve">Du jeu dans le paysage. Un tour de la France par deux artistes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Gaudin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecorev' - Revue critique d'écologie politique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/ecorev.052.0111⟩</w:t>
+              <w:t xml:space="preserve">Métropolitiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.56698/metropolitiques.1851⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-05079445v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05066495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Du jeu dans le paysage. Un tour de la France par deux artistes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">À l’écoute des situations de travail. Expériences radiophoniques dans une formation de paysagistes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lolita Voisin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Gaudin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Métropolitiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, </w:t>
+              <w:t xml:space="preserve">RadioMorphoses. Revue d'études radiophoniques et sonores</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 8, </w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.56698/metropolitiques.1851⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/radiomorphoses.3188⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-05066495v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05079458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La critique d’espace public : dire le politique du projet de paysage</w:t>
               </w:r>
@@ -2077,252 +2077,252 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05355524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pragmatist Views on Urban Experience: Sensorial Perception in Urban Studies</w:t>
+                <w:t xml:space="preserve">Entre campagne publicitaire et films d’auteur : douze paysages urbains italiens au cinéma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Gaudin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pragmatism Today</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Projets de paysage : revue scientifique sur la conception et l'aménagement de l'espace</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 19, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/paysage.451⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05355103v1</w:t>
+                <w:t xml:space="preserve">hal-05355118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Entre campagne publicitaire et films d’auteur : douze paysages urbains italiens au cinéma</w:t>
+                <w:t xml:space="preserve">Les scènes urbaines de la peur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Gaudin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Projets de paysage : revue scientifique sur la conception et l'aménagement de l'espace</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Communications [EHESS]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, n° 102 (1), pp.219-232. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/commu.102.0219⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/paysage.451⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05355118v1</w:t>
+                <w:t xml:space="preserve">hal-05070667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les scènes urbaines de la peur</w:t>
+                <w:t xml:space="preserve">Pragmatist Views on Urban Experience: Sensorial Perception in Urban Studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Gaudin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications [EHESS]</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Pragmatism Today</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9 (1)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/commu.102.0219⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05070667v1</w:t>
+                <w:t xml:space="preserve">hal-05355103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (9)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2334,367 +2334,367 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ruines</w:t>
+                <w:t xml:space="preserve">L’architecture peut-elle se passer du concept d’idéologie ? Pour un pluralisme critique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Gaudin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Clélia Zernik; Justin Jaricot. </w:t>
+              <w:t xml:space="preserve">Gilles Delalex; Can Onaner. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Abécédaire de la beauté</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, pp.176-180, 2022, 9782490077731</w:t>
+              <w:t xml:space="preserve">Architecture et idéologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ENSBA éditions, pp.12-37, 2022, 9782840566885</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05355642v1</w:t>
+                <w:t xml:space="preserve">hal-05355639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’architecture peut-elle se passer du concept d’idéologie ? Pour un pluralisme critique</w:t>
+                <w:t xml:space="preserve">Comme un univers entier : Pasolini aux marges de la ville industrielle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Gaudin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Gilles Delalex; Can Onaner. </w:t>
+              <w:t xml:space="preserve">Anne-Lise Marin-Lamellet; Georges-Henry Laffont. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Architecture et idéologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ENSBA éditions, pp.12-37, 2022, 9782840566885</w:t>
+              <w:t xml:space="preserve">La ville industrielle à l’écran. Objet cinématographique à identifier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses universitaires François-Rabelais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.159-176, 2022, Villes et territoires, 9782869068759</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05355639v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05355641v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comme un univers entier : Pasolini aux marges de la ville industrielle</w:t>
+                <w:t xml:space="preserve">Chicago 1900. Between Urban Hell and Paradise Lost: Suburbia vs. City?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Gaudin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Anne-Lise Marin-Lamellet; Georges-Henry Laffont. </w:t>
+              <w:t xml:space="preserve">Marie Bouchet; Nathalie Cochoy; Isabelle Keller-Privat; Mathilde Rogez. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La ville industrielle à l’écran. Objet cinématographique à identifier</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, </w:t>
+              <w:t xml:space="preserve">The Suburbs. New Literary Perspectives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1, </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Presses universitaires François-Rabelais</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bloomsbury Publishing; The Rowman &amp; Littlefield Publishing Group</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.163-182, 2022, 9781683933021. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5040/9781683935551.ch-11⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05355641v1</w:t>
+                <w:t xml:space="preserve">hal-05355643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chicago 1900. Between Urban Hell and Paradise Lost: Suburbia vs. City?</w:t>
+                <w:t xml:space="preserve">Ruines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Gaudin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Marie Bouchet; Nathalie Cochoy; Isabelle Keller-Privat; Mathilde Rogez. </w:t>
+              <w:t xml:space="preserve">Clélia Zernik; Justin Jaricot. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Suburbs. New Literary Perspectives</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Abécédaire de la beauté</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éditions B42</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.176-180, 2022, 9782490077731</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bloomsbury Publishing; The Rowman &amp; Littlefield Publishing Group</w:t>
-[...31 lines deleted...]
-                <w:t xml:space="preserve">hal-05355643v1</w:t>
+                <w:t xml:space="preserve">hal-05355642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’anthropologie historique d’un point de vue pragmatiste : les postulats naturalistes de l’“enquête historique” chez John Dewey</w:t>
               </w:r>
@@ -3360,51 +3360,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Thibaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tixier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lolita Voisin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Paysages inouïs. Ecouter, résonner, habiter, 27-30 Oct 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Galaad Edizioni, pp.402, 2023, 979-12-80737-20-5</w:t>
@@ -3459,51 +3459,51 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Épisode 9 : Bilan des échanges de ces États généraux de la critique de projets d'espace public</w:t>
+                <w:t xml:space="preserve">Épisode 6 - Comment mener la critique de projets d'espaces publics ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Collectif Critique Et Projet De Paysage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Bercovitz</w:t>
@@ -3553,75 +3553,75 @@
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Son</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04532377v1</w:t>
+                <w:t xml:space="preserve">hal-04532278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Épisode 6 - Comment mener la critique de projets d'espaces publics ?</w:t>
+                <w:t xml:space="preserve">Épisode 3 : Quelles sont les visées et les enjeux de la critique d’espaces publics ? Partie 1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Collectif Critique Et Projet De Paysage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Bercovitz</w:t>
@@ -3671,75 +3671,75 @@
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Son</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04532278v1</w:t>
+                <w:t xml:space="preserve">hal-04532201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Épisode 3 : Quelles sont les visées et les enjeux de la critique d’espaces publics ? Partie 1</w:t>
+                <w:t xml:space="preserve">Épisode 4 : Quelles sont les visées et les enjeux de la critique d’espaces publics ? Partie 2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Collectif Critique Et Projet De Paysage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Bercovitz</w:t>
@@ -3789,311 +3789,311 @@
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Son</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04532201v1</w:t>
+                <w:t xml:space="preserve">hal-04532212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Épisode 2 : Réception de la critique par les concepteur·trices : comment la critique est-elle accueillie, recherchée et intégrée au processus de conception ?</w:t>
+                <w:t xml:space="preserve">Épisode 7 : Les enjeux de la critique : enseignement et apprentissages professionnels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Collectif Critique Et Projet De Paysage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Aurélien Ramos</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Bercovitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Biehler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Lolita Voisin</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernadette Blanchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Davodeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Son</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04532172v1</w:t>
+                <w:t xml:space="preserve">hal-04532322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Épisode 1 : Présentation du Collectif Critique et projet de paysage</w:t>
+                <w:t xml:space="preserve">Épisode 2 : Réception de la critique par les concepteur·trices : comment la critique est-elle accueillie, recherchée et intégrée au processus de conception ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Collectif Critique Et Projet De Paysage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Rémy Bercovitz</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Ramos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Biehler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Hervé Davodeau</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Keravel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lolita Voisin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Son</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04532122v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04532172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Épisode 4 : Quelles sont les visées et les enjeux de la critique d’espaces publics ? Partie 2</w:t>
+                <w:t xml:space="preserve">Épisode 1 : Présentation du Collectif Critique et projet de paysage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Collectif Critique Et Projet De Paysage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Bercovitz</w:t>
@@ -4143,75 +4143,75 @@
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Son</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04532212v1</w:t>
+                <w:t xml:space="preserve">hal-04532122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Épisode 7 : Les enjeux de la critique : enseignement et apprentissages professionnels</w:t>
+                <w:t xml:space="preserve">Épisode 8 : La critique et les médias</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Collectif Critique Et Projet De Paysage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Bercovitz</w:t>
@@ -4261,51 +4261,51 @@
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Son</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04532322v1</w:t>
+                <w:t xml:space="preserve">hal-04532337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Épisode 5 - Retour sur la critique</w:t>
               </w:r>
@@ -4403,51 +4403,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04532235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Épisode 8 : La critique et les médias</w:t>
+                <w:t xml:space="preserve">Épisode 9 : Bilan des échanges de ces États généraux de la critique de projets d'espace public</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Collectif Critique Et Projet De Paysage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Bercovitz</w:t>
@@ -4497,51 +4497,51 @@
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Son</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04532337v1</w:t>
+                <w:t xml:space="preserve">hal-04532377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -5144,51 +5144,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="E4E61D04"/>
+    <w:nsid w:val="E3C996DE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5375,51 +5375,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/oliviergaudin" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0008-0174-6644" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/7715148947781954950008" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000461093845" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://aau.archi.fr/equipe/gaudin-olivier/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-creaphis.com/fr/catalogue/view/1292/ecologie-humaine/?of=0" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cahiers-ecole-de-blois.fr/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://metropolitiques.eu/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revuepragmata.wordpress.com/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066522v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Cefai" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Berger" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Carlier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gaudin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Park" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05080237v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Cukier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/8174/les-sens-du-social-philosophie-et-sociologie" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05355087v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56698/metropolitiques.2188" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05065810v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56698/metropolitiques.1987" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068586v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12ts3" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05084460v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05065890v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56698/metropolitiques.2050" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05065911v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56698/metropolitiques.1969" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069462v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/visit.028.0124" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05079458v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lolita Voisin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/radiomorphoses.3188" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068607v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ambiances.4234" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066502v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05079445v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ecorev.052.0111" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066495v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56698/metropolitiques.1851" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03447177v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Blanchon" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Biehler" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Davodeau" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Delbaere" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ehrmann Sabine" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/paysage.20958" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066505v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066511v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437603v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Alonzo" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05355133v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/articulo.3947" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05355524v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ambiances.2229" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05355103v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05355118v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/paysage.451" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05070667v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/commu.102.0219" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05355642v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editions-b42.com/produit/abecedaire-de-la-beaute/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05355639v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05355641v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pufr-editions.fr/produit/la-ville-industrielle-a-lecran/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05355643v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bloomsburycollections.com/monograph-detail?docid=b-9781683935551&amp;amp;pdfid=9781683935551.ch-11.pdf&amp;amp;tocid=b-9781683935551-chapter11" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5040/9781683935551.ch-11" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05355527v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/7720/pour-une-anthropologie-historique-de-la-nature" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05355530v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.deutscherkunstverlag.de/de/books/9783422074576/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05355110v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.141777" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05355646v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsbdl.com/produit/la-theorie-sociale-de-g-h-mead/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05355645v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pufr-editions.fr/produit/lire-les-villes/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05157183v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05081255v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061887v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Michi" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Thibaud" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tixier" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532377v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Collectif Critique Et Projet De Paysage" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Bercovitz" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532278v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532201v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532172v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Ramos" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Keravel" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532122v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532212v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532322v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532235v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532337v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05314696v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bonicco-Donato" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Raveneau" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Acquier" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05314812v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;a Manola" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05355962v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Cochoy" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/transatlantica.6393" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05163743v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Thomas" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Brayer" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Garnier" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/oliviergaudin" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0008-0174-6644" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/7715148947781954950008" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000461093845" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://aau.archi.fr/equipe/gaudin-olivier/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-creaphis.com/fr/catalogue/view/1292/ecologie-humaine/?of=0" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cahiers-ecole-de-blois.fr/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://metropolitiques.eu/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revuepragmata.wordpress.com/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066522v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Cefai" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Berger" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Carlier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gaudin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Park" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05080237v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Cukier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/8174/les-sens-du-social-philosophie-et-sociologie" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05355087v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56698/metropolitiques.2188" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05065810v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56698/metropolitiques.1987" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068586v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12ts3" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05084460v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05065890v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56698/metropolitiques.2050" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05065911v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56698/metropolitiques.1969" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069462v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/visit.028.0124" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068607v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ambiances.4234" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066502v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05079445v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ecorev.052.0111" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066495v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56698/metropolitiques.1851" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05079458v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lolita Voisin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/radiomorphoses.3188" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03447177v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Blanchon" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Biehler" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Davodeau" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Delbaere" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ehrmann Sabine" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/paysage.20958" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066505v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066511v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437603v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Alonzo" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05355133v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/articulo.3947" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05355524v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ambiances.2229" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05355118v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/paysage.451" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05070667v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/commu.102.0219" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05355103v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05355639v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05355641v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pufr-editions.fr/produit/la-ville-industrielle-a-lecran/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05355643v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bloomsburycollections.com/monograph-detail?docid=b-9781683935551&amp;amp;pdfid=9781683935551.ch-11.pdf&amp;amp;tocid=b-9781683935551-chapter11" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5040/9781683935551.ch-11" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05355642v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editions-b42.com/produit/abecedaire-de-la-beaute/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05355527v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/7720/pour-une-anthropologie-historique-de-la-nature" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05355530v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.deutscherkunstverlag.de/de/books/9783422074576/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05355110v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.141777" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05355646v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsbdl.com/produit/la-theorie-sociale-de-g-h-mead/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05355645v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pufr-editions.fr/produit/lire-les-villes/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05157183v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05081255v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061887v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Michi" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Thibaud" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tixier" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532278v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Collectif Critique Et Projet De Paysage" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Bercovitz" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532201v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532212v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532322v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532172v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Ramos" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Keravel" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532122v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532337v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532235v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532377v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05314696v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bonicco-Donato" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Raveneau" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Acquier" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05314812v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;a Manola" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05355962v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Cochoy" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/transatlantica.6393" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05163743v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Thomas" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Brayer" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Garnier" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>