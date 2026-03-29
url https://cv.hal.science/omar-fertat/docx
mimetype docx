--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -2473,173 +2473,173 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04825477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La nouvelle scène théâtrale marocaine : tendance et sensibilités</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Omar Fertat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Publications de la Faculté des Lettres et des Sciences humaines de Rabat. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Interférences et dialogues des arts et des genres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04825466v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La présence de l’Afrique dans le théâtre marocain : l’exemple de la Naqsha de Tayeb Saddiki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Omar Fertat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Publications Policy center for new South. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’Africanité de la Culture Marocaine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04825474v1</w:t>
-              </w:r>
-[...71 lines deleted...]
-                <w:t xml:space="preserve">hal-04825466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molière et l’Afrique</w:t>
               </w:r>
@@ -2972,307 +2972,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02435704v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">De la représentation et de l’altérité dans le monde arabo-musulman</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Omar Fertat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’Autre et ses représentations dans la culture arabo-musulmane</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02435702v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les stratégies narratives à l’oeuvre dans le théâtre de Rabih Mroué et Lina Saneh</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Omar Fertat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Khalid Amin, Hasssan Youssfi. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’acte narratif dans le théâtre contemporain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Le Centre international des études du spectacle, pp.43-57, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02364309v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La formation théâtrale au Maroc : de la forêt des Chênes à l’Institut Supérieur d’Art dramatique et d’animation culturelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Omar Fertat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Des Formations pour la scène mondiale aujourd'hui</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02435699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">État des lieux du théâtre marocain : 1990-2010</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Omar Fertat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transformations : changements et renouveaux dans la littérature et le cinéma au Maghreb depuis 1990</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02435696v1</w:t>
-              </w:r>
-[...140 lines deleted...]
-                <w:t xml:space="preserve">hal-02364309v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rabih Mroué et Lina Saneh. Comment ralentir l'occultation du corps/individu ?</w:t>
               </w:r>
@@ -3987,51 +3987,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="1436CC74"/>
+    <w:nsid w:val="37FCCB11"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4218,51 +4218,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/omar-fertat" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0578-4740" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/131347756" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799589v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Fertat" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48384/IMIST.PRSM/lcs-v7i2.25293" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799597v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34874/PRSM.filigranes-vol1iss1.625" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799593v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02435712v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02435710v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02435707v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02435705v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02435701v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02435674v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02435693v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02435669v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02435661v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02435651v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04825446v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04825444v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04825443v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04825447v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04825439v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04825438v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04825436v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-05353196v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Laplace-Claverie" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Brion" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02490342v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522714v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02490336v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522731v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522757v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522801v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308503v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yamna Chadli Abdelkader" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bazile" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02638287v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-04825481v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-04825477v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5040/9781350355729.ch-011" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-04825474v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-04825466v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-04825461v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02435709v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-04825463v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02435708v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02435704v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02435699v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02435696v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02435702v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02364309v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02435690v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02435685v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02435682v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02435666v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02435678v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02435658v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02435655v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05035887v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05035647v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/omar-fertat" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0578-4740" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/131347756" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799589v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Fertat" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48384/IMIST.PRSM/lcs-v7i2.25293" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799597v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34874/PRSM.filigranes-vol1iss1.625" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799593v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02435712v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02435710v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02435707v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02435705v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02435701v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02435674v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02435693v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02435669v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02435661v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02435651v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04825446v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04825444v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04825443v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04825447v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04825439v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04825438v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04825436v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-05353196v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Laplace-Claverie" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Brion" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02490342v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522714v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02490336v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522731v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522757v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522801v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308503v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yamna Chadli Abdelkader" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bazile" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02638287v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-04825481v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-04825477v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5040/9781350355729.ch-011" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-04825466v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-04825474v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-04825461v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02435709v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-04825463v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02435708v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02435704v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02435702v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02364309v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02435699v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02435696v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02435690v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02435685v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02435682v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02435666v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02435678v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02435658v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02435655v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05035887v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05035647v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>