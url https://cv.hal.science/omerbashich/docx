--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Mensur Omerbashich </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Geophysics Onlinewww.geophysicsonline.org</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">omerbashich</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> arXiv : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">omerbashich_m_1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> VIAF : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">310620556</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ISNI : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000000127308943</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ResearcherID : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J-4532-2014</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">A global dynamicist and theoretical (geo)physicist with several fundamental discoveries to his credit — all in the form of exact science and sole-authorship data papers. </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">More...</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sun dims as failed star Jupiter tries to go full-on pulsar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Omerbashich</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 66 (https://n2t.net/ark:/88439/x010002), pp.15-24. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21227/cv28-8929⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04885071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jupiter's primordial beat of superoutbursting stars</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Omerbashich</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 66 (https://n2t.net/ark:/88439/x001607), pp.1-14. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.5508273⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04464063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Global coupling mechanism of Sun resonant forcing of Mars, Moon, and Earth seismicity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Omerbashich</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 65 (https://n2t.net/ark:/88439/x040901), pp.1-46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (data paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04464058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Sun as a revolving-field magnetic alternator with a wobbling-core rotator from real data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Omerbashich</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 65 (https://n2t.net/ark:/88439/x080008), pp.48-77</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (data paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04464065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detection and mapping of Earth body resonances with continuous GPS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Omerbashich</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 64 (https://n2t.net/ark:/88439/x073994), pp.12 - 33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (data paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04464049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-marine tetrapod extinctions solve extinction periodicity mystery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mensur Omerbashich</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Historical Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 34 (1), pp.188-191. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/08912963.2021.1907367⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04464060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Solar Origin of Alleged Mass Extinction Periods in Records of Natural Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Omerbashich</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Paleontological Journal / Paleontologicheskii Zhurnal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01883577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Earth body resonance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Omerbashich</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, https://n2t.net/ark:/88439/x020219, 63 (1), pp.15-29</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02080593v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moon body resonance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Omerbashich</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, https://n2t.net/ark:/88439/x034508, 63 (1), pp.30-42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02270359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theoretical Value of Newtonian Constant G Confirmed by the International Bureau of Weights & Measures in Paris, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Omerbashich</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the European Royal Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 4 (1), pp.3-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01101940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hyperresonance Unifying Theory and the resulting Law</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mensur H.R.H. Omerbashich</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the European Royal Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 1 (1), pp.5-11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00808674v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Earth as a time crystal: macroscopic nature of a quantum-scale phenomenon exposes quantum physics as tidally-resonantly localized to host star</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mensur Omerbashich</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (preprint/prepublication)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04464061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Astrophysical cause of tectonics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Omerbashich</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01291138v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milky Way does not cause periodic mass extinctions on Earth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Omerbashich</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01184503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId34"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Mensur Omerbashich </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Geophysics Onlinewww.geophysicsonline.org</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">omerbashich</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> arXiv : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">omerbashich_m_1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> VIAF : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">310620556</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ISNI : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000000127308943</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ResearcherID : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J-4532-2014</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">A global dynamicist and theoretical (geo)physicist with several fundamental discoveries to his credit — all in the form of exact science and sole-authorship data papers. </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">More...</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sun dims as failed star Jupiter tries to go full-on pulsar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Omerbashich</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 66 (https://n2t.net/ark:/88439/x010002), pp.15-24. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21227/cv28-8929⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04885071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jupiter's primordial beat of superoutbursting stars</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Omerbashich</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 66 (https://n2t.net/ark:/88439/x001607), pp.1-14. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.5508273⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04464063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Global coupling mechanism of Sun resonant forcing of Mars, Moon, and Earth seismicity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Omerbashich</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 65 (https://n2t.net/ark:/88439/x040901), pp.1-46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (data paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04464058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Sun as a revolving-field magnetic alternator with a wobbling-core rotator from real data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Omerbashich</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 65 (https://n2t.net/ark:/88439/x080008), pp.48-77</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (data paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04464065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detection and mapping of Earth body resonances with continuous GPS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Omerbashich</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 64 (https://n2t.net/ark:/88439/x073994), pp.12 - 33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (data paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04464049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-marine tetrapod extinctions solve extinction periodicity mystery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mensur Omerbashich</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Historical Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 34 (1), pp.188-191. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/08912963.2021.1907367⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04464060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Solar Origin of Alleged Mass Extinction Periods in Records of Natural Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Omerbashich</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Paleontological Journal / Paleontologicheskii Zhurnal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01883577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moon body resonance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Omerbashich</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, https://n2t.net/ark:/88439/x034508, 63 (1), pp.30-42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02270359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Earth body resonance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Omerbashich</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, https://n2t.net/ark:/88439/x020219, 63 (1), pp.15-29</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02080593v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theoretical Value of Newtonian Constant G Confirmed by the International Bureau of Weights & Measures in Paris, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Omerbashich</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the European Royal Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 4 (1), pp.3-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01101940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hyperresonance Unifying Theory and the resulting Law</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mensur H.R.H. Omerbashich</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the European Royal Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 1 (1), pp.5-11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00808674v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Earth as a time crystal: macroscopic nature of a quantum-scale phenomenon exposes quantum physics as tidally-resonantly localized to host star</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mensur Omerbashich</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (preprint/prepublication)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04464061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Astrophysical cause of tectonics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Omerbashich</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01291138v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milky Way does not cause periodic mass extinctions on Earth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Omerbashich</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01184503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId34"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="81B18253"/>
+    <w:nsid w:val="CCA276D7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/omerbashich" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/a/omerbashich_m_1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/310620556" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000127308943" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/J-4532-2014" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wiki.royalfamily.ba/wiki/Mensur_Omerbashich" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885071v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Omerbashich" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21227/cv28-8929" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464063v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.5508273" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464058v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Omerbashich" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464065v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464049v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464060v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mensur Omerbashich" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08912963.2021.1907367" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01883577v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080593v3" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02270359v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01101940v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00808674v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mensur H.R.H. Omerbashich" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464061v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01291138v2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01184503v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/omerbashich" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/a/omerbashich_m_1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/310620556" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000127308943" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/J-4532-2014" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wiki.royalfamily.ba/wiki/Mensur_Omerbashich" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885071v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Omerbashich" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21227/cv28-8929" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464063v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.5508273" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464058v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Omerbashich" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464065v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464049v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464060v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mensur Omerbashich" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08912963.2021.1907367" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01883577v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02270359v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080593v3" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01101940v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00808674v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mensur H.R.H. Omerbashich" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464061v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01291138v2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01184503v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>