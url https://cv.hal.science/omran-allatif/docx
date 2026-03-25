--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -855,295 +855,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04910700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Severe COVID-19 patients have impaired plasmacytoid dendritic cell-mediated control of SARS-CoV-2</w:t>
+                <w:t xml:space="preserve">A third vaccine dose equalises the levels of effectiveness and immunogenicity of heterologous or homologous COVID-19 vaccine regimens, Lyon, France, December 2021 to March 2022</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manon Venet</w:t>
+                <w:t xml:space="preserve">Nicolas Guibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Margarida Sa Ribeiro</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Elodie Décembre</w:t>
+                <w:t xml:space="preserve">Kylian Trepat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alicia Bellomo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Garima Joshi</w:t>
+                <w:t xml:space="preserve">Bruno Pozzetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Josset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Fassier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-023-36140-9⟩</w:t>
+              <w:t xml:space="preserve">Eurosurveillance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 28 (15), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2807/1560-7917.ES.2023.28.15.2200746⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04234855v1</w:t>
+                <w:t xml:space="preserve">hal-04146056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A third vaccine dose equalises the levels of effectiveness and immunogenicity of heterologous or homologous COVID-19 vaccine regimens, Lyon, France, December 2021 to March 2022</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Severe COVID-19 patients have impaired plasmacytoid dendritic cell-mediated control of SARS-CoV-2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Pozzetto</w:t>
+                <w:t xml:space="preserve">Manon Venet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurence Josset</w:t>
+                <w:t xml:space="preserve">Margarida Sa Ribeiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Décembre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Baptiste Fassier</w:t>
+                <w:t xml:space="preserve">Alicia Bellomo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Garima Joshi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eurosurveillance</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 28 (15), </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14 (1), pp.694. </w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2807/1560-7917.ES.2023.28.15.2200746⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41467-023-36140-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04146056v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04234855v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prior SARS-CoV-2 infection enhances and reshapes spike protein-specific memory induced by vaccination</w:t>
               </w:r>
@@ -1168,51 +1168,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Peyrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carla Saade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Pozzetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen Brengel-Pesce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1642,295 +1642,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04883493v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peripheral natural killer cells in chronic hepatitis B patients display multiple molecular features of T cell exhaustion</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Laurie Besson</w:t>
+                <w:t xml:space="preserve">Massive clonal expansion of polycytotoxic skin and blood CD8 + T cells in patients with toxic epidermal necrolysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Patrice Villani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Rozieres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Bensaid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Klara Kristin Eriksson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Mosnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">eLife</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.7554/eLife.60095⟩</w:t>
+              <w:t xml:space="preserve">Science Advances </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 7 (12), pp.eabe0013. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/sciadv.abe0013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04121064v1</w:t>
+                <w:t xml:space="preserve">hal-03244260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Massive clonal expansion of polycytotoxic skin and blood CD8 + T cells in patients with toxic epidermal necrolysis</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Amandine Mosnier</w:t>
+                <w:t xml:space="preserve">Peripheral natural killer cells in chronic hepatitis B patients display multiple molecular features of T cell exhaustion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Marotel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Villard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annabelle Drouillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Issam Tout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurie Besson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science Advances </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1126/sciadv.abe0013⟩</w:t>
+              <w:t xml:space="preserve">eLife</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 10, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7554/eLife.60095⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03244260v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04121064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Immunoprofiling of fresh HAM/TSP blood samples shows altered innate cell responsiveness</w:t>
               </w:r>
@@ -2178,295 +2178,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03298662v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Immunogenicity and efficacy of heterologous ChAdOx1-BNT162b2 vaccination</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A longitudinal study of SARS-CoV-2-infected patients reveals a high correlation between neutralizing antibodies and COVID-19 severity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Legros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Guibert</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solène Denolly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Vogrig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Boson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eglantine Siret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41586-021-04120-y⟩</w:t>
+              <w:t xml:space="preserve">Cellular and molecular immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 18 (2), pp.318-327. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41423-020-00588-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03773083v1</w:t>
+                <w:t xml:space="preserve">hal-03244286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A longitudinal study of SARS-CoV-2-infected patients reveals a high correlation between neutralizing antibodies and COVID-19 severity</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Immunogenicity and efficacy of heterologous ChAdOx1-BNT162b2 vaccination</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Pozzetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Legros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Eglantine Siret</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophia Djebali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Barateau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cellular and molecular immunology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 18 (2), pp.318-327. </w:t>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 600 (7890), pp.701-706. </w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41423-020-00588-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41586-021-04120-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03244286v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03773083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DGINN, an automated and highly-flexible pipeline for the detection of genetic innovations on protein-coding genes</w:t>
               </w:r>
@@ -2580,429 +2580,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03002803v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Type I Interferon Receptor Signaling Drives Selective Permissiveness of Astrocytes and Microglia to Measles Virus during Brain Infection</w:t>
+                <w:t xml:space="preserve">A genome‐wide screen identifies IRF2 as a key regulator of caspase‐4 in human cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeremy Charles Welsch</w:t>
+                <w:t xml:space="preserve">Sacha Benaoudia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Charvet</w:t>
+                <w:t xml:space="preserve">Amandine Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Dussurgey</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Omran Allatif</w:t>
+                <w:t xml:space="preserve">Marta Puig Gamez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Noemie Aurine</w:t>
+                <w:t xml:space="preserve">Gabrielle Gay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Lagrange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Virology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/JVI.00618-19⟩</w:t>
+              <w:t xml:space="preserve">EMBO Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 20 (9), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15252/embr.201948235⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02474178v1</w:t>
+                <w:t xml:space="preserve">hal-02337614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plasmacytoid Dendritic Cells and Infected Cells Form an Interferogenic Synapse Required for Antiviral Responses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Assil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverin Coléon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Congcong Dong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Décembre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lee Sherry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cell Host &amp; Microbe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 25 (5), pp.730-745.e6. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.chom.2019.03.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03292550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A genome‐wide screen identifies IRF2 as a key regulator of caspase‐4 in human cells</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Type I Interferon Receptor Signaling Drives Selective Permissiveness of Astrocytes and Microglia to Measles Virus during Brain Infection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amandine Martin</w:t>
+                <w:t xml:space="preserve">Jeremy Charles Welsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marta Puig Gamez</w:t>
+                <w:t xml:space="preserve">Benjamin Charvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gabrielle Gay</w:t>
+                <w:t xml:space="preserve">Sébastien Dussurgey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Omran Allatif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brice Lagrange</w:t>
+                <w:t xml:space="preserve">Noemie Aurine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMBO Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 20 (9), </w:t>
+              <w:t xml:space="preserve">Journal of Virology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 93 (13), </w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.15252/embr.201948235⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1128/JVI.00618-19⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02337614v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02474178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Familial Mediterranean fever mutations are hypermorphic mutations that specifically decrease the activation threshold of the Pyrin inflammasome</w:t>
               </w:r>
@@ -3027,51 +3027,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Lefeuvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flora Magnotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Benezech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3122,51 +3122,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">One-Year Follow-Up of Natural Killer Cell Activity in Multiple Myeloma Patients Treated With Adjuvant Lenalidomide Therapy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Besson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emily Charrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3269,90 +3269,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">IFN-γ extends the immune functions of Guanylate Binding Proteins to inflammasome-independent antibacterial activities during Francisella novicida infection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Wallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Benaoudia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Mosnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Lagrange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS Pathogens</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 13 (10), pp.e1006630. </w:t>
@@ -3831,51 +3831,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Roblot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Calvez-Kelm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Issam Tout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Marotel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4428,51 +4428,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Omran Allatif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Abry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th Conference on Laboratory Phonology</w:t>
+              <w:t xml:space="preserve">LabPhon 2006 - 10th Conference on Laboratory Phonology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2006, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00429195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -4734,51 +4734,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="D1088811"/>
+    <w:nsid w:val="9C1E86EF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4965,51 +4965,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/omran-allatif" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2539-972X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/131297252" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05403154v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Bronnec" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Dalmon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chloe Briand" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omran Allatif" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Broly" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1084/jem.20251065" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040838v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garima Joshi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie D&#233;cembre" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Brocard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Montpellier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Ferri&#233;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26508/lsa.202503256" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05232967v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Mouton" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophia Djebali" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Villard" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Chauvel" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/eji.202551948" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536945v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Cosson" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Riou" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danish Patoli" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tingting Niu" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Rey" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1084/jem.20231200" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910700v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume P Andrieu" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Hypolite" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Latiri" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Balducci" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Costa" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/bloodadvances.2024013762" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234855v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Venet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margarida Sa Ribeiro" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Bellomo" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-36140-9" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04146056v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Guibert" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kylian Trepat" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Pozzetto" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Josset" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Fassier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2807/1560-7917.ES.2023.28.15.2200746" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04144641v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Barateau" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Peyrot" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Saade" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Brengel-Pesce" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/scitranslmed.ade0550" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917248v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Cond&#233;" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;ophile Ohlmann" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain de Breyne" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v14071505" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098583v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yamila Rocca" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Pouxvielh" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Marotel" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Benezech" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Jaeger" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4049/jimmunol.2100874" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-04883493v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Patrice Villani" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Rozieres" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Bensaid" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klara Kristin Eriksson" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Mosnier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abe0013" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04121064v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Drouillard" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Issam Tout" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Besson" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.60095" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03244260v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881497v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brenda Rocamonde" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Futsch" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemia Orii" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augusto Cesar Penalva de Oliveira" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0009940" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03298662v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Moreews" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenz Le Gouge" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Khaldi-Plassart" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Pescarmona" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Mathieu" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciimmunol.abh1516" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773083v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Legros" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-021-04120-y" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03244286v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Denolly" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Vogrig" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Boson" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eglantine Siret" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41423-020-00588-2" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03002803v2" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lea Picard" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Ganivet" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Cimarelli" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gu&#233;guen" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkaa680" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474178v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Charles Welsch" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Charvet" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Dussurgey" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemie Aurine" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.00618-19" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03292550v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Assil" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verin Col&#233;on" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Congcong Dong" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lee Sherry" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chom.2019.03.005" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02337614v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Benaoudia" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Martin" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Puig Gamez" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Gay" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Lagrange" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/embr.201948235" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-01921022v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Jamilloux" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Lefeuvre" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Magnotti" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/rheumatology/kex373" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833354v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Charrier" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Karlin" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Mar&#231;ais" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2018.00704" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01911420v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Wallet" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1006630" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01764666v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Degouve" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Koenig" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Fauteux-Daniel" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.26423" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01908854v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Jean" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Tardy" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Grosjean" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bariza Blanquier" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0172358" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01911308v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Attaiech" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;da Boughammoura" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Brochier-Armanet" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Peillard-Fiorente" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1601626113" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01812689v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peggy Parroche" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Roblot" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Le Calvez-Kelm" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/oncsis.2016.49" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01275919v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuejun Liu" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Cotillard" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Vatier" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Bastard" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soraya Fellahi" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0138646" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02540998v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milena Monteiro-Sepulveda" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sothea Touch" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Mendes-S&#225;" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Andre" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Poitou" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmet.2015.05.020" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00338010v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00428872v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00429195v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Abry" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00362619v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00450267v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/omran-allatif" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2539-972X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/131297252" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05403154v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Bronnec" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Dalmon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chloe Briand" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omran Allatif" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Broly" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1084/jem.20251065" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040838v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garima Joshi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie D&#233;cembre" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Brocard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Montpellier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Ferri&#233;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26508/lsa.202503256" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05232967v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Mouton" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophia Djebali" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Villard" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Chauvel" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/eji.202551948" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536945v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Cosson" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Riou" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danish Patoli" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tingting Niu" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Rey" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1084/jem.20231200" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910700v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume P Andrieu" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Hypolite" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Latiri" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Balducci" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Costa" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/bloodadvances.2024013762" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04146056v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Guibert" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kylian Trepat" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Pozzetto" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Josset" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Fassier" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2807/1560-7917.ES.2023.28.15.2200746" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234855v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Venet" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margarida Sa Ribeiro" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Bellomo" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-36140-9" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04144641v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Barateau" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Peyrot" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Saade" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Brengel-Pesce" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/scitranslmed.ade0550" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917248v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Cond&#233;" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;ophile Ohlmann" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain de Breyne" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v14071505" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098583v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yamila Rocca" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Pouxvielh" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Marotel" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Benezech" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Jaeger" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4049/jimmunol.2100874" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-04883493v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Patrice Villani" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Rozieres" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Bensaid" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klara Kristin Eriksson" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Mosnier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abe0013" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03244260v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04121064v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Drouillard" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Issam Tout" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Besson" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.60095" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881497v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brenda Rocamonde" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Futsch" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemia Orii" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augusto Cesar Penalva de Oliveira" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0009940" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03298662v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Moreews" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenz Le Gouge" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Khaldi-Plassart" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Pescarmona" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Mathieu" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciimmunol.abh1516" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03244286v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Legros" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Denolly" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Vogrig" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Boson" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eglantine Siret" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41423-020-00588-2" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773083v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-021-04120-y" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03002803v2" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lea Picard" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Ganivet" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Cimarelli" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gu&#233;guen" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkaa680" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02337614v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Benaoudia" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Martin" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Puig Gamez" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Gay" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Lagrange" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/embr.201948235" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03292550v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Assil" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verin Col&#233;on" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Congcong Dong" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lee Sherry" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chom.2019.03.005" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474178v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Charles Welsch" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Charvet" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Dussurgey" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemie Aurine" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.00618-19" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-01921022v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Jamilloux" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Lefeuvre" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Magnotti" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/rheumatology/kex373" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833354v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Charrier" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Karlin" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Mar&#231;ais" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2018.00704" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01911420v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Wallet" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1006630" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01764666v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Degouve" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Koenig" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Fauteux-Daniel" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.26423" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01908854v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Jean" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Tardy" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Grosjean" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bariza Blanquier" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0172358" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01911308v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Attaiech" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;da Boughammoura" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Brochier-Armanet" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Peillard-Fiorente" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1601626113" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01812689v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peggy Parroche" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Roblot" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Le Calvez-Kelm" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/oncsis.2016.49" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01275919v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuejun Liu" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Cotillard" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Vatier" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Bastard" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soraya Fellahi" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0138646" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02540998v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milena Monteiro-Sepulveda" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sothea Touch" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Mendes-S&#225;" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Andre" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Poitou" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmet.2015.05.020" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00338010v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00428872v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00429195v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Abry" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00362619v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00450267v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>