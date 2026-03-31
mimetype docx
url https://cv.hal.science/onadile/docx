--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -73,2521 +73,3492 @@
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> IdHAL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="#410a8c"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">onadile</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> ORCID : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="#410a8c"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">0000-0002-6556-1947</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> IdRef : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="#410a8c"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">26207026X</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="400"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (11)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (17)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benefits of using immersive virtual reality in haptic dental simulation for endodontic access cavity training: A comparative crossover study</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Shaping the Future of Dentistry: How Digital VR-Haptic Thinkers Are Revolutionizing Education by Thinking Big for Better Future in Oral Care</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christelle Volteau</w:t>
+                <w:t xml:space="preserve">Reinhard Chun Wang Chau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphaëlle Cretin-Pirolli</w:t>
+                <w:t xml:space="preserve">Manchorova Neshka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien George</w:t>
+                <w:t xml:space="preserve">Mihaela Pantea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Rampf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikko Liukkonen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Endodontic Journal</w:t>
+              <w:t xml:space="preserve">European Journal of Dentistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/iej.14252⟩</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1055/s-0045-1810611⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05064587v1</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05216262v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of haptic simulators in preclinical dental education: A systematic review</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Benefits of using immersive virtual reality in haptic dental simulation for endodontic access cavity training: A comparative crossover study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ludovic Hamon</w:t>
+                <w:t xml:space="preserve">Octave Bandiaky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roselyne Clouet</w:t>
+                <w:t xml:space="preserve">Valériane Loison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assem Soueidan</w:t>
+                <w:t xml:space="preserve">Christelle Volteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaëlle Cretin-Pirolli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Dental Education</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/jdd.13426⟩</w:t>
+              <w:t xml:space="preserve">International Endodontic Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/iej.14252⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04350541v1</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05064587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Effectiveness of Calcium Phosphates in the Treatment of Dentinal Hypersensitivity: A Systematic Review</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Impact of haptic simulators in preclinical dental education: A systematic review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Octave Nadile Bandiaky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brigitte Alliot-Licht</w:t>
+                <w:t xml:space="preserve">Serena Lopez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Hamon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roselyne Clouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assem Soueidan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioengineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/bioengineering10040447⟩</w:t>
+              <w:t xml:space="preserve">Journal of Dental Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 88 (3), pp.265-388. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jdd.13426⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04350589v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04350541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marginal and internal fit of five‐unit zirconia‐based fixed dental prostheses fabricated with digital scans and conventional impressions: A comparative in vitro study</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Predicting novice dental students' performances in conventional simulation: A prospective pilot study using haptic exercises</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Octave Nadile Bandiaky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roselyne Clouet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pierre Le Bars</w:t>
+                <w:t xml:space="preserve">Valériane Loison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Lopez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Pirolli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assem Soueidan</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Christelle Volteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Prosthodontics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ES Journal of Dental Sciences </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jds.2024.10.023⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/jopr.13639⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04350607v1</w:t>
+                <w:t xml:space="preserve">hal-04780307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Promising diagnostic performance of CBCT-based TOMOSTEOp algorithm in osteoporosis: toward a complementary populational screening tool managed by dentists?</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The Effectiveness of the Addition of Platelet-Rich Fibrin to Bovine Xenografts in Sinus and Bone Ridge Augmentation: A Systematic Review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katia Idiri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Octave Bandiaky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assem Soueidan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoit Le Goff</w:t>
+                <w:t xml:space="preserve">Christian Verner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Osteoporosis International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00198-023-06724-8⟩</w:t>
+              <w:t xml:space="preserve">Journal of Functional Biomaterials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14, pp.14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/jfb14070389⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04071701v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04599365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Different Polymers for the Base of Removable Dentures? Part I: A Narrative Review of Mechanical and Physical Properties</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Different Polymers for the Base of Removable Dentures ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Le Bars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Ayepa Kouadio</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Amouriq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Bodic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Blery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Polymers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 15 (17), pp.3495. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/polym15173495⟩</w:t>
+              <w:t xml:space="preserve">, 2023, 16 (1), pp.40. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/polym16010040⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04350601v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04361597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Host’s Immunity and Candida Species Associated with Denture Stomatitis: A Narrative Review</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">The Effectiveness of Calcium Phosphates in the Treatment of Dentinal Hypersensitivity: A Systematic Review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Maillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Octave Nadile Bandiaky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suzanne Maunoury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Alliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Alliot-Licht</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microorganisms</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/microorganisms10071437⟩</w:t>
+              <w:t xml:space="preserve">Bioengineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 10 (4), pp.447. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/bioengineering10040447⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04350576v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04350589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative assessment of complete-coverage, fixed tooth-supported prostheses fabricated from digital scans or conventional impressions: A systematic review and meta-analysis</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Marginal and internal fit of five‐unit zirconia‐based fixed dental prostheses fabricated with digital scans and conventional impressions: A comparative in vitro study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Octave Nadile Bandiaky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roselyne Clouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Le Bars</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Le Bars</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Assem Soueidan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Le Guehennec</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Prosthetic Dentistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.prosdent.2020.09.017⟩</w:t>
+              <w:t xml:space="preserve">Journal of Prosthodontics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 32 (9), pp.846-853. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jopr.13639⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-03021968v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04350607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Another Look at the Contribution of Oral Microbiota to the Pathogenesis of Rheumatoid Arthritis: A Narrative Review</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Promising diagnostic performance of CBCT-based TOMOSTEOp algorithm in osteoporosis: toward a complementary populational screening tool managed by dentists?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Autrusseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Octave Nadile Bandiaky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katia Idiri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Le Goff</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Anne-Gaelle Chaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microorganisms</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/microorganisms10010059⟩</w:t>
+              <w:t xml:space="preserve">Osteoporosis International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00198-023-06724-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03654328v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04071701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Current Data on Oral Peri-Implant and Periodontal Microbiota and Its Pathological Changes: A Systematic Review</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Different Polymers for the Base of Removable Dentures? Part I: A Narrative Review of Mechanical and Physical Properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Le Bars</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Octave Nadile Bandiaky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Le Guéhennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roselyne Clouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Ayepa Kouadio</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microorganisms</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/microorganisms10122466⟩</w:t>
+              <w:t xml:space="preserve">Polymers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 15 (17), pp.3495. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/polym15173495⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04350582v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04350601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Comparative assessment of complete-coverage, fixed tooth-supported prostheses fabricated from digital scans or conventional impressions: A systematic review and meta-analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Octave Nadile Bandiaky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Le Bars</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Gaudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Benoit Hardouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie Cheraud-Carpentier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Prosthetic Dentistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 127 (1), pp.71-79. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.prosdent.2020.09.017⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-03021968v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Another Look at the Contribution of Oral Microbiota to the Pathogenesis of Rheumatoid Arthritis: A Narrative Review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Octave Nadile Bandiaky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Le Goff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Amador</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Gaelle Chaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Microorganisms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 10 (1), pp.59. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/microorganisms10010059⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03654328v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Implant‐supported removable partial dentures compared to conventional dentures: A systematic review and meta‐analysis of quality of life, patient satisfaction, and biomechanical complications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Octave Bandiaky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dohoue Lokossou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assem Soueidan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Le Bars</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moctar Gueye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Clinical and Experimental Dental Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 8 (1), pp.294-312. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/cre2.521⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04350562v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Host’s Immunity and Candida Species Associated with Denture Stomatitis: A Narrative Review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Le Bars</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Ayepa Kouadio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Octave Nadile Bandiaky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Le Guéhennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-France de La Cochetière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Microorganisms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 10 (7), pp.1437. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/microorganisms10071437⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04350576v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Current Data on Oral Peri-Implant and Periodontal Microbiota and Its Pathological Changes: A Systematic Review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Gazil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Octave Nadile Bandiaky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renard Emmanuelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katia Idiri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Struillou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Microorganisms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 10 (12), pp.2466. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/microorganisms10122466⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04350582v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Effect of 970 nm low-level laser therapy on orthodontic tooth movement during Class II intermaxillary elastics treatment: a RCT</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Pérignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Octave Nadile Bandiaky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Fromont-Colson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Renaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Peré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 11 (1), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41598-021-02610-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04350556v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Subgingival Microbiota and Cytokines Profile Changes in Patients with Periodontitis: A Pilot Study Comparing Healthy and Diseased Sites in the Same Oral Cavities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Esparbès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Octave Nadile Bandiaky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie Chéraud-Carpentier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamida Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Microorganisms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9, pp.14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/microorganisms9112364⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04628065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (7)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Immersive haptic simulation for motor skill acquisition in preclinical prosthetic dentistry: A randomized comparative study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Octave Nadile Bandiaky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roselyne Clouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Yomin Alloh-Amichia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">VR-HAPTIC THINKERS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, VR-HAPTIC THINKERS Consortium, Jun 2025, Londres, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05168052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benefits of using immersive virtual reality in haptic simulation for Endodontic Access Cavity Training: A comparative study</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Impact of Full Immersion in Haptic Simulation on the Acquisition of Skills in Preclinical Operative Dentistry: A Comparative Pilot Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Octave Nadile Bandiaky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valériane Loison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Lopez-Cazaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assem Soueidan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Le Guehennec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">VR-Haptic Thnikers</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, VR-Haptic Thinkers Consortium, Jun 2024, Utah State University, Logan, UT, France</w:t>
+              <w:t xml:space="preserve">NANTHESE ADBS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association des étudiants de l'école doctorale Biologie-Santé, May 2024, Nantes (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05168013v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05167988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Usefulness of immersive virtual reality in haptic dental simulation: A comparative study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Octave Nadile Bandiaky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valériane Loison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serena Lopez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assem Soueidan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Le Guehennec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">A.I. in Oral Health Professionals' Education</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ADEE, Sep 2024, Louvain (BE), Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05114035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of Full Immersion in Haptic Simulation on the Acquisition of Skills in Preclinical Operative Dentistry: A Comparative Pilot Study</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Benefits of using immersive virtual reality in haptic simulation for Endodontic Access Cavity Training: A comparative study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Octave Nadile Bandiaky</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Laurent Le Guehennec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NANTHESE ADBS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association des étudiants de l'école doctorale Biologie-Santé, May 2024, Nantes (France), France</w:t>
+              <w:t xml:space="preserve">VR-Haptic Thnikers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, VR-Haptic Thinkers Consortium, Jun 2024, Utah State University, Logan, UT, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05167988v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05168013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Projet de recherche EVAGO (Environnement Virtuel pour l’Apprentissage du Geste en Odontologie) – Un travail pluri et transdisciplinaire présenté par ses doctorants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valériane Loison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Octave Nadile Bandiaky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Agueda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Nail Hefied</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AUPTIC éducation 7e colloque international</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, AUPTIC, Nov 2023, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04323836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haptic simulator as a new pedagogical tool in dental education: Preliminary data on student perception (EVAGO Project)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Octave Nadile Bandiaky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valériane Loison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Pirolli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaëlle Cretin-Pirolli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Hamon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Association for Dental Education in Europe (ADEE) annual conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2023, LIVERPOOL, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04350434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prédire les performances des étudiants dentaires novices en simulation conventionnelle à l’aide d’exercices haptiques : Etude pilote prospective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Octave Nadile Bandiaky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valériane Loison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Pirolli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaëlle Cretin-Pirolli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serena Lopez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées du Collège National des Enseignants en Prothèses et Réhabilitations Oro-Faciales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CNEPROF, Oct 2023, Reims, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05167916v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Poster de conférence (1)</w:t>
+        <w:t xml:space="preserve">Poster de conférence (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparaison de la notation des préparations prothétiques par prepCheck versus enseignants: une étude prospective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Octave Nadile Bandiaky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Yomin Amichi-Allot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roselyne Clouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assem Soueidan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Le Guehennec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CNEPROF</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05168367v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prédire les performances des étudiants dentaires novices en simulation conventionnelle à l’aide d’exercices haptiques: Etude pilote prospective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Octave Nadile Bandiaky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valériane Loison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Pirolli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaëlle Cretin-Pirolli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Lopez‐cazaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">45ème Journées du CNEPROF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Reims, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04350421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId81"/>
+      <w:footerReference w:type="default" r:id="rId112"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2655,51 +3626,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="EF227FEF"/>
+    <w:nsid w:val="2C673C94"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2886,51 +3857,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/onadile" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064587v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Octave Bandiaky" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;riane Loison" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Volteau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Cretin-Pirolli" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien George" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/iej.14252" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04350541v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Octave Nadile Bandiaky" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serena Lopez" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Hamon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roselyne Clouet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assem Soueidan" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jdd.13426" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04350589v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Maillard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Maunoury" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Alliot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Alliot-Licht" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/bioengineering10040447" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04350607v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Le Bars" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Le Guehennec" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jopr.13639" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04071701v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Legrand" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Autrusseau" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Idiri" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Le Goff" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00198-023-06724-8" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04350601v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Le Gu&#233;hennec" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Ayepa Kouadio" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym15173495" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04350576v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France de La Cocheti&#232;re" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms10071437" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03021968v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Gaudin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Benoit Hardouin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Cheraud-Carpentier" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prosdent.2020.09.017" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654328v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Berthelot" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Amador" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Gaelle Chaux" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms10010059" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04350582v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Gazil" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renard Emmanuelle" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Struillou" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms10122466" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04350556v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte P&#233;rignon" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Fromont-Colson" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Renaudin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Per&#233;" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-02610-7" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05168052v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Yomin Alloh-Amichia" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05168013v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114035v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05167988v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serena Lopez-Cazaux" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323836v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Agueda" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Nail Hefied" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04350434v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Pirolli" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05167916v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05168367v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Yomin Amichi-Allot" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/onadile" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6556-1947" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/26207026X" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216262v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinhard Chun Wang Chau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manchorova Neshka" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihaela Pantea" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Rampf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikko Liukkonen" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0045-1810611" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064587v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Octave Bandiaky" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;riane Loison" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Volteau" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Cretin-Pirolli" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien George" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/iej.14252" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04350541v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Octave Nadile Bandiaky" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serena Lopez" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Hamon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roselyne Clouet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assem Soueidan" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jdd.13426" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04780307v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Pirolli" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jds.2024.10.023" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04599365v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Idiri" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Verner" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Renard" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jfb14070389" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04361597v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Le Bars" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Ayepa Kouadio" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Amouriq" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bodic" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Blery" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym16010040" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04350589v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Maillard" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Maunoury" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Alliot" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Alliot-Licht" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/bioengineering10040447" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04350607v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Le Guehennec" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jopr.13639" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04071701v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Legrand" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Autrusseau" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Le Goff" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00198-023-06724-8" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04350601v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Le Gu&#233;hennec" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym15173495" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03021968v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Gaudin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Benoit Hardouin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Cheraud-Carpentier" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prosdent.2020.09.017" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654328v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Berthelot" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Amador" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Gaelle Chaux" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms10010059" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04350562v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dohoue Lokossou" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moctar Gueye" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cre2.521" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04350576v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France de La Cocheti&#232;re" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms10071437" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04350582v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Gazil" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renard Emmanuelle" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Struillou" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms10122466" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04350556v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte P&#233;rignon" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Fromont-Colson" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Renaudin" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Per&#233;" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-02610-7" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628065v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Esparb&#232;s" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Ch&#233;raud-Carpentier" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamida Martin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms9112364" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05168052v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Yomin Alloh-Amichia" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05167988v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serena Lopez-Cazaux" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114035v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05168013v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323836v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Agueda" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Nail Hefied" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04350434v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05167916v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05168367v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Yomin Amichi-Allot" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04350421v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serena Lopez&#8208;cazaux" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>