--- v0 (2026-03-07)
+++ v1 (2026-03-30)
@@ -1096,165 +1096,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04656078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Usages et dynamiques des petites îles de Méditerranée : des territoires de l'isolement à leur intégration sur les scènes internationales. Les exemples de l'archipel du Frioul (France) et des îles Pontines (Italie)</w:t>
+                <w:t xml:space="preserve">« Usages et dynamiques des petites îles de Méditerranée : des territoires de l’isolement à leur intégration sur les scènes internationales. Les exemples de l’archipel du Frioul (France) et des îles Pontines (Italie) »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Orianne Crouteix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CIST2020 - Population, temps, territoires</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Collège international des sciences territoriales (CIST), Nov 2020, Paris-Aubervilliers, France. pp.23-27</w:t>
+              <w:t xml:space="preserve">CIST (Collège International des Sciences Territoriales), Population, Temps et Territoires, Le temps de l’île, Les territoires insulaires au prisme des multiples temporalités</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03114157v1</w:t>
+                <w:t xml:space="preserve">hal-04972315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Usages et dynamiques des petites îles de Méditerranée : des territoires de l’isolement à leur intégration sur les scènes internationales. Les exemples de l’archipel du Frioul (France) et des îles Pontines (Italie) »</w:t>
+                <w:t xml:space="preserve">Usages et dynamiques des petites îles de Méditerranée : des territoires de l'isolement à leur intégration sur les scènes internationales. Les exemples de l'archipel du Frioul (France) et des îles Pontines (Italie)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Orianne Crouteix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CIST (Collège International des Sciences Territoriales), Population, Temps et Territoires, Le temps de l’île, Les territoires insulaires au prisme des multiples temporalités</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, Paris, France</w:t>
+              <w:t xml:space="preserve">CIST2020 - Population, temps, territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Collège international des sciences territoriales (CIST), Nov 2020, Paris-Aubervilliers, France. pp.23-27</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04972315v1</w:t>
+                <w:t xml:space="preserve">hal-03114157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les îles : des territoires stratégiques pour l’action environnementale ? Des représentations naturalistes construites et parfois réappropriées par les habitants locaux</w:t>
               </w:r>
@@ -2890,51 +2890,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496708v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orianne Crouteix" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lerin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Vend&#233;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15eri" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04656374v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24043/001c.120295" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04001988v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Garnier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/xvjh-5s68-ch02" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03374700v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orianne Crouteix&#160;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.30674" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02538784v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselin Guyot-T&#233;phany" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bagf.5105" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04656078v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bernard-Mongin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03114157v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972315v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03212078v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913139v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02538829v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163629v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bernard-Mongin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lerin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lopez" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03212066v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563569v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Marin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Neyme" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05182710v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972313v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972314v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155632v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Proko" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://om.ciheam.org/article.php?IDPDF=00007133" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04953439v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Marku" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03948476v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Alvergnat" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Bruat" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Desv&#233;ronni&#232;res" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Dumondin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163628v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02053252v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019LIMO0001" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496708v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orianne Crouteix" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lerin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Vend&#233;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15eri" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04656374v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24043/001c.120295" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04001988v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Garnier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/xvjh-5s68-ch02" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03374700v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orianne Crouteix&#160;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.30674" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02538784v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselin Guyot-T&#233;phany" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bagf.5105" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04656078v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bernard-Mongin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972315v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03114157v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03212078v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913139v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02538829v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163629v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bernard-Mongin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lerin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lopez" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03212066v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563569v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Marin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Neyme" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05182710v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972313v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972314v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155632v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Proko" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://om.ciheam.org/article.php?IDPDF=00007133" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04953439v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Marku" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03948476v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Alvergnat" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Bruat" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Desv&#233;ronni&#232;res" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Dumondin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163628v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02053252v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019LIMO0001" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>