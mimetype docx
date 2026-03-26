--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:125.08143322476px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Orphée CUGAT </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Directeur de Recherche CNRS</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">orphee-cugat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-9116-7572</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">059566140</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (34)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast and precise magnetophoresis of superparamagnetic nanoparticles on a micro-magnetic substrate in a static liquid environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Bou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia de la Fuente</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Orsini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Delshadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lab on a Chip</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/d5lc01072a⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05523226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnetically Localized Detection of Amplified DNA Using Biotinylated and Fluorescent Primers and Magnetic Nanoparticles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Orsini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franz Bruckert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Weidenhaupt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Kauffmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biosensors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 15 (3), pp.195. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/bios15030195⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04996503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi‐Material 3D Microprinting of Magnetically Deformable Biocompatible Structures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxane Pétrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Devillers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Stéphan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphee Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caterina Tomba</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Functional Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 33 (49), pp.2304445. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/adfm.202304445⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04233561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrication and Magnetic Actuation of 3D‐Microprinted Multifunctional Hybrid Microstructures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Vieille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxane Pétrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Stéphan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Delattre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Marchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Materials Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 5 (10), pp.2000535. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/admt.202000535⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03048907v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovative multiplexed point-of-care immunoassay applied to hepatitis B screening</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Delshadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Blaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V Massé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T Decaens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Larrat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clinica Chimica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 493, pp.S644--S645. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cca.2019.03.1360⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02509504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnetophoretic induced convective capture of highly diffusive superparamagnetic nanoparticles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Fratzl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Delshadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Devillers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Bruckert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soft Matter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 14 (14), pp.2671 - 2681. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C7SM02324C⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01934060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrication methods for high-performance miniature disks of Terfenol-D for energy harvesting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Issindou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Viala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Gimeno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Rado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors and Actuators A: Physical </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 284, pp.1--5. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.sna.2018.09.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02278125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapid immunoassay exploiting nanoparticles and micromagnets: proof-of-concept using ovalbumin model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Delshadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Blaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Kauffmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Fratzl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Devillers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioanalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 9 (6), pp.517-526. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4155/bio-2016-0232⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02333922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harvesting heat with thermo-mechanically bistable beams: working principle and theoretical performances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jihane Boughaleb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Monfray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Boeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphee Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical and Quantum Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 48 (3), </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11082-016-0431-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02277770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PVDF piezoelectric voltage coefficient in situ measurements as a function of applied stress</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gusarov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Gusarova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Viala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leticia Gimeno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphee Cugat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Polymer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 133 (14), </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/app.43248⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02277777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Description of the performances of a thermo-mechanical energy harvester using bimetallic beams</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Boughaleb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Monfray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Boeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 56, pp.75-79. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.optmat.2016.02.038⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01769153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal energy harvesting by piezoelectric PVDF polymer coupled with shape memory alloy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Gusarov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Gusarova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Viala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Gimeno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Boisseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors and Actuators A: Physical </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 243, pp.175--181. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.sna.2016.03.026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02277763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermo-mechanical efficiency of the bimetallic strip heat engine at the macro-scale and micro-scale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Boughaleb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Monfray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Boeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Micromechanics and Microengineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 25 (10), </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0960-1317/25/10/104003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01769920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid Bio-Mag-MEMS combining magnetophoresis and dielectrophoresis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Blaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Masse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luiz-Fernando Zanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Gaude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Delshadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The European Physical Journal B: Condensed Matter and Complex Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 86 (4), pp.165. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjb/e2013-30679-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00850011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combined pyroelectric piezoelectric and shape memory effects for thermal energy harvesting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Zakharov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gusarov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Gusarova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Viala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physics: Conference Series</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 13th International Conference on Micro and Nano Technology for Power Generation and Energy Conversion Applications (PowerMEMS) Dec 2013 London, 476 (1), pp.12021. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1742-6596/476/1/012021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00993803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An improved method for piezoelectric characterization of polymers for energy harvesting applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Gusarova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gusarov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Zakharov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bousquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Viala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physics: Conference Series</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 13th International Conference on Micro and Nano Technology for Power Generation and Energy Conversion Applications (PowerMEMS) Dec 2013 London, 476 (1), pp.12061. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1742-6596/476/1/012061⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00993813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal energy conversion by coupled shape memory and piezoelectric effects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Zakharov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gor Lebedev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Delamare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Viala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Micromechanics and Microengineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0960-1317/22/9/094005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00814609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnetostrictive-piezoelectric composite structures for energy harvesting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lafont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leticia Gimeno Monge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Delamare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gor Lebedev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Zakharov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Micromechanics and Microengineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 22 (9), </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0960-1317/22/9/094009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00766924v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Converse magnetoelectric effect dependence with CoFeB composition in ferromagnetic/piezoelectric composites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gor Lebedev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Viala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lafont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Zakharov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, pp.111, 07C725. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.3679443⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00728044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Permanent magnets for Faraday rotators inspired by the design of the magic sphere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Trénec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Volondat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Vigué</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied optics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 50 (24), pp.4788-4797. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/AO.50.004788⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00916399v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Practical and theoretical investigations of a rotating coilless actuator using the inverse magnetostrictive effect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Geoffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel O'Brien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Delamare</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 46 (2), pp.606-609. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/tmag.2009.2034469⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00612075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnetic characterization of micropatterned Nd-Fe-B hard magnetic films using scanning Hall probe microscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikhail S. Kustov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Laczkowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Hykel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Klaus Hasselbach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dumas-Bouchiat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 108 (6), pp.063914. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.3486513⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00544416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gradient based optimization of semi-numerical models with symbolic sensitivity: Application to a simple ferromagnetic MEMS switch device</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Delinchant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harijaona Lalao Rakotoarison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Ardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Chadebec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Applied Electromagnetics and Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 30 (3-4), pp.189-200. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/JAE-2009-1021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00417616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stable diamagnetic self-levitation of a micro-magnet by improvement of its magnetic gradients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harald Profijt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Pigot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Reyne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. M. Grechishkin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Magnetism and Magnetic Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jmmm.2008.08.115⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00329465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnetic Micro-Actuators (MAGMAS)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Reyne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Delamare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encyclopedia of Materials: Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, pp.1-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00370981v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Planar brushless magnetic micro-motors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Delamare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Dieppedale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Achotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Alain Gilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of MEMS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, pp.1001 à 1014. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/jmems.2006.872232⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00192173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermo-reversible permanent magnets in the quasi-binary GdCo5-xCux system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rostislav M. Grechishkin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikhail S. Kustov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphee Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Delamare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guylaine Poulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 89, pp.122505. </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.2347282⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00139189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Permanent magnet planar micro-generators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Delamare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hynek Raisigel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors and Actuators</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, pp.438 à 444. </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.sna.2005.10.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00192174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel magnetic µ-actuators and systems (MAGMAS) using permanent magnets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Delamare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Reyne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Rostaing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors and Actuators A: Physical </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, pp.265 à 269. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.sna.2005.09.058⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00192114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conception, modélisation et prototypage d'un micro-relais bistable magnétique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Rostaing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiri Stepanek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Delinchant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Delamare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Internationale de Génie Electrique (RIGE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, pp.703-724. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/rige.8.703-724⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00334002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">«Magnetic Micro-Actuators (MAGMAS)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Reyne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Delamare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encyclopedia of Materials: Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Update Online - 2005. </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/b0-08-043152-6/02014-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00164134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deformable magnetic mirror for adaptive optics: technological aspects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Skandar Basrour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Divoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Mounaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Reyne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors and Actuators A: Physical </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 89, issues 1-2, pp.1-9. </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0924-4247⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00008664v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A design methodology for permanent magnet microbearings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaime Fandino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sauvey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Paul Yonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Reyne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 36 (4), pp.1919-1922. </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/20.877822⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01322307v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deformable mirror using magnetic membranes: application to adaptive optics in astrophysics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Divoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Reyne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Boussey-Said</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Skandar Basrour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 34(5), pp.3564-7. </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/20.717841⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00008729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (59)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">6Dmag 3D printing of anisotropic bonded rare-earth magnets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R Vallereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Rivoirard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nora Dempsey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphee Cugat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICM 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Bologne, Jul 2024, Bologna (ITALY), Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04643941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnet-paper composites for low-cost two-way valves and other active structures in μpads</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Fratzl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boyce S Chang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephanie Oyola-Reynoso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Blaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Delshadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intermag 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Singapour, Singapore</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02331218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interaction analysis of highly diffusive superparamagnetic nanoparticles and carrier fluids at low reynolds numbers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Fratzl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boyce S Chang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephanie Oyola-Reynoso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Blaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Delshadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MicroTas 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Kaohsiung, Taiwan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02331219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct Piezoelectric Coefficient Measurements of PVDF and PLLA under Controlled Strain and Stress</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leticia Gimeno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Viala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gusarov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multidisciplinary Digital Publishing Institute Proceedings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Paris, France. pp.335</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02330508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Effect of Temperature and Strain on Power Conversion Efficiency of PVDF-Based Thermal Energy Harvesters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leticia Gimeno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Viala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multidisciplinary Digital Publishing Institute Proceedings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Paris, France. pp.576</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02330509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnet-paper composites for low-cost two-way valves and other active structures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Fratzl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Chang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephanie M Oyola-Reynoso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Blaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Delshadia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MicroTAS 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Savannah, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01628299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrication and characterization of piezoelectric microgenerators for flexible energy harvesting using P (VDF-TrFE) screen-formulated inks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Gusarova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Viala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Plihon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Gusarov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Gimeno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interconnect Technology Conference and 2015 IEEE Materials for Advanced Metallization Conference (IITC/MAM), 2015 IEEE International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Grenoble, France. pp.177--180</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02330022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electrical performances of pyroelectric bimetallic strip heat engines describing a Stirling cycle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jihane Boughaleb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Monfray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PowerMEMS 2015, The 15th International Conference on Micro- and Nano-Technology for Power Generation and Energy Conversion Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2015, Boston, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01243269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FLEXIBLE COMPOSITE THERMAL ENERGY HARVESTER USING PIEZOELECTRIC PVDF POLYMER AND SHAPE MEMORY ALLOY</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gusarov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leticia Gimeno Monge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Gusarova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Viala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Boisseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transducers 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Anchorage, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01176561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovative immuno-assay exploiting magnetic nanoparticles and structured micro-magnets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Delshadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Blaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Kauffmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Fratzl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Devillers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Internationales de la Biologie (JIB Euromedlab 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01208275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flexible screen-printed piezoelectric P (VDF-TrFE) copolymer microgenerators for energy harvesting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Gusarova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Viala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Plihon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Gusarov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Gimeno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Solid-State Sensors, Actuators and Microsystems (TRANSDUCERS), 2015 Transducers-2015 18th International Conference on</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Anchorage (AK), USA, Unknown Region. pp.1901--1904</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02330023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reduced model for the comprehension of the operation of a thermo-mechanical energy harvester</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jihane Boughaleb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Monfray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE 13th International New Circuits and Systems Conference (NEWCAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01208257v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analytical expression of the efficiency of a thermal energy harvester</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jihane Boughaleb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Monfray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées nationales sur la récupération et le stockage d’énergie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Orsay, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01208223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling of thermo-mechanical energy harvesters using the first order phasechange of composite beams</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Monfray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jihane Boughaleb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th INTERNATIONAL CONFERENCE on FRONTIERS of POLYMERS &amp; ADVANCED MATERIALS (ICFPAM 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Marrakech, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01154048v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal energy harvesting by combined pyroelectric, piezoelectric and shape memory effects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gusarov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dmitry Zakharov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Gusarova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Viala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SENSO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Aix en Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01079704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling of the thermo-mechanical efficiency of the bimetalstrip heat engines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Monfray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jihane Boughaleb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PowerMEMS 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Hyogo, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01089752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MAGNETOSTRICTIVE-PIEZOELECTRIC COMPOSITE STRUCTURE FOR ENERGY HARVESTING</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lafont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Delamare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gor Lebedev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Zakharov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leticia Gimeno Monge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Nationales de la Récupération d'Energie (3eme)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2013, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00806843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bio-Mag-MEMS with micro-magnet for biological application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Blaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Masse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L.F Zanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Gaude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Delshadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th NAno and MIcroSytems (NAMIS) Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Seattle, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00949403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combined pyroelectric, piezoelectric and shape memory effects for thermal energy harvesting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Zakharov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gusarov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Gusarova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Viala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PowerMEMS 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, Londres, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00915986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bio-mag-MEMS with micro-magnets for biological applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Blaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Masse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luiz-Fernando Zanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Gaude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Delshadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th NAMIS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Seattle, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00993774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An improved method for piezoelectric characterization of polymers for energy harvesting applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Gusarova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gusarov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Zakharov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bousquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Viala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PowerMEMS 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, Londres, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00915878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bio-Mag-MEMS combining magnetophoresis and dielectrophoris for cell sorting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Blaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Masse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Zanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Delshadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Gaude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3th Nano-Micro environment for cell biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2012, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00808896v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnetic microfluidic microsystems (Bio-Mag-MEMS) combining magnetophoresis and dielectrophoris for cell sorting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Blaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Zanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Bruckert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Weidenhaupt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12 th JEMS Joint European Magnetic Symposia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, parme, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00808887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnetic Microfluidic Microsystem (Bio-Mag-MEMS) combining magnetophoresis and dielectrophoresis for biological applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Blaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Masse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luiz-Fernando Zanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Gaude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Honegger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joint European Magnetic Symposia (JEMS) 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Parme, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00750736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct observation of magnetic easy-axis rotation in magnetoelectric composites by Kerr microscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gor Lebedev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Viala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Delamare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joint European Magnetic Symposia (JEMS 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00733651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MAGNETOSTRICTIVE-PIEZOELECTRIC COMPOSITE STRUCTURE FOR ENERGY HARVESTING</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lafont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Delamare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gor Lebedev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Zakharov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Viala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PowerMems 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Séoul, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00646315v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strain-mediated magnetization rotation in exchange biased antiferromagnetic/ferromagnetic/piezoelectric composites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gor Lebedev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Viala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lafont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Zakharov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MMM 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Scottsdale, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00640961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal energy conversion by coupled shape memory and piezoelectric effects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Zakharov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gor Lebedev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Delamare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Viala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PowerMems 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Séoul, South Korea. pp.106-109, </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0960-1317/22/9/094005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00646547v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Converse magneto-electric effect dependence with CoFeB composition in ferromagnetic/piezoelectric composites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gor Lebedev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Viala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lafont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Zakharov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MMM 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Scottsdale, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00640956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">THERMAL ENERGY HARVESTING USING SHAPE MEMORY/PIEZOELECTRIC COMPOSITES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gor Lebedev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gusarov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Viala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Delamare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 16th International Conference on Solid-State Sensors, Actuators and Microsystems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Pékin, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00601827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micro-structured hard magnetic films for lab-on-chip applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nora Dempsey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dumas-Bouchiat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikhail S. Kustov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel O'Brien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luiz-Fernando Zanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 8th International Conference on the Scientific and Clinical Applications of Magnetic Carrier</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Rostock, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00544717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High performance hard magnetic films for micro-system applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nora Dempsey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dumas-Bouchiat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikhail S. Kustov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel O'Brien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luiz-Fernando Zanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISAMMA 2010 (Int. Symposium on Advanced Magnetic Materials and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2010, Sendaï, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00545111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Practical and theoretical investigations of a rotating coil-less actuator using the inverse magnetostrictive effect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Geoffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel O'Brien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Delamare</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soft Magnetic Materials (SMM 19)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Turin, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00426044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermo-Magnetic, Piezo-Electric and Electroactive Energy Harvesting Devices.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Skandar Basrour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Delamare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Jean-Mistral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Defosseux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Research Society - MRS Fall MEETING</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2009, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00448501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hard magnetic films for microsystem applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nora Dempsey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dumas-Bouchiat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel O'Brien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikhail S. Kustov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rostislav M. Grechishkin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JIPMA 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2009, Gafsa, Tunisia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00544700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling a “flying carpet” stable in both the positive and negative z-directions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikhail S. Kustov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Reyne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COMPUMAG 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, Florianopolis, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00440295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnetic microsystems Mag-MEMS: novel trends</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Delamare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Reyne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel O'Brien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Kauffmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intermag 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Sacramento, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00390702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diamagnetic levitation of NdFeB films above Highly Oriented Pyrolytic Graphite: towards micromachined flying carpets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaap Kokorian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harald Profijt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikhail S. Kustov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léon Abelmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Reyne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUROMAT 2009 (European Congress and Exhibition on Advanced Materials and Processes)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, Glasgow, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00544626v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling a “flying carpet” stable in both the positive and negative z directions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikhail S. Kustov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Kauffmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Reyne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Compumag 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Florianopolis, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00544639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stable Diamagnetic Levitation in MEMS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hichem Chetouani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Pigot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Kauffmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.S. Kustov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JEMS 2008 (Joint European Magnetics Symposia)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00327280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gradient based optimization of semi-numerical models with symbolic sensitivity: Application to a simple ferromagnetic MEMS switch device</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Delinchant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harijaona Lalao Rakotoarison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Ardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Chadebec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Workshop on Optimization and Inverse Problems in Electromagnetism (OIPE 2008)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Ilmenau, Germany. pp.192-193</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00324091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrated permanent magnets for Mag-MEMS: needs and challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Delamare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Reyne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research trends in novel magnets for electromagnetic applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00319944v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High Efficiency 3-Phase CMOS Rectifier with Step Up and Regulated Output Voltage – Design and System Issues for Micro Generator Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Crébier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Lembeye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hynek Raisigel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Deleage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Delamare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DTIP 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2007, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00288808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HIGH EFFICIENCY 3-PHASE CMOS RECTIFIER WITH STEP UP AND REGULATED</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-C. Crebier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Lembeye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Raisigel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Deleage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Delamare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DTIP 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2007, Stresa, lago Maggiore, Italy. pp.338-343</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00257713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electromagnetic microsystems modelling to achieve very constraints design requirements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harijaona Lalao Rakotoarison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Rostaing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Delinchant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Multidisciplinary Design Optimization and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2007, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00289759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autonomous, Low Voltage, High Efficiency, CMOS Rectifier for Three-Phase Micro Generators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hynek Raisigel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Crébier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Lembeye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Delamare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Solid-State Sensors, Actuators and Microsystems TRANSDUCERS'07</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00289189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrated μ-rectifier for μ-sources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hynek Raisigel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Crébier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Lembeye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Delamare</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Seminar on Power Semiconductors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Prague, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00196780v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Methodology and tool for generating semi-analytical models used to pre-design electromagnetic MEMS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Delinchant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harijaona Lalao Rakotoarison</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CEFC 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2006, Miami, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00193707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient and accurate modelling of Mag-MEMS for the optimization of system design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harijaona Lalao Rakotoarison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Delinchant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OIPE 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Sorrento, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00195649v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integration of the volume segmentation method into an optimization process: application to the sizing of a micro-actuator for deformable mirrors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harijaona Lalao Rakotoarison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Wurtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiri Stepanek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Delinchant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2006, France. pp.1163-1166</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00333819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimisation d'un micro-actionneur électromagnétique pour miroir déformable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Delinchant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harijaona Lalao Rakotoarison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiri Stepanek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Wurtz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EF 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2005, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00186933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Position control of a levitating magnetic actuator. Applications to microsystems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiri Stepanek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Rostaing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Lesecq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Delamare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFAC World Congress, Prague</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Prague, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00184133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnetic Planar Micro Generator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hynek Raisigel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Delamare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Wiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Rostaing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 13th Intal Conf. on Solid-State Sensors, Actuators and MEMS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2005, Séoul, South Korea. pp.757 à 761</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00182641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnetic, Out-of-plane, Totaly integrated Bistable micro-actuator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Rostaing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiri Stepanek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Dieppedale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Delamare</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 13th Intal Conf. on Solid-State Sensors, Actuators and MEMS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2005, Séoul, South Korea. pp.1366à 1370</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00182634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integration of the volume segmentation method into an optimisation process. Application to the sizing of a micro- actuator for deformable mirrors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harijaona Lalao Rakotoarison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Wurtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiri Stepanek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Delinchant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th Conference on the Computation of Electromagnetic Field (COMPUMAG 2005)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2005, Shenyang, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00186932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miniaturized NMR systems (µNMR) for novel applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aktham Asfour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kosai Raoof</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Fournier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International micro and nanotechnology meeting: MINATEC 2003</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2003, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00979947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deformable magnetic mirror for adaptive optics: first results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Mounaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Skandar Basrour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Divoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Reyne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings IEEE Thirteenth Annual International Conference on Micro Electro Mechanical Systems (Cat. No.00CH36308)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, Miyazaki, Japan. pp.485-90, </w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MEMSYS.2000.838475⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00008672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An induction micromotor on a permanent magnet bearing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Reyne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Skandar Basrour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.A. Gilles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACTUATOR-2000.-7th-International-Conference-on-New-Actuators-and-International-Exhibition-on-Smart-Actuators-and-Drive-Systems.-Conference-Proceedings.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, Bremen, Germany. pp.189-92</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00008620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miniaturized deformable magnetic mirror for adaptive optics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Skandar Basrour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Boussey-Said</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Divoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Mounaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Int. Symp. on Astronomical Telescopes and Instrumentation.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, Kona, Hawaii, France. pp.850-857</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00009140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnetophoresis and microfluidics for efficient magnetic nanoparticle manipulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Bou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Orsini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Delshadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphee Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franz Bruckert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Micro and Nano Engineering Conference (MNE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Montepellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04760931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovative no-wash immunoassay combining magnetic nanoparticles and micro-magnets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Delshadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Blaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Fratzl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Kauffmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Devillers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intermag 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01522582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Method for capturing, method for detecting and kit for capturing a molecule in a sample</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Blaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luiz-Fernando Zanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Reyne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nora Dempsey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Weidenhaupt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : EP2946209A1; EP2946209B1; EP3447492A1; ES2711422T3; FR3001038A1; FR3001038B1; TR201902171T4; US10451617B2; US2015355174A1; WO2014111187A1. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04758156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Générateur d'électricité et récupérateur d'énergie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Delamare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Viala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leticia Gimeno Monge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gor Lebedev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: 1260047. 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00822001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Method and device for magnetic actuation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel O'Brien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Delamare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Geoffroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Patent n° : WO2010/046614 A1. 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00612136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Levitation magnetic actuator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Delamare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Dieppedale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Meunier-Carus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">United States, Patent n° : US 7,834,727 B2. 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00612149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Procédé et dispositif d'actionnement magnétique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Obrien Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Delamare</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: FR 08 57257. 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00367721v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouvelles configurations d'aimants permanents pour rotateur de Faraday, isolateur de Faraday et diode optique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Vigué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Trénec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Volondat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: FR2905794. 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00367730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Actionneur magnétique a lévitation a temps de commutation et/ou courant d'actionnement réduits.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Delamare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Dieppedale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N° de brevet: FR2857777. 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00188254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Actionneur A Qualité De Contact Electrique Améliorée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Delamare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Dieppedale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N° de brevet: FR2853449. 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00188262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mobile Applications and Micro-Power Sources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Delamare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy Storage </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ISTE-Wiley, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00612077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnetic Imaging Films</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rostislav M. Grechishkin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.A. Chigirinsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gusev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nora Dempsey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">B. Azzerboni, G. Asti, L. Pareti, M. Ghidini. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Magnetic Nanostructures in Modern Technology − Spintronics, Magnetic MEMS &amp; Recording</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Kluwer Academic Publishers, pp.195-224, 2008, </w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-1-4020-6338-1_11⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00281541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnetic Microsystems : Mag−MEMS: basic principles & applications, 21 pages»</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Delamare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Reyne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">B. Azzerboni, G. Asti, L. Pareti, M. Ghidini. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Magnetic Nanostructures in Modern Technology − Spintronics, Magnetic MEMS &amp; Recording</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Kluwer Academic Publishers, 21 p., 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00281535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micro redresseur intégré pour micro-sources triphasées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hynek Raisigel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Crébier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Lembeye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Delamare</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00202673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnetic Microsystems : Mag-MEMS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Delamare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Reyne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00202690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId304"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:125.08143322476px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Orphée CUGAT </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Directeur de Recherche CNRS</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">orphee-cugat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-9116-7572</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">059566140</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (34)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast and precise magnetophoresis of superparamagnetic nanoparticles on a micro-magnetic substrate in a static liquid environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Bou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia de la Fuente</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Orsini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Delshadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lab on a Chip</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/d5lc01072a⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05523226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnetically Localized Detection of Amplified DNA Using Biotinylated and Fluorescent Primers and Magnetic Nanoparticles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Orsini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franz Bruckert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Weidenhaupt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Kauffmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biosensors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 15 (3), pp.195. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/bios15030195⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04996503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi‐Material 3D Microprinting of Magnetically Deformable Biocompatible Structures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxane Pétrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Devillers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Stéphan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphee Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caterina Tomba</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Functional Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 33 (49), pp.2304445. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/adfm.202304445⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04233561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrication and Magnetic Actuation of 3D‐Microprinted Multifunctional Hybrid Microstructures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Vieille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxane Pétrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Stéphan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Delattre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Marchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Materials Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 5 (10), pp.2000535. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/admt.202000535⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03048907v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovative multiplexed point-of-care immunoassay applied to hepatitis B screening</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Delshadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Blaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V Massé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T Decaens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Larrat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clinica Chimica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 493, pp.S644--S645. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cca.2019.03.1360⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02509504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnetophoretic induced convective capture of highly diffusive superparamagnetic nanoparticles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Fratzl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Delshadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Devillers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Bruckert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soft Matter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 14 (14), pp.2671 - 2681. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C7SM02324C⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01934060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrication methods for high-performance miniature disks of Terfenol-D for energy harvesting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Issindou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Viala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Gimeno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Rado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors and Actuators A: Physical </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 284, pp.1--5. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.sna.2018.09.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02278125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapid immunoassay exploiting nanoparticles and micromagnets: proof-of-concept using ovalbumin model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Delshadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Blaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Kauffmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Fratzl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Devillers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioanalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 9 (6), pp.517-526. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4155/bio-2016-0232⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02333922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harvesting heat with thermo-mechanically bistable beams: working principle and theoretical performances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jihane Boughaleb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Monfray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Boeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphee Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical and Quantum Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 48 (3), </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11082-016-0431-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02277770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PVDF piezoelectric voltage coefficient in situ measurements as a function of applied stress</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gusarov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Gusarova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Viala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leticia Gimeno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphee Cugat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Polymer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 133 (14), </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/app.43248⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02277777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Description of the performances of a thermo-mechanical energy harvester using bimetallic beams</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Boughaleb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Monfray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Boeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 56, pp.75-79. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.optmat.2016.02.038⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01769153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal energy harvesting by piezoelectric PVDF polymer coupled with shape memory alloy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Gusarov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Gusarova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Viala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Gimeno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Boisseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors and Actuators A: Physical </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 243, pp.175--181. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.sna.2016.03.026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02277763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermo-mechanical efficiency of the bimetallic strip heat engine at the macro-scale and micro-scale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Boughaleb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Monfray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Boeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Micromechanics and Microengineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 25 (10), </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0960-1317/25/10/104003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01769920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid Bio-Mag-MEMS combining magnetophoresis and dielectrophoresis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Blaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Masse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luiz-Fernando Zanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Gaude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Delshadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The European Physical Journal B: Condensed Matter and Complex Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 86 (4), pp.165. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjb/e2013-30679-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00850011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combined pyroelectric piezoelectric and shape memory effects for thermal energy harvesting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Zakharov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gusarov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Gusarova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Viala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physics: Conference Series</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 13th International Conference on Micro and Nano Technology for Power Generation and Energy Conversion Applications (PowerMEMS) Dec 2013 London, 476 (1), pp.12021. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1742-6596/476/1/012021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00993803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An improved method for piezoelectric characterization of polymers for energy harvesting applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Gusarova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gusarov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Zakharov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bousquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Viala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physics: Conference Series</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 13th International Conference on Micro and Nano Technology for Power Generation and Energy Conversion Applications (PowerMEMS) Dec 2013 London, 476 (1), pp.12061. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1742-6596/476/1/012061⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00993813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal energy conversion by coupled shape memory and piezoelectric effects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Zakharov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gor Lebedev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Delamare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Viala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Micromechanics and Microengineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0960-1317/22/9/094005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00814609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnetostrictive-piezoelectric composite structures for energy harvesting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lafont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leticia Gimeno Monge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Delamare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gor Lebedev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Zakharov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Micromechanics and Microengineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 22 (9), </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0960-1317/22/9/094009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00766924v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Converse magnetoelectric effect dependence with CoFeB composition in ferromagnetic/piezoelectric composites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gor Lebedev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Viala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lafont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Zakharov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, pp.111, 07C725. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.3679443⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00728044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Permanent magnets for Faraday rotators inspired by the design of the magic sphere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Trénec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Volondat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Vigué</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied optics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 50 (24), pp.4788-4797. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/AO.50.004788⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00916399v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Practical and theoretical investigations of a rotating coilless actuator using the inverse magnetostrictive effect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Geoffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel O'Brien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Delamare</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 46 (2), pp.606-609. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/tmag.2009.2034469⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00612075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnetic characterization of micropatterned Nd-Fe-B hard magnetic films using scanning Hall probe microscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikhail S. Kustov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Laczkowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Hykel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Klaus Hasselbach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dumas-Bouchiat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 108 (6), pp.063914. </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.3486513⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00544416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gradient based optimization of semi-numerical models with symbolic sensitivity: Application to a simple ferromagnetic MEMS switch device</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Delinchant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harijaona Lalao Rakotoarison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Ardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Chadebec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Applied Electromagnetics and Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 30 (3-4), pp.189-200. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/JAE-2009-1021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00417616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stable diamagnetic self-levitation of a micro-magnet by improvement of its magnetic gradients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harald Profijt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Pigot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Reyne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. M. Grechishkin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Magnetism and Magnetic Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jmmm.2008.08.115⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00329465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnetic Micro-Actuators (MAGMAS)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Reyne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Delamare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encyclopedia of Materials: Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, pp.1-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00370981v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Planar brushless magnetic micro-motors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Delamare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Dieppedale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Achotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Alain Gilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of MEMS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, pp.1001 à 1014. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/jmems.2006.872232⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00192173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermo-reversible permanent magnets in the quasi-binary GdCo5-xCux system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rostislav M. Grechishkin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikhail S. Kustov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphee Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Delamare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guylaine Poulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 89, pp.122505. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.2347282⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00139189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Permanent magnet planar micro-generators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Delamare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hynek Raisigel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors and Actuators</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, pp.438 à 444. </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.sna.2005.10.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00192174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel magnetic µ-actuators and systems (MAGMAS) using permanent magnets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Delamare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Reyne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Rostaing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors and Actuators A: Physical </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, pp.265 à 269. </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.sna.2005.09.058⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00192114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conception, modélisation et prototypage d'un micro-relais bistable magnétique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Rostaing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiri Stepanek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Delinchant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Delamare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Internationale de Génie Electrique (RIGE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, pp.703-724. </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/rige.8.703-724⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00334002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">«Magnetic Micro-Actuators (MAGMAS)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Reyne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Delamare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encyclopedia of Materials: Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Update Online - 2005. </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/b0-08-043152-6/02014-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00164134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deformable magnetic mirror for adaptive optics: technological aspects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Skandar Basrour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Divoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Mounaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Reyne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors and Actuators A: Physical </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 89, issues 1-2, pp.1-9. </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0924-4247⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00008664v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A design methodology for permanent magnet microbearings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaime Fandino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sauvey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Paul Yonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Reyne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 36 (4), pp.1919-1922. </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/20.877822⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01322307v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deformable mirror using magnetic membranes: application to adaptive optics in astrophysics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Divoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Reyne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Boussey-Said</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Skandar Basrour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 34(5), pp.3564-7. </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/20.717841⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00008729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (59)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">6Dmag 3D printing of anisotropic bonded rare-earth magnets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R Vallereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Rivoirard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nora Dempsey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphee Cugat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICM 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Bologne, Jul 2024, Bologna (ITALY), Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04643941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnet-paper composites for low-cost two-way valves and other active structures in μpads</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Fratzl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boyce S Chang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephanie Oyola-Reynoso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Blaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Delshadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intermag 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Singapour, Singapore</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02331218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interaction analysis of highly diffusive superparamagnetic nanoparticles and carrier fluids at low reynolds numbers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Fratzl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boyce S Chang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephanie Oyola-Reynoso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Blaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Delshadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MicroTas 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Kaohsiung, Taiwan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02331219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct Piezoelectric Coefficient Measurements of PVDF and PLLA under Controlled Strain and Stress</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leticia Gimeno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Viala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gusarov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multidisciplinary Digital Publishing Institute Proceedings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Paris, France. pp.335</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02330508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Effect of Temperature and Strain on Power Conversion Efficiency of PVDF-Based Thermal Energy Harvesters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leticia Gimeno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Viala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multidisciplinary Digital Publishing Institute Proceedings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Paris, France. pp.576</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02330509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnet-paper composites for low-cost two-way valves and other active structures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Fratzl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Chang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephanie M Oyola-Reynoso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Blaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Delshadia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MicroTAS 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Savannah, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01628299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrication and characterization of piezoelectric microgenerators for flexible energy harvesting using P (VDF-TrFE) screen-formulated inks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Gusarova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Viala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Plihon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Gusarov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Gimeno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interconnect Technology Conference and 2015 IEEE Materials for Advanced Metallization Conference (IITC/MAM), 2015 IEEE International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Grenoble, France. pp.177--180</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02330022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovative immuno-assay exploiting magnetic nanoparticles and structured micro-magnets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Delshadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Blaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Kauffmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Fratzl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Devillers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Internationales de la Biologie (JIB Euromedlab 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01208275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electrical performances of pyroelectric bimetallic strip heat engines describing a Stirling cycle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jihane Boughaleb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Monfray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PowerMEMS 2015, The 15th International Conference on Micro- and Nano-Technology for Power Generation and Energy Conversion Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2015, Boston, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01243269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FLEXIBLE COMPOSITE THERMAL ENERGY HARVESTER USING PIEZOELECTRIC PVDF POLYMER AND SHAPE MEMORY ALLOY</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gusarov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leticia Gimeno Monge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Gusarova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Viala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Boisseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transducers 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Anchorage, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01176561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flexible screen-printed piezoelectric P (VDF-TrFE) copolymer microgenerators for energy harvesting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Gusarova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Viala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Plihon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Gusarov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Gimeno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Solid-State Sensors, Actuators and Microsystems (TRANSDUCERS), 2015 Transducers-2015 18th International Conference on</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Anchorage (AK), USA, Unknown Region. pp.1901--1904</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02330023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reduced model for the comprehension of the operation of a thermo-mechanical energy harvester</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jihane Boughaleb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Monfray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE 13th International New Circuits and Systems Conference (NEWCAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01208257v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analytical expression of the efficiency of a thermal energy harvester</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jihane Boughaleb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Monfray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées nationales sur la récupération et le stockage d’énergie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Orsay, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01208223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling of thermo-mechanical energy harvesters using the first order phasechange of composite beams</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Monfray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jihane Boughaleb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th INTERNATIONAL CONFERENCE on FRONTIERS of POLYMERS &amp; ADVANCED MATERIALS (ICFPAM 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Marrakech, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01154048v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal energy harvesting by combined pyroelectric, piezoelectric and shape memory effects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gusarov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dmitry Zakharov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Gusarova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Viala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SENSO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Aix en Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01079704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling of the thermo-mechanical efficiency of the bimetalstrip heat engines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Monfray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jihane Boughaleb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PowerMEMS 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Hyogo, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01089752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MAGNETOSTRICTIVE-PIEZOELECTRIC COMPOSITE STRUCTURE FOR ENERGY HARVESTING</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lafont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Delamare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gor Lebedev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Zakharov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leticia Gimeno Monge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Nationales de la Récupération d'Energie (3eme)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2013, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00806843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combined pyroelectric, piezoelectric and shape memory effects for thermal energy harvesting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Zakharov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gusarov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Gusarova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Viala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PowerMEMS 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, Londres, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00915986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bio-Mag-MEMS with micro-magnet for biological application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Blaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Masse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L.F Zanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Gaude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Delshadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th NAno and MIcroSytems (NAMIS) Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Seattle, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00949403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bio-mag-MEMS with micro-magnets for biological applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Blaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Masse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luiz-Fernando Zanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Gaude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Delshadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th NAMIS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Seattle, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00993774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An improved method for piezoelectric characterization of polymers for energy harvesting applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Gusarova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gusarov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Zakharov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bousquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Viala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PowerMEMS 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, Londres, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00915878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bio-Mag-MEMS combining magnetophoresis and dielectrophoris for cell sorting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Blaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Masse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Zanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Delshadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Gaude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3th Nano-Micro environment for cell biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2012, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00808896v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnetic microfluidic microsystems (Bio-Mag-MEMS) combining magnetophoresis and dielectrophoris for cell sorting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Blaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Zanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Bruckert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Weidenhaupt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12 th JEMS Joint European Magnetic Symposia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, parme, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00808887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnetic Microfluidic Microsystem (Bio-Mag-MEMS) combining magnetophoresis and dielectrophoresis for biological applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Blaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Masse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luiz-Fernando Zanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Gaude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Honegger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joint European Magnetic Symposia (JEMS) 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Parme, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00750736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct observation of magnetic easy-axis rotation in magnetoelectric composites by Kerr microscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gor Lebedev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Viala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Delamare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joint European Magnetic Symposia (JEMS 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00733651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MAGNETOSTRICTIVE-PIEZOELECTRIC COMPOSITE STRUCTURE FOR ENERGY HARVESTING</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lafont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Delamare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gor Lebedev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Zakharov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Viala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PowerMems 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Séoul, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00646315v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strain-mediated magnetization rotation in exchange biased antiferromagnetic/ferromagnetic/piezoelectric composites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gor Lebedev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Viala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lafont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Zakharov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MMM 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Scottsdale, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00640961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal energy conversion by coupled shape memory and piezoelectric effects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Zakharov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gor Lebedev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Delamare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Viala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PowerMems 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Séoul, South Korea. pp.106-109, </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0960-1317/22/9/094005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00646547v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Converse magneto-electric effect dependence with CoFeB composition in ferromagnetic/piezoelectric composites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gor Lebedev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Viala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lafont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Zakharov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MMM 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Scottsdale, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00640956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">THERMAL ENERGY HARVESTING USING SHAPE MEMORY/PIEZOELECTRIC COMPOSITES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gor Lebedev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gusarov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Viala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Delamare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 16th International Conference on Solid-State Sensors, Actuators and Microsystems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Pékin, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00601827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micro-structured hard magnetic films for lab-on-chip applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nora Dempsey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dumas-Bouchiat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikhail S. Kustov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel O'Brien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luiz-Fernando Zanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 8th International Conference on the Scientific and Clinical Applications of Magnetic Carrier</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Rostock, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00544717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High performance hard magnetic films for micro-system applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nora Dempsey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dumas-Bouchiat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikhail S. Kustov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel O'Brien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luiz-Fernando Zanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISAMMA 2010 (Int. Symposium on Advanced Magnetic Materials and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2010, Sendaï, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00545111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Practical and theoretical investigations of a rotating coil-less actuator using the inverse magnetostrictive effect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Geoffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel O'Brien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Delamare</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soft Magnetic Materials (SMM 19)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Turin, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00426044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermo-Magnetic, Piezo-Electric and Electroactive Energy Harvesting Devices.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Skandar Basrour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Delamare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Jean-Mistral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Defosseux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Research Society - MRS Fall MEETING</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2009, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00448501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hard magnetic films for microsystem applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nora Dempsey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dumas-Bouchiat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel O'Brien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikhail S. Kustov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rostislav M. Grechishkin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JIPMA 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2009, Gafsa, Tunisia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00544700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnetic microsystems Mag-MEMS: novel trends</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Delamare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Reyne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel O'Brien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Kauffmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intermag 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Sacramento, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00390702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling a “flying carpet” stable in both the positive and negative z-directions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikhail S. Kustov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Reyne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COMPUMAG 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, Florianopolis, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00440295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diamagnetic levitation of NdFeB films above Highly Oriented Pyrolytic Graphite: towards micromachined flying carpets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaap Kokorian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harald Profijt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikhail S. Kustov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léon Abelmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Reyne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUROMAT 2009 (European Congress and Exhibition on Advanced Materials and Processes)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, Glasgow, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00544626v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling a “flying carpet” stable in both the positive and negative z directions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikhail S. Kustov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Kauffmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Reyne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Compumag 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Florianopolis, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00544639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stable Diamagnetic Levitation in MEMS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hichem Chetouani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Pigot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Kauffmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.S. Kustov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JEMS 2008 (Joint European Magnetics Symposia)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00327280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gradient based optimization of semi-numerical models with symbolic sensitivity: Application to a simple ferromagnetic MEMS switch device</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Delinchant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harijaona Lalao Rakotoarison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Ardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Chadebec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Workshop on Optimization and Inverse Problems in Electromagnetism (OIPE 2008)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Ilmenau, Germany. pp.192-193</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00324091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrated permanent magnets for Mag-MEMS: needs and challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Delamare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Reyne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research trends in novel magnets for electromagnetic applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00319944v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High Efficiency 3-Phase CMOS Rectifier with Step Up and Regulated Output Voltage – Design and System Issues for Micro Generator Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Crébier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Lembeye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hynek Raisigel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Deleage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Delamare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DTIP 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2007, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00288808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HIGH EFFICIENCY 3-PHASE CMOS RECTIFIER WITH STEP UP AND REGULATED</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-C. Crebier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Lembeye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Raisigel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Deleage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Delamare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DTIP 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2007, Stresa, lago Maggiore, Italy. pp.338-343</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00257713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electromagnetic microsystems modelling to achieve very constraints design requirements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harijaona Lalao Rakotoarison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Rostaing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Delinchant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Multidisciplinary Design Optimization and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2007, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00289759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autonomous, Low Voltage, High Efficiency, CMOS Rectifier for Three-Phase Micro Generators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hynek Raisigel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Crébier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Lembeye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Delamare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Solid-State Sensors, Actuators and Microsystems TRANSDUCERS'07</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00289189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrated μ-rectifier for μ-sources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hynek Raisigel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Crébier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Lembeye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Delamare</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Seminar on Power Semiconductors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Prague, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00196780v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Methodology and tool for generating semi-analytical models used to pre-design electromagnetic MEMS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Delinchant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harijaona Lalao Rakotoarison</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CEFC 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2006, Miami, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00193707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient and accurate modelling of Mag-MEMS for the optimization of system design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harijaona Lalao Rakotoarison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Delinchant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OIPE 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Sorrento, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00195649v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integration of the volume segmentation method into an optimization process: application to the sizing of a micro-actuator for deformable mirrors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harijaona Lalao Rakotoarison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Wurtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiri Stepanek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Delinchant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2006, France. pp.1163-1166</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00333819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimisation d'un micro-actionneur électromagnétique pour miroir déformable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Delinchant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harijaona Lalao Rakotoarison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiri Stepanek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Wurtz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EF 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2005, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00186933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Position control of a levitating magnetic actuator. Applications to microsystems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiri Stepanek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Rostaing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Lesecq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Delamare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFAC WC 2005 - 16th IFAC World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Prague, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00184133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnetic Planar Micro Generator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hynek Raisigel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Delamare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Wiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Rostaing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 13th Intal Conf. on Solid-State Sensors, Actuators and MEMS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2005, Séoul, South Korea. pp.757 à 761</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00182641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnetic, Out-of-plane, Totaly integrated Bistable micro-actuator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Rostaing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiri Stepanek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Dieppedale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Delamare</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 13th Intal Conf. on Solid-State Sensors, Actuators and MEMS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2005, Séoul, South Korea. pp.1366à 1370</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00182634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integration of the volume segmentation method into an optimisation process. Application to the sizing of a micro- actuator for deformable mirrors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harijaona Lalao Rakotoarison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Wurtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiri Stepanek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Delinchant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th Conference on the Computation of Electromagnetic Field (COMPUMAG 2005)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2005, Shenyang, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00186932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miniaturized NMR systems (µNMR) for novel applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aktham Asfour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kosai Raoof</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Fournier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International micro and nanotechnology meeting: MINATEC 2003</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2003, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00979947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deformable magnetic mirror for adaptive optics: first results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Mounaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Skandar Basrour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Divoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Reyne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings IEEE Thirteenth Annual International Conference on Micro Electro Mechanical Systems (Cat. No.00CH36308)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, Miyazaki, Japan. pp.485-90, </w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MEMSYS.2000.838475⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00008672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An induction micromotor on a permanent magnet bearing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Reyne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Skandar Basrour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.A. Gilles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACTUATOR-2000.-7th-International-Conference-on-New-Actuators-and-International-Exhibition-on-Smart-Actuators-and-Drive-Systems.-Conference-Proceedings.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, Bremen, Germany. pp.189-92</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00008620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miniaturized deformable magnetic mirror for adaptive optics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Skandar Basrour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Boussey-Said</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Divoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Mounaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Int. Symp. on Astronomical Telescopes and Instrumentation.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, Kona, Hawaii, France. pp.850-857</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00009140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnetophoresis and microfluidics for efficient magnetic nanoparticle manipulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Bou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Orsini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Delshadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphee Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franz Bruckert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Micro and Nano Engineering Conference (MNE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Montepellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04760931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovative no-wash immunoassay combining magnetic nanoparticles and micro-magnets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Delshadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Blaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Fratzl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Kauffmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Devillers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intermag 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01522582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Method for capturing, method for detecting and kit for capturing a molecule in a sample</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Blaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luiz-Fernando Zanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Reyne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nora Dempsey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Weidenhaupt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : EP2946209A1; EP2946209B1; EP3447492A1; ES2711422T3; FR3001038A1; FR3001038B1; TR201902171T4; US10451617B2; US2015355174A1; WO2014111187A1. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04758156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Générateur d'électricité et récupérateur d'énergie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Delamare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Viala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leticia Gimeno Monge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gor Lebedev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: 1260047. 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00822001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Method and device for magnetic actuation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel O'Brien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Delamare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Geoffroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Patent n° : WO2010/046614 A1. 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00612136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Levitation magnetic actuator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Delamare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Dieppedale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Meunier-Carus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">United States, Patent n° : US 7,834,727 B2. 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00612149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Procédé et dispositif d'actionnement magnétique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Obrien Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Delamare</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: FR 08 57257. 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00367721v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouvelles configurations d'aimants permanents pour rotateur de Faraday, isolateur de Faraday et diode optique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Vigué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Trénec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Volondat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: FR2905794. 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00367730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Actionneur magnétique a lévitation a temps de commutation et/ou courant d'actionnement réduits.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Delamare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Dieppedale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N° de brevet: FR2857777. 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00188254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Actionneur A Qualité De Contact Electrique Améliorée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Delamare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Dieppedale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N° de brevet: FR2853449. 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00188262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mobile Applications and Micro-Power Sources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Delamare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy Storage </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ISTE-Wiley, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00612077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnetic Imaging Films</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rostislav M. Grechishkin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.A. Chigirinsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gusev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nora Dempsey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">B. Azzerboni, G. Asti, L. Pareti, M. Ghidini. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Magnetic Nanostructures in Modern Technology − Spintronics, Magnetic MEMS &amp; Recording</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Kluwer Academic Publishers, pp.195-224, 2008, </w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-1-4020-6338-1_11⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00281541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnetic Microsystems : Mag−MEMS: basic principles & applications, 21 pages»</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Delamare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Reyne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">B. Azzerboni, G. Asti, L. Pareti, M. Ghidini. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Magnetic Nanostructures in Modern Technology − Spintronics, Magnetic MEMS &amp; Recording</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Kluwer Academic Publishers, 21 p., 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00281535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micro redresseur intégré pour micro-sources triphasées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hynek Raisigel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Crébier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Lembeye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Delamare</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00202673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnetic Microsystems : Mag-MEMS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orphée Cugat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Delamare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Reyne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00202690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId305"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="22DD5825"/>
+    <w:nsid w:val="4F3B125F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/orphee-cugat" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9116-7572" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/059566140" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523226v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Bou" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia de la Fuente" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Orsini" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Delshadi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orph&#233;e Cugat" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d5lc01072a" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04996503v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franz Bruckert" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Weidenhaupt" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Kauffmann" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/bios15030195" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04233561v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane P&#233;trot" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Devillers" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier St&#233;phan" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orphee Cugat" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caterina Tomba" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.202304445" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03048907v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Vieille" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Delattre" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Marchi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/admt.202000535" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509504v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Delshadi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Blaire" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Mass&#233;" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Decaens" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Larrat" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cca.2019.03.1360" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934060v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fratzl" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Delshadi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bruckert" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Cugat" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7SM02324C" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278125v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Issindou" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Viala" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gimeno" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rado" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sna.2018.09.003" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02333922v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Blaire" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Fratzl" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4155/bio-2016-0232" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277770v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Arnaud" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jihane Boughaleb" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Monfray" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Boeuf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11082-016-0431-3" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277777v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Gusarov" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Gusarova" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Viala" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leticia Gimeno" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/app.43248" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-5LVLZN18-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01769153v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Arnaud" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Boughaleb" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Monfray" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Boeuf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optmat.2016.02.038" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J4CZ2H0Q-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277763v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gusarov" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gusarova" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Boisseau" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sna.2016.03.026" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5F52JQ32-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01769920v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0960-1317/25/10/104003" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00850011v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Blaire" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Masse" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz-Fernando Zanini" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Gaude" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjb/e2013-30679-1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-RLZHP62Q-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00993803v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Zakharov" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/476/1/012021" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00993813v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bousquet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/476/1/012061" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00814609v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gor Lebedev" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Delamare" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0960-1317/22/9/094005" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00766924v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lafont" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leticia Gimeno Monge" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0960-1317/22/9/094009" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/42ACF4DF93D520A6033CE3F7AA5D12C8372FDD53/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00728044v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3679443" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00916399v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Tr&#233;nec" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Volondat" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Vigu&#233;" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.50.004788" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00612075v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Geoffroy" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel O'Brien" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tmag.2009.2034469" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00544416v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail S. Kustov" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Laczkowski" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Hykel" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaus Hasselbach" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dumas-Bouchiat" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3486513" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00417616v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Delinchant" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harijaona Lalao Rakotoarison" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ardon" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Chadebec" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAE-2009-1021" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00329465v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harald Profijt" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Pigot" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Reyne" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. M. Grechishkin" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmmm.2008.08.115" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00370981v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00192173v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dieppedale" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Achotte" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Gilles" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/jmems.2006.872232" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00139189v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rostislav M. Grechishkin" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Delamare" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guylaine Poulin" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2347282" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00192174v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hynek Raisigel" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sna.2005.10.007" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TDFTF5QR-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00192114v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Rostaing" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sna.2005.09.058" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-52BHKSFS-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00334002v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiri Stepanek" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rige.8.703-724" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HT0-V6J9KT6T-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00164134v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/b0-08-043152-6/02014-3" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00008664v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Skandar Basrour" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Divoux" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Mounaix" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Reyne" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0924-4247" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01322307v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Fernandez" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaime Fandino" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Sauvey" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul Yonnet" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/20.877822" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00008729v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Boussey-Said" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/20.717841" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643941v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Vallereau" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Rivoirard" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Dempsey" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331218v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boyce S Chang" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Oyola-Reynoso" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331219v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330508v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Bernard" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330509v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628299v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Chang" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie M Oyola-Reynoso" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Delshadia" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330022v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Plihon" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01243269v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Boeuf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01176561v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Boisseau" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208275v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330023v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208257v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Monfray" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208223v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01154048v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01079704v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry Zakharov" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01089752v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806843v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00949403v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.F Zanini" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00915986v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00993774v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Masse" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Gaude" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Delshadi" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00915878v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00808896v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Zanini" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00808887v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Weidenhaupt" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00750736v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Honegger" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00733651v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00646315v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00640961v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00646547v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00640956v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00601827v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00544717v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00545111v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00426044v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00448501v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Jean-Mistral" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Defosseux" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00544700v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00440295v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00390702v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00544626v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaap Kokorian" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;on Abelmann" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00544639v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00327280v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hichem Chetouani" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.S. Kustov" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00324091v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00319944v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00288808v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Cr&#233;bier" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Lembeye" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Deleage" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00257713v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Crebier" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Lembeye" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Raisigel" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Deleage" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Delamare" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00289759v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00289189v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00196780v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00193707v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00195649v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00333819v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Wurtz" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00186933v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00184133v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Lesecq" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00182641v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Wiss" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00182634v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00186932v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00979947v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aktham Asfour" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kosai Raoof" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Fournier" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00008672v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MEMSYS.2000.838475" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00008620v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Fernandez" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.A. Gilles" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00009140v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760931v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01522582v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758156v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00822001v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00612136v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00612149v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Dieppedale" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Meunier-Carus" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00367721v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Obrien Daniel" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00367730v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Volondat" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00188254v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00188262v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00612077v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00281541v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.A. Chigirinsky" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gusev" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4020-6338-1_11" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-8FRQHPH8-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00281535v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00202673v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00202690v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/orphee-cugat" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9116-7572" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/059566140" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523226v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Bou" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia de la Fuente" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Orsini" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Delshadi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orph&#233;e Cugat" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d5lc01072a" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04996503v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franz Bruckert" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Weidenhaupt" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Kauffmann" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/bios15030195" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04233561v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane P&#233;trot" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Devillers" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier St&#233;phan" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orphee Cugat" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caterina Tomba" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.202304445" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03048907v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Vieille" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Delattre" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Marchi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/admt.202000535" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509504v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Delshadi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Blaire" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Mass&#233;" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Decaens" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Larrat" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cca.2019.03.1360" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WD5JV80M-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934060v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fratzl" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Delshadi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bruckert" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Cugat" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7SM02324C" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278125v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Issindou" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Viala" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gimeno" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rado" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sna.2018.09.003" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02333922v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Blaire" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Fratzl" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4155/bio-2016-0232" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277770v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Arnaud" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jihane Boughaleb" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Monfray" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Boeuf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11082-016-0431-3" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277777v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Gusarov" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Gusarova" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Viala" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leticia Gimeno" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/app.43248" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-5LVLZN18-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01769153v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Arnaud" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Boughaleb" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Monfray" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Boeuf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optmat.2016.02.038" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J4CZ2H0Q-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277763v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gusarov" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gusarova" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Boisseau" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sna.2016.03.026" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5F52JQ32-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01769920v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0960-1317/25/10/104003" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00850011v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Blaire" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Masse" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz-Fernando Zanini" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Gaude" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjb/e2013-30679-1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-RLZHP62Q-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00993803v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Zakharov" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/476/1/012021" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00993813v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bousquet" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/476/1/012061" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00814609v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gor Lebedev" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Delamare" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0960-1317/22/9/094005" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00766924v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lafont" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leticia Gimeno Monge" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0960-1317/22/9/094009" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/42ACF4DF93D520A6033CE3F7AA5D12C8372FDD53/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00728044v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3679443" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00916399v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Tr&#233;nec" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Volondat" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Vigu&#233;" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.50.004788" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00612075v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Geoffroy" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel O'Brien" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tmag.2009.2034469" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00544416v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail S. Kustov" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Laczkowski" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Hykel" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaus Hasselbach" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dumas-Bouchiat" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3486513" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00417616v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Delinchant" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harijaona Lalao Rakotoarison" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ardon" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Chadebec" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAE-2009-1021" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00329465v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harald Profijt" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Pigot" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Reyne" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. M. Grechishkin" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmmm.2008.08.115" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00370981v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00192173v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dieppedale" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Achotte" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Gilles" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/jmems.2006.872232" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00139189v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rostislav M. Grechishkin" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Delamare" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guylaine Poulin" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2347282" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00192174v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hynek Raisigel" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sna.2005.10.007" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TDFTF5QR-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00192114v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Rostaing" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sna.2005.09.058" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-52BHKSFS-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00334002v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiri Stepanek" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rige.8.703-724" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HT0-V6J9KT6T-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00164134v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/b0-08-043152-6/02014-3" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00008664v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Skandar Basrour" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Divoux" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Mounaix" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Reyne" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0924-4247" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01322307v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Fernandez" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaime Fandino" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Sauvey" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul Yonnet" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/20.877822" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00008729v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Boussey-Said" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/20.717841" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643941v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Vallereau" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Rivoirard" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Dempsey" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331218v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boyce S Chang" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Oyola-Reynoso" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331219v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330508v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Bernard" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330509v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628299v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Chang" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie M Oyola-Reynoso" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Delshadia" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330022v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Plihon" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208275v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01243269v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Boeuf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01176561v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Boisseau" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330023v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208257v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Monfray" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208223v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01154048v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01079704v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry Zakharov" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01089752v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806843v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00915986v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00949403v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.F Zanini" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00993774v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Masse" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Gaude" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Delshadi" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00915878v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00808896v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Zanini" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00808887v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Weidenhaupt" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00750736v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Honegger" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00733651v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00646315v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00640961v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00646547v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00640956v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00601827v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00544717v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00545111v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00426044v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00448501v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Jean-Mistral" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Defosseux" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00544700v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00390702v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00440295v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00544626v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaap Kokorian" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;on Abelmann" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00544639v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00327280v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hichem Chetouani" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.S. Kustov" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00324091v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00319944v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00288808v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Cr&#233;bier" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Lembeye" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Deleage" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00257713v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Crebier" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Lembeye" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Raisigel" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Deleage" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Delamare" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00289759v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00289189v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00196780v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00193707v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00195649v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00333819v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Wurtz" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00186933v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00184133v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Lesecq" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00182641v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Wiss" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00182634v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00186932v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00979947v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aktham Asfour" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kosai Raoof" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Fournier" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00008672v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MEMSYS.2000.838475" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00008620v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Fernandez" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.A. Gilles" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00009140v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760931v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01522582v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758156v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00822001v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00612136v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00612149v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Dieppedale" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Meunier-Carus" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00367721v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Obrien Daniel" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00367730v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Volondat" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00188254v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00188262v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00612077v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00281541v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.A. Chigirinsky" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gusev" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4020-6338-1_11" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-8FRQHPH8-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00281535v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00202673v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00202690v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>