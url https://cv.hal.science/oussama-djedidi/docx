--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -127,477 +127,477 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Failure Prognosis Based on Relevant Measurements Identification and Data-Driven Trend-Modeling: Application to a Fuel Cell System</w:t>
+                <w:t xml:space="preserve">Remaining useful life prediction in embedded systems using an online auto-updated machine learning based modeling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Oussama Djedidi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Mohand Djeziri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samir Benmoussa</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Luc Seguin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Processes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/pr9020328⟩</w:t>
+              <w:t xml:space="preserve">Microelectronics Reliability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 119, pp.114071. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.microrel.2021.114071⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03139295v1</w:t>
+                <w:t xml:space="preserve">hal-03161501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A temporal-based SVM approach for the detection and identification of pollutant gases in a gas mixture</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Failure Prognosis Based on Relevant Measurements Identification and Data-Driven Trend-Modeling: Application to a Fuel Cell System</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohand Djeziri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohand Djeziri</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Oussama Djedidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samir Benmoussa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Bendahan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Seguin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Intelligence</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10489-021-02761-0⟩</w:t>
+              <w:t xml:space="preserve">Processes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9 (2), pp.328. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/pr9020328⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03332042v1</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03139295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Remaining useful life prediction in embedded systems using an online auto-updated machine learning based modeling</w:t>
+                <w:t xml:space="preserve">A temporal-based SVM approach for the detection and identification of pollutant gases in a gas mixture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Mohand Djeziri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Oussama Djedidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Morati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Seguin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Bendahan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microelectronics Reliability</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 119, pp.114071. </w:t>
+              <w:t xml:space="preserve">Applied Intelligence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.microrel.2021.114071⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10489-021-02761-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03161501v1</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03332042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Accurate detection and discrimination of pollutant gases using a temperature modulated MOX sensor combined with feature extraction and support vector classification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oussama Djedidi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oussama Djedidi</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Mohand Djeziri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Morati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Seguin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bendahan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sensors and Actuators B: Chemical</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 339, pp.129817. </w:t>
@@ -635,64 +635,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Power profiling and monitoring in embedded systems: A comparative study and a novel methodology based on NARX neural networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oussama Djedidi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohand Djeziri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Systems Architecture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 111, pp.101805. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
@@ -726,64 +726,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Incremental Modeling and Monitoring of Embedded CPU-GPU Chips</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oussama Djedidi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohand Djeziri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Processes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 8 (6), pp.678. </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
@@ -817,64 +817,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Data-Driven Approach for Feature Drift Detection in Embedded Electronic Devices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oussama Djedidi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohand Djeziri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nacer M'Sirdi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -953,51 +953,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Feature Selection for Virtual Metrology Modeling: An application to Chemical Mechanical Polishing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oussama Djedidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rebecca Clain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1070,103 +1070,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Data Analysis-Based Gas Identification with a Single Metal Oxide Sensor Operating in Dynamic Temperature Regime</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Morati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Contaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Seguin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bendahan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oussama Djedidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ALLSENSORS 2020, The Fifth International Conference on Advances in Sensors, Actuators, Metering and Sensing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Valencia, Spain. pp.20-23</w:t>
@@ -1195,64 +1195,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Failure Prognosis of Embedded Systems Based on Temperature Drift Assessment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oussama Djedidi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohand Djeziri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samir Benmoussa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1290,51 +1290,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adaptive Estimation of the Thermal Behavior of CPU-GPU SoCs for Prediction and Diagnosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oussama Djedidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nacer K M'Sirdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1379,516 +1379,516 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02311475v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation orientée diagnostic des composants électroniques embarqués</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Constructing an Accurate and a High-Performance Power Profiler for Embedded Systems and Smartphones</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oussama Djedidi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oussama Djedidi</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Nk M'Sirdi</w:t>
+                <w:t xml:space="preserve">Mohand Djeziri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nacer M'Sirdi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aziz Naamane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès National de la Recherche des IUT (CNRIUT’2018)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">MSWIM '18: 21st ACM Int'l Conference on Modelling, Analysis and Simulation of Wireless and Mobile Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Montreal QC Canada, Canada. pp.79-82, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3242102.3242139⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01902905v1</w:t>
+                <w:t xml:space="preserve">hal-03604237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constructing an Accurate and a High-Performance Power Profiler for Embedded Systems and Smartphones</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oussama Djedidi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohand Djeziri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nacer M'Sirdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aziz Naamane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MSWIM '18: 21st ACM Int'l Conference on Modelling, Analysis and Simulation of Wireless and Mobile Systems</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
+              <w:t xml:space="preserve">MSWIM '18 21st ACM Int'l Conference on Modelling, Analysis and Simulation of Wireless and Mobile Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Montreal, Canada. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1145/3242102.3242139⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03604220v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01907145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constructing an Accurate and a High-Performance Power Profiler for Embedded Systems and Smartphones</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oussama Djedidi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohand Djeziri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nacer M'Sirdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aziz Naamane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MSWIM '18 21st ACM Int'l Conference on Modelling, Analysis and Simulation of Wireless and Mobile Systems</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
+              <w:t xml:space="preserve">MSWIM '18: 21st ACM Int'l Conference on Modelling, Analysis and Simulation of Wireless and Mobile Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Montreal QC Canada, France. pp.79-82, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1145/3242102.3242139⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01907145v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03604220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Constructing an Accurate and a High-Performance Power Profiler for Embedded Systems and Smartphones</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Modélisation orientée diagnostic des composants électroniques embarqués</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oussama Djedidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Aziz Naamane</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohand Arab Djeziri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nk M'Sirdi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MSWIM '18: 21st ACM Int'l Conference on Modelling, Analysis and Simulation of Wireless and Mobile Systems</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Congrès National de la Recherche des IUT (CNRIUT’2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Aix en Provence, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/3242102.3242139⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03604237v1</w:t>
+                <w:t xml:space="preserve">hal-01902905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Novel Easy-to-construct Power Model for Embedded and Mobile Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oussama Djedidi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohand Djeziri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nacer M'Sirdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1948,255 +1948,255 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modular Modelling of an Embedded Mobile CPU-GPU Chip for Feature Estimation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oussama Djedidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohand Arab Djeziri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nacer M’sirdi</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nacer M'Sirdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aziz Naamane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14th International Conference on Informatics in Control, Automation and Robotics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2017, Madrid, France. pp.338-345, </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
+              <w:t xml:space="preserve">, Jul 2017, Madrid, Spain. pp.338-345, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5220/0006470803380345⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03604233v1</w:t>
+                <w:t xml:space="preserve">hal-01770233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modular Modelling of an Embedded Mobile CPU-GPU Chip for Feature Estimation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oussama Djedidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohand Arab Djeziri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nacer M'Sirdi</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nacer M’sirdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aziz Naamane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14th International Conference on Informatics in Control, Automation and Robotics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2017, Madrid, Spain. pp.338-345, </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, Jul 2017, Madrid, France. pp.338-345, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5220/0006470803380345⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5220/0006470803380345⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01770233v1</w:t>
+                <w:t xml:space="preserve">hal-03604233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2214,64 +2214,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Data-driven monitoring of Systems On Chip for Multifunction Modular Cockpit Display</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oussama Djedidi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohand Djeziri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kouider Nacer M'Sirdi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2341,51 +2341,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation Incrémentale des Processeurs Embarqués pour l'Estimation des Caractéristiques et le Diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oussama Djedidi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Automatique. Aix-Marseille Université (AMU), 2019. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -2412,51 +2412,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Incremental modeling of embedded processors for feature estimation and diagnostics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oussama Djedidi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences de l'ingénieur [physics]. Aix Marseille université - LIS, 2019. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -2515,64 +2515,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prototypage d'un système de surveillance des systèmes embarqués pour le projet MMCD</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oussama Djedidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohand Arab Djeziri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kouider Nacer M'Sirdi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2772,51 +2772,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03139295v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohand Djeziri" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oussama Djedidi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Benmoussa" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bendahan" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Seguin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pr9020328" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03332042v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Morati" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10489-021-02761-0" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03161501v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microrel.2021.114071" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03410267v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.snb.2021.129817" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02740661v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sysarc.2020.101805" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02862215v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pr8060678" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01869747v2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacer M'Sirdi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2018.09.714" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05190145v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Clain" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Borodin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Roussy" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ASMC54647.2022.9792527" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02575436v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Contaret" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02311476v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02311475v2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacer K M'Sirdi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz Naamane" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01902905v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohand Arab Djeziri" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nk M'Sirdi" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03604220v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3242102.3242139" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01907145v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03604237v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01856579v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0006915805410545" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03604233v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacer M&#8217;sirdi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0006470803380345" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01770233v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02144441v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kouider Nacer M'Sirdi" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02472080v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03569248v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02293986v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03161501v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oussama Djedidi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohand Djeziri" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Benmoussa" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microrel.2021.114071" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03139295v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bendahan" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Seguin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pr9020328" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03332042v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Morati" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10489-021-02761-0" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03410267v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.snb.2021.129817" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02740661v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sysarc.2020.101805" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02862215v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pr8060678" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01869747v2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacer M'Sirdi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2018.09.714" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05190145v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Clain" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Borodin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Roussy" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ASMC54647.2022.9792527" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02575436v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Contaret" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02311476v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02311475v2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacer K M'Sirdi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz Naamane" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03604237v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3242102.3242139" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01907145v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03604220v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01902905v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohand Arab Djeziri" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nk M'Sirdi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01856579v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0006915805410545" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01770233v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0006470803380345" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03604233v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacer M&#8217;sirdi" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02144441v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kouider Nacer M'Sirdi" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02472080v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03569248v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02293986v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>