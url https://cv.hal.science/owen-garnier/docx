--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -109,490 +109,490 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proof of Shvartsman's conjecture on braid groups of projective complex reflection groups</w:t>
+                <w:t xml:space="preserve">Conjugacy invariants and rigidity in Garside groups: a uniformity phenomenon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Matthieu Calvez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Owen Garnier</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan González-Meneses</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bert Wiest</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05195960v1</w:t>
+                <w:t xml:space="preserve">hal-05230778v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Normalisers of parabolic subgroups of Artin-Tits groups and Tits cone intersections</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Generalized J-groups, J-braid groups and Seifert link groups</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Owen Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Igor Haladjian</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oded Yacobi</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">hal-05293485v1</w:t>
+                <w:t xml:space="preserve">hal-05390283v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generalized J-groups, J-braid groups and Seifert link groups</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Proof of Shvartsman's conjecture on braid groups of projective complex reflection groups</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Owen Garnier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Igor Haladjian</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">hal-05390283v1</w:t>
+                <w:t xml:space="preserve">hal-05195960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conjugacy invariants and rigidity in Garside groups: a uniformity phenomenon</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Normalisers of parabolic subgroups of Artin-Tits groups and Tits cone intersections</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Owen Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Calvez</w:t>
+                <w:t xml:space="preserve">Edmund Heng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Owen Garnier</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Licata</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bert Wiest</w:t>
+                <w:t xml:space="preserve">Oded Yacobi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05230778v2</w:t>
+                <w:t xml:space="preserve">hal-05293485v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parabolic subgroups of complex braid groups: the remaining case</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Springer categories for regular centralizers in well-generated complex braid groups</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Owen Garnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04488927v1</w:t>
+                <w:t xml:space="preserve">hal-04139088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Springer categories for regular centralizers in well-generated complex braid groups</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Parabolic subgroups of complex braid groups: the remaining case</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Owen Garnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04139088v1</w:t>
+                <w:t xml:space="preserve">hal-04488927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -610,51 +610,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Garside groupoids and complex braid groups</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Owen Garnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mathematics [math]. Université de Picardie Jules Verne, 2024. English. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2024AMIE0021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -713,51 +713,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Generalization of the Dehornoy-Lafont order complex to categories: Application to exceptional braid groups</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Owen Garnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Categorical Structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 32 (1), pp.1. </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
@@ -791,51 +791,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Uniqueness of roots up to conjugacy in circular and hosohedral-type Garside groups</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Owen Garnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Group Theory</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 27 (5), pp.1091-1128. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
@@ -869,51 +869,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regular theory in complex braid groups</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Owen Garnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Algebra</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 620, pp.534-557. </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1116,51 +1116,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05195960v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Owen Garnier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05293485v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmund Heng" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Licata" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oded Yacobi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05390283v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Haladjian" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05230778v2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Calvez" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Gonz&#225;lez-Meneses" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bert Wiest" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04488927v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04139088v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-05381569v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2024AMIE0021" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03999262v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10485-023-09757-6" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04164784v3" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/jgth-2023-0268" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03775576v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jalgebra.2022.12.031" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05230778v2" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Calvez" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Owen Garnier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Gonz&#225;lez-Meneses" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bert Wiest" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05390283v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Haladjian" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05195960v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05293485v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmund Heng" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Licata" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oded Yacobi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04139088v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04488927v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-05381569v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2024AMIE0021" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03999262v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10485-023-09757-6" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04164784v3" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/jgth-2023-0268" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03775576v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jalgebra.2022.12.031" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>