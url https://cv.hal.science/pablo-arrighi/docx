--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -196,115 +196,115 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fermion Doubling in Quantum Cellular Automata</w:t>
+                <w:t xml:space="preserve">Causal decompositions of one-dimensional quantum cellular automata</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dogukan Bakircioglu</w:t>
+                <w:t xml:space="preserve">Augustin Vanrietvelde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pablo Arnault</w:t>
+                <w:t xml:space="preserve">Octave Mestoudjian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Arrighi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05236492v1</w:t>
+                <w:t xml:space="preserve">hal-05236387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Space-time reversible graph rewriting</w:t>
               </w:r>
@@ -372,312 +372,312 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05322811v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Causal decompositions of one-dimensional quantum cellular automata</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">A self-contained proof of the Artin-Wedderburn theorem in the case of finite-dimensional Von Neumann algebras</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Octave Mestoudjian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Arrighi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05236387v1</w:t>
+                <w:t xml:space="preserve">hal-05322804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A self-contained proof of the Artin-Wedderburn theorem in the case of finite-dimensional Von Neumann algebras</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Partitions in quantum theory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Augustin Vanrietvelde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Octave Mestoudjian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Arrighi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-05322804v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05236379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Partitions in quantum theory</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Fermion Doubling in Quantum Cellular Automata</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dogukan Bakircioglu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Arnault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Arrighi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Octave Mestoudjian</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">hal-05236379v1</w:t>
+                <w:t xml:space="preserve">hal-05236492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A typology of quantum algorithms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Arnault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Arrighi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2610,715 +2610,689 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01361427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Block Representation of Reversible Causal Graph Dynamics</w:t>
+                <w:t xml:space="preserve">Discrete Geodesics and Cellular Automata</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Arrighi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Simon Perdrix</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Dowek</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20th International Symposium on Fundamentals of Computation Theory</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2015, Gdańsk, Poland. pp.14, </w:t>
+              <w:t xml:space="preserve">Theory and Practice of Natural Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2015, Mieres, Spain. </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-319-22177-9_27⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-26841-5_11⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01249272v1</w:t>
+                <w:t xml:space="preserve">hal-01252131v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Discrete Geodesics and Cellular Automata</w:t>
+                <w:t xml:space="preserve">Block Representation of Reversible Causal Graph Dynamics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Arrighi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Gilles Dowek</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Martiel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Perdrix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Theory and Practice of Natural Computing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2015, Mieres, Spain. </w:t>
+              <w:t xml:space="preserve">20th International Symposium on Fundamentals of Computation Theory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2015, Gdańsk, Poland. pp.14, </w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-319-26841-5_11⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-22177-9_27⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01252131v1</w:t>
+                <w:t xml:space="preserve">hal-01249272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Causal Graph Dynamics</w:t>
+                <w:t xml:space="preserve">A Type System for the Vectorial Aspect of the Linear-Algebraic Lambda-Calculus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Arrighi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Gilles Dowek</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alejandro Díaz-Caro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Valiron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICALP 2012 - 39th International ColloquiumAutomata, Languages, and Programming</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-642-31585-5_9⟩</w:t>
+              <w:t xml:space="preserve">DCM - 7th International Workshop on Developments of Computational Methods - 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2011, Zurich, Swaziland. pp.1-15, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4204/EPTCS.88.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00944492v1</w:t>
+                <w:t xml:space="preserve">hal-00924926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Type System for the Vectorial Aspect of the Linear-Algebraic Lambda-Calculus</w:t>
+                <w:t xml:space="preserve">Causal Graph Dynamics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Arrighi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Benoît Valiron</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Dowek</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DCM - 7th International Workshop on Developments of Computational Methods - 2011</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2011, Zurich, Swaziland. pp.1-15, </w:t>
+              <w:t xml:space="preserve">ICALP 2012 - 39th International ColloquiumAutomata, Languages, and Programming</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Warwick, United Kingdom. pp.54-66, </w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4204/EPTCS.88.1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-31585-5_9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00924926v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00944492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generalized Cayley Graphs and Cellular Automata over them</w:t>
+                <w:t xml:space="preserve">Intrinsic Simulations between Stochastic Cellular Automata</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Arrighi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Vincent Nesme</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Schabanel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Theyssier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GCM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Bremen, Germany. Local proceedings</w:t>
+              <w:t xml:space="preserve">18th international workshop on Cellular Automata and Discrete Complex Systems and 3rd international symposium, Journées Automates Cellulaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, France. pp.208-224</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00944506v1</w:t>
+                <w:t xml:space="preserve">hal-00944502v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intrinsic Simulations between Stochastic Cellular Automata</w:t>
+                <w:t xml:space="preserve">Generalized Cayley Graphs and Cellular Automata over them</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Arrighi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Theyssier</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Martiel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Nesme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18th international workshop on Cellular Automata and Discrete Complex Systems and 3rd international symposium, Journées Automates Cellulaires</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, France. pp.208-224</w:t>
+              <w:t xml:space="preserve">GCM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Bremen, Germany. Local proceedings</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00944502v1</w:t>
+                <w:t xml:space="preserve">hal-00944506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Applying Causality Principles to the Axiomatization of Probabilistic Cellular Automata</w:t>
+                <w:t xml:space="preserve">The physical Church-Turing thesis and the principles of quantum theory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Arrighi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Eric Thierry</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Dowek</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Models of Computation in Context - 7th Conference on Computability in Europe</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Sofia, Bulgaria. pp.1-10</w:t>
+              <w:t xml:space="preserve">QIPC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Zurich, Switzerland. Local proceedings</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00944532v1</w:t>
+                <w:t xml:space="preserve">hal-00944544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A simple block representation of reversible cellular automata with time-symmetry</w:t>
               </w:r>
@@ -3380,831 +3354,857 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00944504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The physical Church-Turing thesis and the principles of quantum theory</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Measurements and confluence in quantum lambda calculi with explicit qubits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alejandro Díaz-Caro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Arrighi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Gilles Dowek</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Gadella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Grattage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">QIPC</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">QPL/DCM - Joint 5th International Workshop on Quantum Physics and Logic and 4th Workshop on Developments in Computational Models - 2008</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2008, Reykjavik, Iceland. pp.59-74, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.entcs.2011.01.006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00944544v1</w:t>
+                <w:t xml:space="preserve">hal-00924875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurements and confluence in quantum lambda calculi with explicit qubits</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId83" w:history="1">
+                <w:t xml:space="preserve">Scalar System F for Linear-Algebraic λ-Calculus: Towards a Quantum Physical Logic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Arrighi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alejandro Díaz-Caro</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jonathan Grattage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">QPL/DCM - Joint 5th International Workshop on Quantum Physics and Logic and 4th Workshop on Developments in Computational Models - 2008</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">QPL 2009 - International Workshop on Quantum Physics and Logic</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2009, Oxford, United Kingdom. pp.219-229, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.entcs.2011.01.033⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.entcs.2011.01.006⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00924875v1</w:t>
+                <w:t xml:space="preserve">hal-00924890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scalar System F for Linear-Algebraic λ-Calculus: Towards a Quantum Physical Logic</w:t>
+                <w:t xml:space="preserve">Applying Causality Principles to the Axiomatization of Probabilistic Cellular Automata</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Arrighi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Alejandro Díaz-Caro</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renan Fargetton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Nesme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Thierry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">QPL 2009 - International Workshop on Quantum Physics and Logic</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Models of Computation in Context - 7th Conference on Computability in Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Sofia, Bulgaria. pp.1-10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.entcs.2011.01.033⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00924890v1</w:t>
+                <w:t xml:space="preserve">hal-00944532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Quantum Game of Life</w:t>
+                <w:t xml:space="preserve">The Block Neighborhood</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Arrighi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jonathan Grattage</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Nesme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Automates Cellulaires 2010</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Dec 2010, Turku, Finland. pp.31-42</w:t>
+              <w:t xml:space="preserve">, Dec 2010, Turku, Finland. pp.43-53</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00542373v1</w:t>
+                <w:t xml:space="preserve">hal-00542488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Simple n-Dimensional Intrinsically Universal Quantum Cellular Automaton</w:t>
+                <w:t xml:space="preserve">On the Completeness of Quantum Computation Models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Arrighi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jonathan Grattage</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Dowek</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LATA</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">CiE 2010 - 6th Conference on Computability in Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, Ponta Delgada, Azores, Portugal. pp.21-30, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-13962-8_3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00940936v1</w:t>
+                <w:t xml:space="preserve">hal-00940923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The block neighbourhood</w:t>
+                <w:t xml:space="preserve">Unitarity plus causality implies localizability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Arrighi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Nesme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reinhard Werner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Second Symposium on Cellular Automata "Journées Automates Cellulaires"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, Turku, Finland. pp.43-53</w:t>
+              <w:t xml:space="preserve">QIP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Zurich, Switzerland. Local proceedings</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00945720v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00945710v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the Completeness of Quantum Computation Models</w:t>
+                <w:t xml:space="preserve">The block neighbourhood</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Arrighi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Gilles Dowek</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Nesme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CiE 2010 - 6th Conference on Computability in Europe</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Second Symposium on Cellular Automata "Journées Automates Cellulaires"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Turku, Finland. pp.43-53</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00940923v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00945720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unitarity plus causality implies localizability</w:t>
+                <w:t xml:space="preserve">A Quantum Game of Life</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Arrighi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Reinhard Werner</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Grattage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">QIP</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, Zurich, Switzerland. Local proceedings</w:t>
+              <w:t xml:space="preserve">Journées Automates Cellulaires 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2010, Turku, Finland. pp.31-42</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00945710v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00542373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Block Neighborhood</w:t>
+                <w:t xml:space="preserve">A Simple n-Dimensional Intrinsically Universal Quantum Cellular Automaton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Arrighi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Vincent Nesme</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Grattage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Automates Cellulaires 2010</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2010, Turku, Finland. pp.43-53</w:t>
+              <w:t xml:space="preserve">LATA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Germany. pp.70-81</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00542488v1</w:t>
+                <w:t xml:space="preserve">hal-00940936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantization of cellular automata</w:t>
               </w:r>
@@ -4802,51 +4802,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marin Costes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ulysse Rémond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Valiron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACM Transactions on Quantum Computing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 4 (3), pp.1-41. </w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5101,51 +5101,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantum simulation of quantum relativistic diffusion via quantum walks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Arnault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Macquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5541,443 +5541,443 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03594726v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An overview of Quantum Cellular Automata</w:t>
+                <w:t xml:space="preserve">Reversible causal graph dynamics: invertibility, block representation, vertex-preservation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Arrighi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Martiel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Perdrix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Natural Computing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 18 (4), pp.885-899. </w:t>
+              <w:t xml:space="preserve">, 2019, </w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11047-019-09762-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11047-019-09768-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02144313v1</w:t>
+                <w:t xml:space="preserve">hal-02400095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reversible causal graph dynamics: invertibility, block representation, vertex-preservation</w:t>
+                <w:t xml:space="preserve">From curved spacetime to spacetime-dependent local unitaries over the honeycomb and triangular Quantum Walks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Arrighi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Simon Perdrix</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Di Molfetta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iván Márquez-Martín</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armando Pérez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Natural Computing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, </w:t>
+              <w:t xml:space="preserve">Sci.Rep.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (1), pp.10904. </w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11047-019-09768-0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-019-47535-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02400095v1</w:t>
+                <w:t xml:space="preserve">hal-01965370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From curved spacetime to spacetime-dependent local unitaries over the honeycomb and triangular Quantum Walks</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Discrete-time quantum walks as fermions of lattice gauge theory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Arnault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armando Pérez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Arrighi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Armando Pérez</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Terry Farrelly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sci.Rep.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 9 (1), pp.10904. </w:t>
+              <w:t xml:space="preserve">Physical Review A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 99 (3), pp.032110. </w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-019-47535-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevA.99.032110⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01965370v1</w:t>
+                <w:t xml:space="preserve">hal-01861936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Discrete-time quantum walks as fermions of lattice gauge theory</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">An overview of Quantum Cellular Automata</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Arrighi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Terry Farrelly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 99 (3), pp.032110. </w:t>
+              <w:t xml:space="preserve">Natural Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 18 (4), pp.885-899. </w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevA.99.032110⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11047-019-09762-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01861936v1</w:t>
+                <w:t xml:space="preserve">hal-02144313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cellular automata over generalized Cayley graphs</w:t>
               </w:r>
@@ -6361,64 +6361,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The vectorial λ-calculus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Arrighi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alejandro Díaz-Caro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Valiron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Information and Computation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 254 (1), pp.105--139. </w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6710,529 +6710,529 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01260370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lineal: A linear-algebraic lambda-calculus</w:t>
+                <w:t xml:space="preserve">Stochastic Cellular Automata: Correlations, Decidability and Simulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Arrighi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Gilles Dowek</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Schabanel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Theyssier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Logical Methods in Computer Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Fundamenta Informaticae</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 126 (2-3), pp.121-156. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3233/FI-2013-87⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00919625v1</w:t>
+                <w:t xml:space="preserve">hal-00944466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Causal graph dynamics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Arrighi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Dowek</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Information and Computation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 223, pp.78-93. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ic.2012.10.019⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00944459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stochastic Cellular Automata: Correlations, Decidability and Simulations</w:t>
+                <w:t xml:space="preserve">Lineal: A linear-algebraic lambda-calculus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Arrighi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Theyssier</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Dowek</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fundamenta Informaticae</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Logical Methods in Computer Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3233/FI-2013-87⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00944466v1</w:t>
+                <w:t xml:space="preserve">hal-00919625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A System F accounting for scalars</w:t>
+                <w:t xml:space="preserve">Intrinsically universal n-dimensional quantum cellular automata</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Arrighi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Alejandro Díaz-Caro</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Grattage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Logical Methods in Computer Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 8 (1), pp.11. </w:t>
+              <w:t xml:space="preserve">Journal of Computer and System Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 78 (6), pp.1883-1898. </w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2168/LMCS-8(1:11)2012⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jcss.2011.12.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00924944v1</w:t>
+                <w:t xml:space="preserve">hal-00944484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intrinsically universal n-dimensional quantum cellular automata</w:t>
+                <w:t xml:space="preserve">The Physical Church-Turing Thesis and the Principles of Quantum Theory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Arrighi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jonathan Grattage</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Dowek</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Computer and System Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 78 (6), pp.1883-1898. </w:t>
+              <w:t xml:space="preserve">International Journal of Foundations of Computer Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 23 (5), pp.1131-1146. </w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jcss.2011.12.008⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1142/S0129054112500153⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00944484v1</w:t>
+                <w:t xml:space="preserve">hal-00944482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Partitioned quantum cellular automata are intrinsically universal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Arrighi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Grattage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Natural Computing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 11 (1), pp.13-22. </w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7260,118 +7260,118 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00944488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Physical Church-Turing Thesis and the Principles of Quantum Theory</w:t>
+                <w:t xml:space="preserve">A System F accounting for scalars</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Arrighi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Gilles Dowek</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alejandro Díaz-Caro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Foundations of Computer Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 23 (5), pp.1131-1146. </w:t>
+              <w:t xml:space="preserve">Logical Methods in Computer Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 8 (1), pp.11. </w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1142/S0129054112500153⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2168/LMCS-8(1:11)2012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00944482v1</w:t>
+                <w:t xml:space="preserve">hal-00924944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">One-Dimensional Quantum Cellular Automata</w:t>
               </w:r>
@@ -7765,51 +7765,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proceedings 17th International Conference on Quantum Physics and Logic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Valiron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shane Mansfield</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8176,51 +8176,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="D4AD3E51"/>
+    <w:nsid w:val="2F92EF1C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8407,51 +8407,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pablo-arrighi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3535-1009" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/a/arrighi_p_1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05236492v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dogukan Bakircioglu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Arnault" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Arrighi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322811v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marin Costes" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luidnel Maignan" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05236387v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Vanrietvelde" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Octave Mestoudjian" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322804v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05236379v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322802v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Herbert" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evi Kasnetsi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tianyi Li" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02999569v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marios Christodoulou" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lia Durbec" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303064v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Di Molfetta" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathana&#235;l Eon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01800661v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Durbec" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Emmanuel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03594743v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Di Molfetta Giuseppe" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iv&#225;n M&#225;rquez-Mart&#237;n" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armando P&#233;rez" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01467254v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Facchini" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Forets" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04063098v2" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Dowek" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00818306v2" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Schabanel" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Theyssier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04070184v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00944505v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00944542v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renan Fargetton" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Nesme" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Thierry" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00940928v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00940931v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00010131v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05472605v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Touzet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oguz Kaya" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IPDPSW66978.2025.00080" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04727052v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-62076-8_4" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04310695v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Guillon" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-36978-0_21" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03937536v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.MFCS.2021.9" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03238087v3" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2302.07249" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01824869v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-92675-9_1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361427v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Martiel" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Perdrix" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-40578-0_5" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01249272v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-22177-9_27" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01252131v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-26841-5_11" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00944492v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-31585-5_9" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00924926v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro D&#237;az-Caro" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Valiron" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4204/EPTCS.88.1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00944506v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00944502v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00944532v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00944504v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00944544v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00924875v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Gadella" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Grattage" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.entcs.2011.01.006" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00924890v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.entcs.2011.01.033" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00542373v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00940936v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00945720v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00940923v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-13962-8_3" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00945710v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinhard Werner" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00542488v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00274002v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856924v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/ad93f5" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04727049v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Nzongani" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.110.042418" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04727044v2" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matt Wilson" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22331/q-2024-10-23-1508" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02557738v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11047-022-09879-1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03936367v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Cedzich" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulysse R&#233;mond" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3581760" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03944082v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Magnifico" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22331/q-2023-11-08-1179" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03594721v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevissen Sellapillay" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-06241-4" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02423717v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Macquet" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreu Angl&#233;s-Castillo" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicente Pina-Canelles" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1751-8121/ab8245" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03594731v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11128-019-2549-2" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02088646v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric B&#233;ny" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Terry Farrelly" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11128-019-2555-4" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03594726v2" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Roget" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Guillet" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.124.180501" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02144313v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11047-019-09762-6" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02400095v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11047-019-09768-0" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01965370v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-47535-4" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861936v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.99.032110" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01785458v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Martiel" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Nesme" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093395v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22331/q-2018-08-22-84" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01785463v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Facchini" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01467252v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinhard F. Werner" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.95.012331" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01785464v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ic.2017.04.001" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066350v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.96.024026" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01421712v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4204/EPTCS.204.1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01260370v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00919625v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00944459v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ic.2012.10.019" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00944466v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/FI-2013-87" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00924944v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2168/LMCS-8(1:11)2012" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00944484v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcss.2011.12.008" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00944488v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11047-011-9277-6" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00944482v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0129054112500153" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00944522v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00944517v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcss.2010.05.004" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00589206v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zizhu Wang" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00944124v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Patricot" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553539v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shane Mansfield" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prakash Panangaden" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4204/EPTCS.340" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01467253v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01002435v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pablo-arrighi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3535-1009" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/a/arrighi_p_1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05236387v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Vanrietvelde" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Octave Mestoudjian" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Arrighi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322811v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marin Costes" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luidnel Maignan" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322804v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05236379v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05236492v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dogukan Bakircioglu" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Arnault" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322802v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Herbert" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evi Kasnetsi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tianyi Li" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02999569v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marios Christodoulou" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lia Durbec" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303064v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Di Molfetta" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathana&#235;l Eon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01800661v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Durbec" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Emmanuel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03594743v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Di Molfetta Giuseppe" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iv&#225;n M&#225;rquez-Mart&#237;n" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armando P&#233;rez" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01467254v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Facchini" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Forets" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04063098v2" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Dowek" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00818306v2" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Schabanel" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Theyssier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04070184v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00944505v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00944542v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renan Fargetton" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Nesme" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Thierry" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00940928v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00940931v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00010131v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05472605v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Touzet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oguz Kaya" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IPDPSW66978.2025.00080" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04727052v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-62076-8_4" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04310695v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Guillon" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-36978-0_21" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03937536v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.MFCS.2021.9" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03238087v3" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2302.07249" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01824869v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-92675-9_1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361427v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Martiel" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Perdrix" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-40578-0_5" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01252131v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-26841-5_11" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01249272v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-22177-9_27" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00924926v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro D&#237;az-Caro" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Valiron" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4204/EPTCS.88.1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00944492v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-31585-5_9" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00944502v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00944506v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00944544v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00944504v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00924875v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Gadella" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Grattage" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.entcs.2011.01.006" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00924890v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.entcs.2011.01.033" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00944532v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00542488v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00940923v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-13962-8_3" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00945710v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinhard Werner" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00945720v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00542373v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00940936v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00274002v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856924v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/ad93f5" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04727049v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Nzongani" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.110.042418" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04727044v2" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matt Wilson" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22331/q-2024-10-23-1508" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02557738v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11047-022-09879-1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03936367v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Cedzich" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulysse R&#233;mond" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3581760" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03944082v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Magnifico" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22331/q-2023-11-08-1179" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03594721v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevissen Sellapillay" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-06241-4" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02423717v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Macquet" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreu Angl&#233;s-Castillo" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicente Pina-Canelles" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1751-8121/ab8245" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03594731v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11128-019-2549-2" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02088646v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric B&#233;ny" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Terry Farrelly" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11128-019-2555-4" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03594726v2" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Roget" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Guillet" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.124.180501" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02400095v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11047-019-09768-0" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01965370v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-47535-4" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861936v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.99.032110" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02144313v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11047-019-09762-6" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01785458v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Martiel" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Nesme" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093395v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22331/q-2018-08-22-84" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01785463v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Facchini" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01467252v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinhard F. Werner" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.95.012331" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01785464v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ic.2017.04.001" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066350v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.96.024026" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01421712v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4204/EPTCS.204.1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01260370v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00944466v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/FI-2013-87" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00944459v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ic.2012.10.019" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00919625v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00944484v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcss.2011.12.008" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00944482v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0129054112500153" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00944488v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11047-011-9277-6" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00924944v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2168/LMCS-8(1:11)2012" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00944522v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00944517v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcss.2010.05.004" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00589206v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zizhu Wang" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00944124v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Patricot" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553539v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shane Mansfield" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prakash Panangaden" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4204/EPTCS.340" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01467253v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01002435v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>