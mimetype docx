--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -66,3443 +66,3953 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (23)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (26)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Area-dependent environmental effects shape physiological characteristics in three small pelagic fish populations</w:t>
+                <w:t xml:space="preserve">Multi-year stability of spatial patterns in capelin otolith-edge chemical fingerprints in the Gulf of St. Lawrence, Canada</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pablo Brosset</w:t>
+                <w:t xml:space="preserve">Romaric Jac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alan Averty</w:t>
+                <w:t xml:space="preserve">Lola Coussau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Margaux Mathieu-Resuge</w:t>
+                <w:t xml:space="preserve">Elisabeth van Beveren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quentin Schull</w:t>
+                <w:t xml:space="preserve">Mathieu Boudreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Soudant</w:t>
+                <w:t xml:space="preserve">Olivier Le Pape</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Oecologia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 207 (12), 189, 15 p. </w:t>
+              <w:t xml:space="preserve">Fisheries Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 295, pp.107671. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00442-025-05823-z⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.fishres.2026.107671⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05375446v1</w:t>
+                <w:t xml:space="preserve">hal-05533184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tracking the schools: a review of approaches to address knowledge gaps in the migratory ecology and habitat use of Canadian forage fishes</w:t>
+                <w:t xml:space="preserve">Fatty acid profiles of muscle and liver reveal ontogenetic shifts in diet and reproductive investment in an undulate ray from the Bay of Biscay (northeast Atlantic)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romaric Jac</w:t>
+                <w:t xml:space="preserve">Pablo Brosset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morgan Piczak</w:t>
+                <w:t xml:space="preserve">Tino Jamme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elisabeth van Beveren</w:t>
+                <w:t xml:space="preserve">Bastien Sadoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jennifer Boldt</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pablo Brosset</w:t>
+                <w:t xml:space="preserve">Manuel Vlach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Lorance</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Reviews in Fish Biology and Fisheries</w:t>
+              <w:t xml:space="preserve">Journal of Fish Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11160-025-09981-4⟩</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jfb.70376⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05228517v1</w:t>
+                <w:t xml:space="preserve">hal-05557817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How membrane fatty acids influence sardine size across diverse marine environments</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Area-dependent environmental effects shape physiological characteristics in three small pelagic fish populations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Brosset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan Averty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margaux Mathieu-Resuge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Schull</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Soudant</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fabienne Le Grand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Progress in Oceanography</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.pocean.2024.103209⟩</w:t>
+              <w:t xml:space="preserve">Oecologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 207 (12), 189, 15 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00442-025-05823-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04443484v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05375446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Red muscle of small pelagic fishes’ fillets are high-quality sources of essential fatty acids</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Tracking the schools: a review of approaches to address knowledge gaps in the migratory ecology and habitat use of Canadian forage fishes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romaric Jac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgan Piczak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Margaux Mathieu-Resuge</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Elisabeth van Beveren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer Boldt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Brosset</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Philippe Soudant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Food Composition and Analysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jfca.2023.105304⟩</w:t>
+              <w:t xml:space="preserve">Reviews in Fish Biology and Fisheries</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11160-025-09981-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04305881v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05228517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fish morphometric body condition indices reflect energy reserves but other physiological processes matter</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">How membrane fatty acids influence sardine size across diverse marine environments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaux Mathieu-Resuge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Brosset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fany Sardenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Soudant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Le Grand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecological Indicators</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ecolind.2023.110860⟩</w:t>
+              <w:t xml:space="preserve">Progress in Oceanography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 221, pp.103209. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.pocean.2024.103209⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04196723v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04443484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lipid-correction models for δ13C values across small pelagic fishes (Clupeiformes) from the Atlantic Ocean</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">O. Sadio</w:t>
+                <w:t xml:space="preserve">Fish morphometric body condition indices reflect energy reserves but other physiological processes matter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Brosset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan Averty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaux Mathieu-Resuge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Schull</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Soudant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Environmental Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.marenvres.2023.106213⟩</w:t>
+              <w:t xml:space="preserve">Ecological Indicators</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 154, pp.110860. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ecolind.2023.110860⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04305861v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04196723v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence that Pacific tuna mercury levels are driven by marine methylmercury production and anthropogenic inputs</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">David Point</w:t>
+                <w:t xml:space="preserve">Lipid-correction models for δ13C values across small pelagic fishes (Clupeiformes) from the Atlantic Ocean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fany Sardenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Takaaki Itai</w:t>
+                <w:t xml:space="preserve">Thomas Raynon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Angot</w:t>
+                <w:t xml:space="preserve">Jean Marie Munaron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pearse Buchanan</w:t>
+                <w:t xml:space="preserve">Carl van der Lingen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Sadio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1073/pnas.2113032119⟩</w:t>
+              <w:t xml:space="preserve">Marine Environmental Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 192, pp.106213. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.marenvres.2023.106213⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03535193v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04305861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatial and ontogenetic variations in sardine feeding conditions in the Bay of Biscay through fatty acid composition</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Red muscle of small pelagic fishes’ fillets are high-quality sources of essential fatty acids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaux Mathieu-Resuge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Le Grand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Brosset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Lebigre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Soudant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Environmental Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.marenvres.2021.105514⟩</w:t>
+              <w:t xml:space="preserve">Journal of Food Composition and Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 120, pp.105304. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jfca.2023.105304⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03485223v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04305881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is starvation a cause of overmortality of the Mediterranean sardine?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Evidence that Pacific tuna mercury levels are driven by marine methylmercury production and anthropogenic inputs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Saraux</w:t>
+                <w:t xml:space="preserve">Anaïs Médieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gilbert Dutto</w:t>
+                <w:t xml:space="preserve">David Point</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Gasset</w:t>
+                <w:t xml:space="preserve">Takaaki Itai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amandine Marguerite</w:t>
+                <w:t xml:space="preserve">Hélène Angot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pearse Buchanan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Environmental Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.marenvres.2021.105441⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 119 (2), pp.e2113032119. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.2113032119⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03341961v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03535193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physiological biomarkers and fisheries management</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Spatial and ontogenetic variations in sardine feeding conditions in the Bay of Biscay through fatty acid composition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Brosset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Soudant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Lebigre</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Reviews in Fish Biology and Fisheries</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 31, pp.797-819. </w:t>
+              <w:t xml:space="preserve">Marine Environmental Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 173, 105514, 12 p. </w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11160-021-09677-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.marenvres.2021.105514⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03387942v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03485223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Declining reproductive success in the Gulf of St. Lawrence's humpback whales (Megaptera novaeangliae) reflects ecosystem shifts on their feeding grounds</w:t>
+                <w:t xml:space="preserve">Is starvation a cause of overmortality of the Mediterranean sardine?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joanna L. Kershaw</w:t>
+                <w:t xml:space="preserve">Quentin Queiros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian A. Ramp</w:t>
+                <w:t xml:space="preserve">Claire Saraux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Richard Sears</w:t>
+                <w:t xml:space="preserve">Gilbert Dutto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stephane Plourde</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pablo Brosset</w:t>
+                <w:t xml:space="preserve">Eric Gasset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Marguerite</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Global Change Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/gcb.15466⟩</w:t>
+              <w:t xml:space="preserve">Marine Environmental Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 170, pp.105441. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.marenvres.2021.105441⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03246764v1</w:t>
+                <w:t xml:space="preserve">hal-03341961v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic of organic matter and meiofaunal community on a river-dominated shelf (Rhône prodelta, NW Mediterranean Sea): responses to river regime</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">A.M. Pruski</w:t>
+                <w:t xml:space="preserve">Physiological biomarkers and fisheries management</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Brosset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jadwiga Rzeznik-Orignac</w:t>
+                <w:t xml:space="preserve">Steven J Cooke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Schull</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Kerhervé</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Solveig Bourgeois</w:t>
+                <w:t xml:space="preserve">Verena M Trenkel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Soudant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Estuarine, Coastal and Shelf Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ecss.2021.107274⟩</w:t>
+              <w:t xml:space="preserve">Reviews in Fish Biology and Fisheries</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 31, pp.797-819. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11160-021-09677-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03178286v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03387942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Repeated Vessel Interactions and Climate- or Fishery-Driven Changes in Prey Density Limit Energy Acquisition by Foraging Blue Whales</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Declining reproductive success in the Gulf of St. Lawrence's humpback whales (Megaptera novaeangliae) reflects ecosystem shifts on their feeding grounds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joanna L. Kershaw</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian A. Ramp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Guilpin</w:t>
+                <w:t xml:space="preserve">Richard Sears</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique Lesage</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Stephane Plourde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Brosset</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas Doniol-Valcroze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Marine Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmars.2020.00626⟩</w:t>
+              <w:t xml:space="preserve">Global Change Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 27 (5), pp.1027--1041. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/gcb.15466⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02912704v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03246764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Environmental variability controls recruitment but with different drivers among spawning components in Gulf of St. Lawrence herring stocks</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pablo Brosset</w:t>
+                <w:t xml:space="preserve">Dynamic of organic matter and meiofaunal community on a river-dominated shelf (Rhône prodelta, NW Mediterranean Sea): responses to river regime</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.M. Pruski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jadwiga Rzeznik-Orignac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Doniol‐valcroze</w:t>
+                <w:t xml:space="preserve">Philippe Kerhervé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Douglas Swain</w:t>
+                <w:t xml:space="preserve">Gilles Vétion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Lehoux</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Elisabeth van Beveren</w:t>
+                <w:t xml:space="preserve">Solveig Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fisheries Oceanography</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 28 (1), pp.1-17. </w:t>
+              <w:t xml:space="preserve">Estuarine, Coastal and Shelf Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 253, pp.107274. </w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/fog.12272⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ecss.2021.107274⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03612855v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03178286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Small pelagic fish dynamics: A review of mechanisms in the Gulf of Lions</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Repeated Vessel Interactions and Climate- or Fishery-Driven Changes in Prey Density Limit Energy Acquisition by Foraging Blue Whales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Guilpin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Lesage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ian H. Mcquinn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Brosset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jean-Herve Bourdeix</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Doniol-Valcroze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Deep Sea Research Part II: Topical Studies in Oceanography</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.dsr2.2018.02.010⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Marine Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 7, pp.626. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmars.2020.00626⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02439847v1</w:t>
+                <w:t xml:space="preserve">hal-02912704v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of environmental variability and age on the body condition of small pelagic fish in the Gulf of Lions (vol 529, pg 219, 2015)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Environmental variability controls recruitment but with different drivers among spawning components in Gulf of St. Lawrence herring stocks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Brosset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Ulses</w:t>
+                <w:t xml:space="preserve">Thomas Doniol‐valcroze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Douglas Swain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Lehoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth van Beveren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Ecology Progress Series</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3354/meps11275⟩</w:t>
+              <w:t xml:space="preserve">Fisheries Oceanography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 28 (1), pp.1-17. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/fog.12272⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01735115v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03612855v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatio-temporal patterns and environmental controls of small pelagic fish body condition from contrasted Mediterranean areas</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Small pelagic fish dynamics: A review of mechanisms in the Gulf of Lions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Saraux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth van Beveren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Brosset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Virginie Marques</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Queiros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Herve Bourdeix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Progress in Oceanography</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.pocean.2016.12.002⟩</w:t>
+              <w:t xml:space="preserve">Deep Sea Research Part II: Topical Studies in Oceanography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 159, pp.52--61. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.dsr2.2018.02.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01621733v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02439847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Predator–prey interactions in the face of management regulations: changes in Mediterranean small pelagic species are not due to increased tuna predation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth van Beveren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Fromentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Bonhommeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Elise Nieblas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luisa Métral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Canadian Journal of Fisheries and Aquatic Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 74 (9), pp.1422 - 1430. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1139/cjfas-2016-0152⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01928294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Linking small pelagic dietary shifts with ecosystem changes in the Gulf of Lions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Influence of environmental variability and age on the body condition of small pelagic fish in the Gulf of Lions (vol 529, pg 219, 2015)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Brosset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Elisabeth van Beveren</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Ménard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Fromentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Bonhommeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Ulses</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Marine Ecology Progress Series</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 554, pp.157-171. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3354/meps11796⟩</w:t>
+              <w:t xml:space="preserve">, 2017, 567, pp.263-263. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3354/meps11275⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01424422v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01735115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Body reserves mediate trade-offs between life-history traits: new insights from small pelagic fish reproduction</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Spatio-temporal patterns and environmental controls of small pelagic fish body condition from contrasted Mediterranean areas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Brosset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Fromentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth van Beveren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josep Lloret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Elisabeth van Beveren</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Marques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Royal Society Open Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1098/rsos.160202⟩</w:t>
+              <w:t xml:space="preserve">Progress in Oceanography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 151, pp.149 - 162. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.pocean.2016.12.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01443227v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01621733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Can pathogens alter the population dynamics of sardine in the NW Mediterranean?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Body reserves mediate trade-offs between life-history traits: new insights from small pelagic fish reproduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Brosset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josep Lloret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Munoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Fauvel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth van Beveren</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Hélène Boulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00227-016-3015-7⟩</w:t>
+              <w:t xml:space="preserve">Royal Society Open Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 3 (10), pp.160202. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1098/rsos.160202⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01926753v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01443227v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The fisheries history of small pelagics in the Northern Mediterranean</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Linking small pelagic dietary shifts with ecosystem changes in the Gulf of Lions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Brosset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Le Bourg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Costalago</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniela Bănaru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth van Beveren</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Pablo Brosset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICES Journal of Marine Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/icesjms/fsw023⟩</w:t>
+              <w:t xml:space="preserve">Marine Ecology Progress Series</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 554, pp.157-171. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3354/meps11796⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01926441v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01424422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Can pathogens alter the population dynamics of sardine in the NW Mediterranean?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth van Beveren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Keck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Fromentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Laurence</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Boulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Marine Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 163 (12), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00227-016-3015-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01926753v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The fisheries history of small pelagics in the Northern Mediterranean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth van Beveren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Fromentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Rouyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Bonhommeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Brosset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ICES Journal of Marine Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 73 (6), pp.1474 - 1484. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/icesjms/fsw023⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01926441v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Measurement and analysis of small pelagic fish condition: A suitable method for rapid evaluation in the field</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Brosset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Fromentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Ménard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Pernet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Hervé Bourdeix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Experimental Marine Biology and Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 462, pp.90-97. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jembe.2014.10.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01840070v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rapid changes in growth, condition, size and age of small pelagic fish in the Mediterranean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth van Beveren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Bonhommeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Fromentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Bigot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Herve Bourdeix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Marine Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 161 (8), pp.1809-1822. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00227-014-2463-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04499602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (1)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Individual growth and stable-isotope analyses of archived fish scales reveal major changes in the North Atlantic ecosystem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Queiros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludivine Lamireau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Rivot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Final Conference of the EU Interreg France (Channel) England Programme, Salmonid Management Around the Channel (SAMARCH) Project. Protecting wild salmon and sea trout in transitional &amp; coastal waters: Scientific evidence for management recommendation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2023, Southampton, Royaume-Uni</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05202822v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Changes in the diet of Bay of Biscay sardines according to sampling location and age, through fatty acid composition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Brosset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Soudant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Lebigre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Small Pelagic Fish (SPF): New Frontiers in Science and Sustainable management.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Lisbonne, Portugal</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05460525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reproduction of marine fishes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kostas Ganias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olav Sigurd Kjesbu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susan Lowerre-Barbieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angela Fuentes-Pardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leif Andersson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecology of Marine Fish</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Elsevier, pp.143-159, 2025, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/B978-0-323-99036-3.00017-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04911017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3512,147 +4022,147 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapport d'activités 2024 de l'Observatoire des biocénoses aquatiques de la Sélune</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan Bazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Beauverger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Acou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flavie Amilien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan I. Bernez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">INRAE. 2025, 67 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05167013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3662,114 +4172,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Condition corporelle et conséquences sur la plasticité des traits d’histoire de vie chez les petits pélagiques de Méditerranée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Brosset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Biologie animale. Université Montpellier, 2016. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2016MONTT120⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01646509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId138"/>
+      <w:footerReference w:type="default" r:id="rId153"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3916,51 +4426,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05375446v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Brosset" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Averty" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Mathieu-Resuge" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Schull" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Soudant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00442-025-05823-z" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05228517v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romaric Jac" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Piczak" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth van Beveren" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Boldt" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11160-025-09981-4" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04443484v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fany Sardenne" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Le Grand" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pocean.2024.103209" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305881v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lebigre" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfca.2023.105304" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04196723v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2023.110860" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305861v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Raynon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marie Munaron" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl van der Lingen" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Sadio" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marenvres.2023.106213" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03535193v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s M&#233;dieu" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Point" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takaaki Itai" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Angot" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pearse Buchanan" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2113032119" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03485223v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Bertrand" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marenvres.2021.105514" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03341961v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Queiros" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Saraux" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Dutto" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gasset" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Marguerite" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marenvres.2021.105441" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03387942v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven J Cooke" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Verena M Trenkel" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11160-021-09677-5" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03246764v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna L. Kershaw" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian A. Ramp" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Sears" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Plourde" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.15466" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03178286v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Pruski" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jadwiga Rzeznik-Orignac" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Kerherv&#233;" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles V&#233;tion" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solveig Bourgeois" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2021.107274" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02912704v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Guilpin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Lesage" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian H. Mcquinn" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Doniol-Valcroze" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2020.00626" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-03612855v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Doniol&#8208;valcroze" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douglas Swain" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Lehoux" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/fog.12272" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02439847v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Herve Bourdeix" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dsr2.2018.02.010" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01735115v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric M&#233;nard" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Fromentin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bonhommeau" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Ulses" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/meps11275" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01621733v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josep Lloret" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Marques" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pocean.2016.12.002" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01928294v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Elise Nieblas" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa M&#233;tral" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/cjfas-2016-0152" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01424422v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Le Bourg" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Costalago" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela B&#259;naru" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/meps11796" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01443227v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Munoz" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Fauvel" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsos.160202" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926753v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Keck" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Laurence" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Boulet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00227-016-3015-7" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01926441v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Rouyer" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/icesjms/fsw023" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01840070v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Pernet" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Herv&#233; Bourdeix" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jembe.2014.10.016" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05202822v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Marchand" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Lamireau" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Roussel" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Rivot" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911017v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kostas Ganias" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olav Sigurd Kjesbu" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan Lowerre-Barbieri" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Fuentes-Pardo" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leif Andersson" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-323-99036-3.00017-9" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05167013v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Bazin" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Beauverger" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Acou" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavie Amilien" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan I. Bernez" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01646509v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016MONTT120" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05533184v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romaric Jac" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lola Coussau" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth van Beveren" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Boudreau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Le Pape" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fishres.2026.107671" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05557817v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Brosset" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tino Jamme" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Sadoul" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Vlach" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lorance" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jfb.70376" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05375446v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Averty" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Mathieu-Resuge" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Schull" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Soudant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00442-025-05823-z" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05228517v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Piczak" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Boldt" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11160-025-09981-4" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04443484v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fany Sardenne" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Le Grand" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pocean.2024.103209" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04196723v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2023.110860" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305861v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Raynon" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marie Munaron" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl van der Lingen" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Sadio" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marenvres.2023.106213" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305881v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lebigre" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfca.2023.105304" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03535193v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s M&#233;dieu" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Point" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takaaki Itai" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Angot" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pearse Buchanan" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2113032119" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03485223v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Bertrand" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marenvres.2021.105514" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03341961v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Queiros" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Saraux" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Dutto" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gasset" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Marguerite" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marenvres.2021.105441" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03387942v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven J Cooke" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Verena M Trenkel" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11160-021-09677-5" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03246764v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna L. Kershaw" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian A. Ramp" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Sears" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Plourde" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.15466" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03178286v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Pruski" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jadwiga Rzeznik-Orignac" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Kerherv&#233;" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles V&#233;tion" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solveig Bourgeois" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2021.107274" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02912704v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Guilpin" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Lesage" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian H. Mcquinn" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Doniol-Valcroze" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2020.00626" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-03612855v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Doniol&#8208;valcroze" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douglas Swain" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Lehoux" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/fog.12272" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02439847v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Herve Bourdeix" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dsr2.2018.02.010" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01928294v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Fromentin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bonhommeau" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Elise Nieblas" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa M&#233;tral" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/cjfas-2016-0152" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01735115v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric M&#233;nard" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Ulses" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/meps11275" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01621733v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josep Lloret" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Marques" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pocean.2016.12.002" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01443227v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Munoz" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Fauvel" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsos.160202" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01424422v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Le Bourg" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Costalago" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela B&#259;naru" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/meps11796" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926753v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Keck" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Laurence" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Boulet" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00227-016-3015-7" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01926441v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Rouyer" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/icesjms/fsw023" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01840070v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Pernet" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Herv&#233; Bourdeix" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jembe.2014.10.016" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04499602v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Bigot" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00227-014-2463-1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05202822v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Marchand" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Lamireau" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Roussel" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Rivot" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05460525v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911017v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kostas Ganias" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olav Sigurd Kjesbu" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan Lowerre-Barbieri" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Fuentes-Pardo" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leif Andersson" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-323-99036-3.00017-9" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05167013v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Bazin" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Beauverger" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Acou" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavie Amilien" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan I. Bernez" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01646509v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016MONTT120" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>