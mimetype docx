--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -66,5226 +66,5334 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (46)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (47)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simple model for the transition from local to centralized production</w:t>
+                <w:t xml:space="preserve">Finding local vote transfer matrices with an inverse method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillermo Benito-Calvino</w:t>
+                <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pablo Jensen</w:t>
+                <w:t xml:space="preserve">Nelly Pustelnik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Gribonval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Carrivain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review E </w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Sociological Methods and Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04993734v1</w:t>
+                <w:t xml:space="preserve">hal-05565800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detecting global financial crises with scarce data by multivariate nonlinear filtering</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Simple model for the transition from local to centralized production</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Parent</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Guillermo Benito-Calvino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics: Complexity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/2632-072X/ade948⟩</w:t>
+              <w:t xml:space="preserve">Physical Review E </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 111 (3), pp.034307. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevE.111.034307⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05234050v1</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04993734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quand un sociologue révèle à un physicien ce que sont les atomes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Detecting global financial crises with scarce data by multivariate nonlinear filtering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Bastidon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Parent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Abry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Borgnat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue d'Anthropologie des Connaissances</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/127pp⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physics: Complexity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 6 (3), pp.035003. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/2632-072X/ade948⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04736273v1</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05234050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Contours of a Cliophysics. How Can Econophysics Enrich Cliometrics? Case Studies in Debt Issues and Global Capital Markets</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Quand un sociologue révèle à un physicien ce que sont les atomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Antoine Parent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fphy.2022.894400⟩</w:t>
+              <w:t xml:space="preserve">Revue d'Anthropologie des Connaissances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 18 (3), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/127pp⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03858040v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04736273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introducing simple models of social systems</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">The Contours of a Cliophysics. How Can Econophysics Enrich Cliometrics? Case Studies in Debt Issues and Global Capital Markets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Abry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Bastidon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Borgnat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Parent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1119/5.0086028⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 10, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fphy.2022.894400⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03578535v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03858040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new clustering method to explore the dynamics of research communities</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Introducing simple models of social systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientometrics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11192-022-04463-x⟩</w:t>
+              <w:t xml:space="preserve">American Journal of Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 90, pp.462. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1119/5.0086028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03766949v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03578535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What do we see when we look at networks</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A new clustering method to explore the dynamics of research communities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan Cambe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tommaso Venturini</w:t>
+                <w:t xml:space="preserve">Sébastian Grauwin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Jacomy</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Patrick Flandrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Big Data &amp; Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 8 (1), </w:t>
+              <w:t xml:space="preserve">Scientometrics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 127 (8), pp.4459-4482. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/20539517211018488⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11192-022-04463-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03432404v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03766949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chagas Disease across Contexts: Scientific Knowledge in a Globalized World</w:t>
+                <w:t xml:space="preserve">What do we see when we look at networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luciano Levin</w:t>
+                <w:t xml:space="preserve">Tommaso Venturini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pablo Kreimer</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Mathieu Jacomy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Medical Anthropology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 40 (6), pp.572-589. </w:t>
+              <w:t xml:space="preserve">Big Data &amp; Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 8 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/01459740.2021.1946805⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1177/20539517211018488⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03432377v1</w:t>
+                <w:t xml:space="preserve">hal-03432404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatial and temporal regularization to estimate COVID-19 reproduction number R(t): Promoting piecewise smoothness via convex optimization</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Chagas Disease across Contexts: Scientific Knowledge in a Globalized World</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nelly Pustelnik</w:t>
+                <w:t xml:space="preserve">Luciano Levin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane G. Roux</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Pablo Kreimer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 15 (8), pp.e0237901. </w:t>
+              <w:t xml:space="preserve">Medical Anthropology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 40 (6), pp.572-589. </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0237901⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/01459740.2021.1946805⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02921836v1</w:t>
+                <w:t xml:space="preserve">hal-03432377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Graph-based era segmentation of international financial integration</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Research in Education Draws Widely From the Social Sciences and Humanities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kristine Lund</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heisawn Jeong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Grauwin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physica A: Statistical Mechanics and its Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.physa.2019.122877⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Education </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 5, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/feduc.2020.544194⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02349157v1</w:t>
+                <w:t xml:space="preserve">hal-03221642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Who benefits most from Lyon’s bike sharing system?</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Graph-based era segmentation of international financial integration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Bastidon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Parent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Jensen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Abry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physica A: Statistical Mechanics and its Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 539, pp.122877. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.physa.2019.122877⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0231550⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03432169v1</w:t>
+                <w:t xml:space="preserve">hal-04255796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Research in Education Draws Widely From the Social Sciences and Humanities</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Kristine Lund</w:t>
+                <w:t xml:space="preserve">Spatial and temporal regularization to estimate COVID-19 reproduction number R(t): Promoting piecewise smoothness via convex optimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Abry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nelly Pustelnik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heisawn Jeong</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Stéphane G. Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Flandrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Education </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/feduc.2020.544194⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 15 (8), pp.e0237901. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0237901⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03221642v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02921836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Graph-based era segmentation of international financial integration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Bastidon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Parent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Abry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physica A: Statistical Mechanics and its Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 539, pp.122877. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.physa.2019.122877⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04255796v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02349157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In social complex systems, the whole can be more or less than (the sum of) the parts</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pablo Jensen</w:t>
+                <w:t xml:space="preserve">Who benefits most from Lyon’s bike sharing system?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan Cambe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Abry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Barnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Bertin</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Marie Vogel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Physique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 20 (4), pp.329-335. </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 15 (4), </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.crhy.2019.05.012⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0231550⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02349110v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03432169v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The politics of physicists' social models</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">In social complex systems, the whole can be more or less than (the sum of) the parts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Bertin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comptes Rendus. Physique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 20 (4), pp.380-386. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.crhy.2019.05.016⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 20 (4), pp.329-335. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.crhy.2019.05.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02349096v1</w:t>
+                <w:t xml:space="preserve">hal-02349110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Discrete Mumford-Shah on graph for mixing matrix estimation</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">The politics of physicists' social models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Signal Processing Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/lsp.2019.2917518⟩</w:t>
+              <w:t xml:space="preserve">Comptes Rendus. Physique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 20 (4), pp.380-386. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.crhy.2019.05.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01948570v2</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02349096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coexistence of several currencies in presence of increasing returns to adoption</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Discrete Mumford-Shah on graph for mixing matrix estimation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yacouba Kaloga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alex Lamarche-Perrin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">André Orléan</w:t>
+                <w:t xml:space="preserve">Marion Foare</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nelly Pustelnik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.13140/RG.2.2.29940.76162⟩</w:t>
+              <w:t xml:space="preserve">IEEE Signal Processing Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 26 (9), pp.1275-1279. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/lsp.2019.2917518⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01531277v2</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01948570v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giant Catalytic Effect of Altruists in Schelling’s Segregation Model</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Coexistence of several currencies in presence of increasing returns to adoption</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alex Lamarche-Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Orléan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Eric Bertin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.120.208301⟩</w:t>
+              <w:t xml:space="preserve">Physical Review A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.13140/RG.2.2.29940.76162⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02123930v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01531277v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coexistence of several currencies in presence of increasing returns to adoption</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Giant Catalytic Effect of Altruists in Schelling’s Segregation Model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Matreux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan Cambe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hernán Larralde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Bertin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physica A: Statistical Mechanics and its Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.physa.2017.12.117⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 120 (20), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.120.208301⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02349166v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02123930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tracking the Evolution of Temporal Patterns of Usage in Bicycle-Sharing Systems Using Nonnegative Matrix Factorization on Multiple Sliding Windows</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Coexistence of several currencies in presence of increasing returns to adoption</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alex Lamarche-Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Orléan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Urban Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, </w:t>
+              <w:t xml:space="preserve">Physica A: Statistical Mechanics and its Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 496, pp.612-619. </w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/12265934.2017.1336468⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.physa.2017.12.117⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01667427v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02349166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une carte scientométrique de la recherche en éducation vue par la base de données internationales Scopus</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Tracking the Evolution of Temporal Patterns of Usage in Bicycle-Sharing Systems Using Nonnegative Matrix Factorization on Multiple Sliding Windows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Jeong</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Rémy Cazabet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Sciences de l'éducation pour l'ère nouvelle : revue internationale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 50 (1), pp.67-84. </w:t>
+              <w:t xml:space="preserve">International Journal of Urban Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, </w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/lsdle.501.0067⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/12265934.2017.1336468⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01579891v1</w:t>
+                <w:t xml:space="preserve">hal-01667427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring the polycentric city with multi-worker households: an agent-based microeconomic model</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Une carte scientométrique de la recherche en éducation vue par la base de données internationales Scopus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kristine Lund</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémi Lemoy</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">H. Jeong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Grauwin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers, Environment and Urban Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.compenvurbsys.2016.10.008⟩</w:t>
+              <w:t xml:space="preserve">Les Sciences de l'éducation pour l'ère nouvelle : revue internationale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 50 (1), pp.67-84. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/lsdle.501.0067⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00602087v5</w:t>
+                <w:t xml:space="preserve">halshs-01579891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reinstituting Nature: A Latourian Workshop</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Exploring the polycentric city with multi-worker households: an agent-based microeconomic model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Lemoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Debaise</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Charles Raux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Humanities</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1215/22011919-3615943⟩</w:t>
+              <w:t xml:space="preserve">Computers, Environment and Urban Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compenvurbsys.2016.10.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02178038v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00602087v5</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fill in the Gap: A New Alliance for Social and Natural Sciences</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">Detecting global bridges in networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Jensen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matteo Morini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Márton Karsai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tommaso Venturini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Vespignani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Artificial Societies and Social Simulation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.18564/jasss.2729⟩</w:t>
+              <w:t xml:space="preserve">Journal of Complex Networks</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 4 (3), pp.319-329. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/comnet/cnv022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01672301v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01206166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O Todo é Sempre Menor que as Partes: um teste digital acerca das mônadas de Gabriel Tarde</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Reinstituting Nature: A Latourian Workshop</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Debaise</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Boullier</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Pierre Montebello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Prignot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Stengers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parágrafo</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Environmental Humanities</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 6 (1), pp.167 - 174. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1215/22011919-3615943⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02057248v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02178038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detecting global bridges in networks</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Fill in the Gap: A New Alliance for Social and Natural Sciences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tommaso Venturini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Latour</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Complex Networks</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/comnet/cnv022⟩</w:t>
+              <w:t xml:space="preserve">Journal of Artificial Societies and Social Simulation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 18 (2), pp.18 - 29. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.18564/jasss.2729⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01206166v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01672301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metapopulation epidemic models with heterogeneous mixing and travel behaviour.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Andrea Apolloni</w:t>
+                <w:t xml:space="preserve">O Todo é Sempre Menor que as Partes: um teste digital acerca das mônadas de Gabriel Tarde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Latour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chiara Poletto</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Vittoria Colizza</w:t>
+                <w:t xml:space="preserve">Dominique Boullier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastian Grauwin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tommaso Venturini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Theoretical Biology and Medical Modelling</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Parágrafo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 3 (2), pp.7-25</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-00940428v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02057248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From the chromatin interaction network to the organization of the human genome into replication N/U-domains</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Metapopulation epidemic models with heterogeneous mixing and travel behaviour.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Apolloni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chiara Poletto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Ramasco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Jensen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rasha E Boulos</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Vittoria Colizza</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Journal of Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1367-2630/16/11/115014⟩</w:t>
+              <w:t xml:space="preserve">Theoretical Biology and Medical Modelling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 11 (1), pp.3. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1742-4682-11-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-01120311v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00940428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dette publique et croissance : des erreurs bien choisies</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">From the chromatin interaction network to the organization of the human genome into replication N/U-domains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rasha E Boulos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hanna Julienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Baker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chun-Long Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nataliya Petryk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Recherche</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">New Journal of Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 16 (11), pp.115014. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1367-2630/16/11/115014⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02153863v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-01120311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le tout est toujours plus petit que ses parties</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Dette publique et croissance : des erreurs bien choisies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Dominique Boullier</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Parent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Réseaux : communication, technologie, société</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">La Recherche</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 487, pp.64-67</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02102547v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02153863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Whole is Always Smaller Than Its Parts'. A Digital Test of Gabriel Tarde's monads</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId88" w:history="1">
+                <w:t xml:space="preserve">Le tout est toujours plus petit que ses parties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Latour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tommaso Venturini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Grauwin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Boullier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Journal of Sociology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Réseaux : communication, technologie, société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 177 (1), pp.197. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/res.177.0197⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1468-4446.2012.01428.x⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01053567v1</w:t>
+                <w:t xml:space="preserve">hal-02102547v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complex Systems Science: Dreams of Universality, Reality of Interdisciplinarity</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
+                <w:t xml:space="preserve">The Whole is Always Smaller Than Its Parts'. A Digital Test of Gabriel Tarde's monads</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Latour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Jensen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tommaso Venturini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Grauwin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Boullier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Society for Information Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/asi.22644⟩</w:t>
+              <w:t xml:space="preserve">British Journal of Sociology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 63 (4), pp.590-615. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1468-4446.2012.01428.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00706567v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01053567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic models of residential segregation: An analytical solution</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
+                <w:t xml:space="preserve">Complex Systems Science: Dreams of Universality, Reality of Interdisciplinarity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Grauwin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Beslon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Fleury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Franceschelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence Goffette-Nagot</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Céline Robardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Public Economics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 96 (1-2), pp.124-141. </w:t>
+              <w:t xml:space="preserve">Journal of the American Society for Information Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 63 (7), pp.10.1002/asi.22644. </w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jpubeco.2011.08.011⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/asi.22644⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00650292v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00706567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les complexités : point de vue d'un institut des systèmes complexes</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
+                <w:t xml:space="preserve">Dynamic models of residential segregation: An analytical solution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Grauwin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Goffette-Nagot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hermès, La Revue - Cognition, communication, politique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Public Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 96 (1-2), pp.124-141. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jpubeco.2011.08.011⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4267/2042/45459⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00744520v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00650292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mapping scientific institutions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
+                <w:t xml:space="preserve">Les complexités : point de vue d'un institut des systèmes complexes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Bertin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Beslon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Gandrillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Grauwin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientometrics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11192-011-0482-y⟩</w:t>
+              <w:t xml:space="preserve">Hermès, La Revue - Cognition, communication, politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 2 (60), pp.145-150. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4267/2042/45459⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00650267v1</w:t>
+                <w:t xml:space="preserve">hal-00744520v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Socio-economic utility and chemical potential</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Mapping scientific institutions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Grauwin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EPL - Europhysics Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Scientometrics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 89 (3), pp.943-954. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11192-011-0482-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1209/0295-5075/93/38002⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00909788v1</w:t>
+                <w:t xml:space="preserve">hal-00650267v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterizing the speed and paths of shared bicycles in Lyon</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Socio-economic utility and chemical potential</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Lemoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Bertin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Céline Robardet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transportation Research Part D: Transport and Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.trd.2010.07.002⟩</w:t>
+              <w:t xml:space="preserve">EPL - Europhysics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 93, pp.38002. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1209/0295-5075/93/38002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00541307v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00909788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Competition between collective and individual dynamics</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Characterizing the speed and paths of shared bicycles in Lyon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Rouquier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Ovtracht</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Robardet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1073/pnas.0906263106⟩</w:t>
+              <w:t xml:space="preserve">Transportation Research Part D: Transport and Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 15 (8), pp.522-524. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.trd.2010.07.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00467958v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00541307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Testing bibliometric indicators by their prediction of scientists promotions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Competition between collective and individual dynamics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Grauwin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Bertin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Lemoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yves Croissant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientometrics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 78 (3), pp.0. </w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 106 ((49)), pp.20622-20626. </w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11192-007-2014-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1073/pnas.0906263106⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ensl-00336140v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00467958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scientists who engage with society perform better academically</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Testing bibliometric indicators by their prediction of scientists promotions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Rouquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Croissant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science and public policy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3152/030234208X329130⟩</w:t>
+              <w:t xml:space="preserve">Scientometrics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 78 (3), pp.0. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11192-007-2014-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00334363v2</w:t>
+                <w:t xml:space="preserve">ensl-00336140v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CNRS researchers' popularization activities: a progress report</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Scientists who engage with society perform better academically</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Rouquier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Kreimer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Croissant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Scientific Communication</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Science and public policy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 35 (7), pp.527-541. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3152/030234208X329130⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00288014v1</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00334363v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A network-based prediction of retail stores commercial categories and optimal locations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">CNRS researchers' popularization activities: a progress report</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Croissant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 74, pp.035101</w:t>
+              <w:t xml:space="preserve">Journal of Scientific Communication</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 6 (3), 14 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00090415v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00288014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le cofinancement usager - contribuable et le partenariat public - privé changent les termes de l'évaluation des programmes d'investissement public</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">A network-based prediction of retail stores commercial categories and optimal locations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Economie et Prévision</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 74, pp.035101</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00122918v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00090415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ranking Transport Projects by their Socioeconomic Value or Financial Interest Rate of Return?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId147" w:history="1">
+                <w:t xml:space="preserve">Le cofinancement usager - contribuable et le partenariat public - privé changent les termes de l'évaluation des programmes d'investissement public</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Bonnafous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transport Policy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.tranpol.2004.12.003⟩</w:t>
+              <w:t xml:space="preserve">Economie et Prévision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 175-176 (2006/4-5), 23 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/ecop.175.0015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">halshs-00068313v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00122918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aggregation of retail stores</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Ranking Transport Projects by their Socioeconomic Value or Financial Interest Rate of Return?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Bonnafous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Hernán Larralde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physica A: Statistical and Theoretical Physics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Transport Policy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 12 (2), pp. 131-136. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tranpol.2004.12.003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.physa.2005.01.002⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00110817v1</w:t>
+                <w:t xml:space="preserve">halshs-00068313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Aggregation of retail stores</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Jensen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Boisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hernán Larralde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physica A: Statistical and Theoretical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 351 (2-4), pp. 551-570. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.physa.2005.01.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00110817v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Experimental observation of a doubly percolating system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Melinon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Hoareau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jian Xiong Hu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Treilleux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal de Physique I</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1992, 2 (4), pp.365-369. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/jp1:1992148⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">jpa-00246489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5295,2399 +5403,2399 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Learning smooth graphs with sparse temporal variations to explore long-term financial trends</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Bastidon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Bontonou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Abry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">32st European Signal Processing Conference (EUSIPCO)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, EURASIP, Aug 2024, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04731912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelle physique sous contrainte environnementale ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Estevez-Torres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Freddy Bouchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Société Française de Physique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04234890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Detecting global financial crises over history: A multivariate nonlinear denoising strategy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Bastidon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Abry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Parent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">World Economic History Conference Paris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04926362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">COVID-19 Reproduction Number Estimation: Spatial and Temporal in Convex Optimization to Promote Piecewise Smoothness</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Abry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nelly Pustelnik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Flandrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CCS 2020 - Conference on Complex Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2020, online, Greece. pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03435991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pourquoi la société ne se laisse pas mettre en équations ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Beaudouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Antoine Chardel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Charolles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Festival Institut Français de la Mode (IFM). "Des chiffres ou des lettres ?"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03125398v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Segmentation de corrélations par débruitage pour explorer l'intégration financière internationale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Bastidon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Abry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Parent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GRETSI 2019 - XXVIIème Colloque francophone de traitement du signal et des images</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2019, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02399351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using Degree Constrained Gravity Null-Models to understand the structure of journeys' networks in Bicycle Sharing Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Cazabet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESANN 2017 - European Symposium on Artificial Neural Networks, Computational Intelligence and Machine Learning</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2017, Bruges, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01500352v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enhancing Space-Aware Community Detection Using Degree Constrained Spatial Null Model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Cazabet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CompleNet 2017 - 8th Conference on Complex Networks</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2017, Dubrovnik, Croatia. pp.26118 - 55, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-319-54241-6_4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01500354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using Scientometric Visualizations to Bridge Disciplinary Boundaries in Research on Education</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kristine Lund</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Grauwin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Rozencwajg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Symposium presented at the International Convention of Psychological Science, Association for Psychological Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2017, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02101597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Temporal evolution of communities based on scientometrics data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matteo Morini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Flandrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sciences des données et humanités numeriques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Projet ARESOS (Reconstruction, Analyse et Accès aux Données dans les Grands Réseaux Socio‐Sémantiques), ISC-PIF, Nov 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01282805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The evolution of Japanese business networks in ASEAN countries since the 1960s</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean­-Pascal Bassino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matteo Morini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2015 Historical Network Research Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2015, Lisbon, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01282822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Simple Model of Coevolution for Macroscopic and Microscopic Levels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matteo Morini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SwarmFest 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Swarm Developement Group (SDG), Jul 2015, Columbia, SC, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01303790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Information and Search in the Rental Housing Market: An agent-based Model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Goffette-Nagot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Mc Breen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Housing and Real Estate Dynamics, Queen's University, Kingston, Ontario, 23-24 June 2011</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2011, Kingston, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00673764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peut-on attraper les utilisateurs de Vélo'v au Lasso ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Merchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Michau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Robardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Abry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXIIe Colooque GRETSI. Traitement du Signal et des Images</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, GRETSI, 2011, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01314675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Information and Search in the Rental Housing Market: An agent-based Model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Goffette-Nagot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Mc Breen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">51st European Congress of the Regional Science Association International, Barcelone, Espagne, 30 août - 3 septembre 2011</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2011, Barcelone, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00673762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Information and Search on the Housing Market: An agent-based Model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Mc Breen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Goffette-Nagot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Artiﬁcial Economics, Treviso, 9-10 septembre 2010</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2010, Trévise, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00587707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introducing local coordination in dynamic models of residential segregation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Goffette-Nagot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Grauwin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire Economie Publique, Institutions et Organisations, Université Paris 1, Paris, 15 juin 2010</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2010, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00587699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introducing local coordination in dynamic models of residential segregation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Goffette-Nagot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Grauwin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Louis-André Gérard-Varet, Marseille, 21-22 juin 2010</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2010, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00587692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Information and Search on the Housing Market: An agent-based Model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Mc Breen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Goffette-Nagot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Regional Science Association International, Denver, 10-13 novembre 2010</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2010, Denver, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00587528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Agent-Based Simulation of Rental Housing Markets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Mc Breen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Goffette-Nagot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontres du Logement, Marseille, 22-23 octobre 2009</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2009, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00945862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Agent-Based Simulation of Rental Housing Markets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Mc Breen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Goffette-Nagot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IREBS Conference on Real Estate Economics et Finance, Regensburg, Germany, 18-19 June, 2009</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2009, Regensburg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00945867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Agent-Based Simulation of Rental Housing Markets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Mc Breen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Goffette-Nagot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16th Annual European Real Estate Society Conference (ERES), Stockholm, Sweden, 24-27 June, 2009</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2009, Stockholm, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00945865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ranking Transport Projects by their Socioeconomic Value or Financial Interest rate of return?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Bonnafous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">WCTRS, ITU. 10th World Conference on Transport Research - WCTR'04, 4-8 juillet 2004, Istanbul, Turkey - (Selected Proceedings)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, Lyon, France. 12 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00079721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7697,154 +7805,154 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bridgeness: a novel centrality measure to detect global bridges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matteo Morini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tommaso Venturini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Jacomy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Cointet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECCS 2014 – European Conference on Complex Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2014, Lucca, Italy. , 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01175702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7854,284 +7962,284 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deep Earnings : le néolibéralisme au coeur des réseaux de neurones</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03432456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Your Life in Numbers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 978-3-030-65103-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03432443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modéliser la ville. Formes urbaines et politiques de transport</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Antoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Morency</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Cambien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Vuidel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dany Nguyen-Luong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jean-Philippe Antoni. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Economica</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 438 p., 2011, Méthodes et Approches, Gérard Brun, 978-2-7178-5971-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
-              <w:r>
-[...67 lines deleted...]
-            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00860300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8141,382 +8249,382 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Latour, le physicien et les atomes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Presses de Sciences Po. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bruno Latour ou L'art d'assembler</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2026, 2724645901</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05335724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Néolibéralisme et intelligence artificielle : une même vision du monde ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Penser l’intelligence artificielle : Enjeux philosophiques, politiques et culturels de l’automatisation numérique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 978-2-37896-590-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05452270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ILOT : un modèle multi-agents de structuration de l’étalement urbain et du réseau de transport</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Lemoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Raux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jean-Philippe Antoni. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Modéliser la ville : Formes urbaines et politiques de transport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Economica</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.333-364, 2011, Coll. Méthodes et approches, 978-2-7178-5971-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01729177v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Information and Search on the Housing Market: An Agent-Based Model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Mc Breen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Goffette-Nagot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Li Calzi M., Milone L., Pellizzari P. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Progress in Artificial Economics, Computational and Agent-Based Models</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer, pp. 153-164, 2010, Lecture Notes in Economics and Mathematical Systems</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00945969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8526,171 +8634,171 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deep Learning, libéralisme et contrôle social (Mondes Sociaux)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.58079/u9jb⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05217967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peut-on mettre le monde social en équations ? (Mondes Sociaux)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.58079/u9a0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04917185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8700,1911 +8808,1911 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detecting Global Bridges in Networks</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Structuration does distance really matter for distance based measures of geographic concentration?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Puech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Ovtracht</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Jensen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Marcon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01345291v1</w:t>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01504655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structuration does distance really matter for distance based measures of geographic concentration?</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Detecting Global Bridges in Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matteo Morini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Vespignani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Fleury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Cointet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Jacomy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01504655v1</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01345291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamic models of residential ségrégation: an analytical solution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Grauwin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Goffette-Nagot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00502758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">French Roadmap for complex Systems 2008-2009</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Dynamic models of residential segregation: Brief review, analytical resolution and study of the introduction of coordination</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Goffette-Nagot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Jensen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Grauwin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2009</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edith Perrier</w:t>
-[...55 lines deleted...]
-                <w:t xml:space="preserve">hal-00392486v1</w:t>
+                <w:t xml:space="preserve">halshs-00404400v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Agent-Based Simulation of Rental Housing Markets</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">French Roadmap for complex Systems 2008-2009</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Chavalarias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Bourgine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edith Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Amblard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Arlabosse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00374157v2</w:t>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00392486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic models of residential segregation: Brief review, analytical resolution and study of the introduction of coordination</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId122" w:history="1">
+                <w:t xml:space="preserve">An Agent-Based Simulation of Rental Housing Markets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Mc Breen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Goffette-Nagot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...11 lines deleted...]
-            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00404400v1</w:t>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00374157v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (14)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolutions of Individuals Use of Lyon's Bike Sharing System</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">What do we see when we look at networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tommaso Venturini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Jacomy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Jensen</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02123929v1</w:t>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02123923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In social complex systems, the whole can be more or less than (the sum of) the parts</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evolutions of Individuals Use of Lyon's Bike Sharing System</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan Cambe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Abry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Barnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Borgnat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Bertin</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Marie Vogel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02123927v1</w:t>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02123929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The politics of physicists' social models</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">In social complex systems, the whole can be more or less than (the sum of) the parts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Bertin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2022</w:t>
+              <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02123924v1</w:t>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02123927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What do we see when we look at networks</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">The politics of physicists' social models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2019</w:t>
+              <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02123923v1</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02123924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revealing evolutions in dynamical networks</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId93" w:history="1">
+                <w:t xml:space="preserve">Network analysis of Japanese global business using quasi-exhaustive micro-data for Japanese overseas subsidiaries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pascal Bassino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Jensen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matteo Morini</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...50 lines deleted...]
-            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01558219v1</w:t>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01558763v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A simplistic model of the emergence of money</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Revealing evolutions in dynamical networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matteo Morini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Flandrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Fleury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tommaso Venturini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01531274v1</w:t>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01558219v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Network analysis of Japanese global business using quasi-exhaustive micro-data for Japanese overseas subsidiaries</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">A simplistic model of the emergence of money</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alex Lamarche-Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Orléan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...11 lines deleted...]
-            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01558763v2</w:t>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01531274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Scientometric Map of Global Educational Research</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kristine Lund</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heisawn Jeong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Grauwin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01277216v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The many dimensions of interdisciplinarity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katsyarina Paradzinets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00785249v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Where in cities do &amp;quot;rich&amp;quot; and &amp;quot;poor&amp;quot; people live? The urban economics model revisited</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Lemoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Raux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00805116v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Essai d'analyse de l'interdisciplinarité dans la recherche scientifique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Abdelkader Zighed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Tanasescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00856176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Opinion groups formation and dynamics : structures that last from non lasting entities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastian Grauwin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00704285v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effective Free Energy for Individual Dynamics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Grauwin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominic Hunt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Bertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00650299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Two dimensional Hotelling model : analytical results and numerical simulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hernán Larralde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margaret Edwards</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00114288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10614,161 +10722,161 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interactions Localisations Transport. Projet ILOT – Phase I. Rapport final pour la DRAST</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Raux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margaret Edwards</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Marchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Mc Breen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Lettre de commande 05MT5027 - ISRN EQ-DRAST-PREDIT--06-15—FR, LET. 2006, pp.114</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00135921v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId254"/>
+      <w:footerReference w:type="default" r:id="rId257"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -10915,51 +11023,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04993734v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermo Benito-Calvino" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Jensen" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.111.034307" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05234050v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bastidon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Parent" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Abry" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Borgnat" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2632-072X/ade948" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736273v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/127pp" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03858040v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphy.2022.894400" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03578535v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1119/5.0086028" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03766949v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Cambe" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastian Grauwin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Flandrin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11192-022-04463-x" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03432404v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommaso Venturini" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Jacomy" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/20539517211018488" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03432377v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciano Levin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Kreimer" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01459740.2021.1946805" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02921836v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Pustelnik" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane G. Roux" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0237901" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349157v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physa.2019.122877" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03432169v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Barnier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Vogel" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0231550" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221642v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristine Lund" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heisawn Jeong" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Grauwin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feduc.2020.544194" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04255796v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349110v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bertin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crhy.2019.05.012" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349096v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crhy.2019.05.016" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01948570v2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacouba Kaloga" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Foare" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/lsp.2019.2917518" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531277v2" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Lamarche-Perrin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Orl&#233;an" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.29940.76162" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123930v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Matreux" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hern&#225;n Larralde" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.120.208301" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349166v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physa.2017.12.117" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667427v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Cazabet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/12265934.2017.1336468" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01579891v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Jeong" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lsdle.501.0067" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00602087v5" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Lemoy" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Raux" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compenvurbsys.2016.10.008" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02178038v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Debaise" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Montebello" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Prignot" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Stengers" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1215/22011919-3615943" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01672301v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Latour" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18564/jasss.2729" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02057248v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Boullier" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01206166v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Morini" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#225;rton Karsai" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Vespignani" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/comnet/cnv022" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00940428v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Apolloni" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Poletto" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Ramasco" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vittoria Colizza" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1742-4682-11-3" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01120311v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rasha E Boulos" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Julienne" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Baker" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chun-Long Chen" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nataliya Petryk" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/16/11/115014" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02153863v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02102547v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/res.177.0197" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01053567v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1468-4446.2012.01428.x" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00706567v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Beslon" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Fleury" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Franceschelli" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Robardet" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/asi.22644" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00650292v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Goffette-Nagot" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpubeco.2011.08.011" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JCHFZSWM-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00744520v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gandrillon" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/45459" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00650267v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11192-011-0482-y" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909788v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/93/38002" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00541307v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Rouquier" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ovtracht" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trd.2010.07.002" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00467958v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0906263106" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00336140v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Croissant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11192-007-2014-3" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/hal-00334363v2" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3152/030234208X329130" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00288014v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00090415v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00122918v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Roy" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bonnafous" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ecop.175.0015" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00068313v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tranpol.2004.12.003" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X0HZMV3T-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00110817v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Boisson" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physa.2005.01.002" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00246489v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Melinon" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Hoareau" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian Xiong Hu" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Treilleux" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp1:1992148" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/59ABEEAB1FB7DF9ABFCDC1D00340C2FFB79A5380/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731912v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Bontonou" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234890v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Estevez-Torres" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Roux" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freddy Bouchet" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04926362v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03435991v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Roux" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03125398v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Beaudouin" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Chardel" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Charolles" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399351v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01500352v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01500354v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-54241-6_4" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02101597v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Rozencwajg" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Picard" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01282805v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01282822v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#173;-Pascal Bassino" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01303790v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00673764v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Mc Breen" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01314675v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Merchez" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Michau" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00673762v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00587707v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00587699v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00587692v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00587528v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00945862v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00945867v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00945865v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00079721v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01175702v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Cointet" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03432456v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03432443v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00860300v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Antoni" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Morency" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Cambien" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Vuidel" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany Nguyen-Luong" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.economica.fr/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05335724v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05452270v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01729177v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00945969v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05217967v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/u9jb" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917185v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/u9a0" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01345291v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01504655v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Puech" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Marcon" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00502758v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00392486v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Chavalarias" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Bourgine" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Perrier" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Amblard" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Arlabosse" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00374157v2" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00404400v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123929v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123927v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123924v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123923v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01558219v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01531274v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01558763v2" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pascal Bassino" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01277216v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00785249v2" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katsyarina Paradzinets" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00805116v3" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00856176v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamel Abdelkader Zighed" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Tanasescu" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00704285v2" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00650299v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominic Hunt" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00114288v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaret Edwards" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00135921v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Marchal" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05565800v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Jensen" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Pustelnik" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Gribonval" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Carrivain" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04993734v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermo Benito-Calvino" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.111.034307" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05234050v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bastidon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Parent" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Abry" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Borgnat" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2632-072X/ade948" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736273v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/127pp" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03858040v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphy.2022.894400" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03578535v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1119/5.0086028" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03766949v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Cambe" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastian Grauwin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Flandrin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11192-022-04463-x" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03432404v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommaso Venturini" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Jacomy" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/20539517211018488" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03432377v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciano Levin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Kreimer" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01459740.2021.1946805" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221642v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristine Lund" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heisawn Jeong" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Grauwin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feduc.2020.544194" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04255796v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physa.2019.122877" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02921836v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane G. Roux" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0237901" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349157v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03432169v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Barnier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Vogel" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0231550" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349110v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bertin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crhy.2019.05.012" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349096v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crhy.2019.05.016" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01948570v2" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacouba Kaloga" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Foare" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/lsp.2019.2917518" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531277v2" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Lamarche-Perrin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Orl&#233;an" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.29940.76162" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123930v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Matreux" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hern&#225;n Larralde" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.120.208301" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349166v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physa.2017.12.117" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667427v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Cazabet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/12265934.2017.1336468" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01579891v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Jeong" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lsdle.501.0067" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00602087v5" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Lemoy" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Raux" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compenvurbsys.2016.10.008" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01206166v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Morini" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#225;rton Karsai" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Vespignani" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/comnet/cnv022" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02178038v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Debaise" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Montebello" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Prignot" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Stengers" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1215/22011919-3615943" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01672301v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Latour" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18564/jasss.2729" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02057248v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Boullier" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00940428v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Apolloni" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Poletto" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Ramasco" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vittoria Colizza" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1742-4682-11-3" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01120311v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rasha E Boulos" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Julienne" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Baker" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chun-Long Chen" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nataliya Petryk" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/16/11/115014" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02153863v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02102547v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/res.177.0197" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01053567v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1468-4446.2012.01428.x" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00706567v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Beslon" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Fleury" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Franceschelli" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Robardet" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/asi.22644" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00650292v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Goffette-Nagot" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpubeco.2011.08.011" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JCHFZSWM-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00744520v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gandrillon" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/45459" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00650267v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11192-011-0482-y" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909788v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/93/38002" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00541307v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Rouquier" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ovtracht" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trd.2010.07.002" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00467958v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0906263106" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00336140v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Croissant" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11192-007-2014-3" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/hal-00334363v2" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3152/030234208X329130" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00288014v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00090415v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00122918v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Roy" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bonnafous" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ecop.175.0015" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00068313v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tranpol.2004.12.003" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X0HZMV3T-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00110817v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Boisson" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physa.2005.01.002" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00246489v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Melinon" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Hoareau" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian Xiong Hu" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Treilleux" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp1:1992148" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/59ABEEAB1FB7DF9ABFCDC1D00340C2FFB79A5380/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731912v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Bontonou" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234890v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Estevez-Torres" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Roux" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freddy Bouchet" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04926362v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03435991v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Roux" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03125398v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Beaudouin" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Chardel" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Charolles" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399351v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01500352v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01500354v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-54241-6_4" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02101597v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Rozencwajg" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Picard" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01282805v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01282822v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#173;-Pascal Bassino" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01303790v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00673764v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Mc Breen" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01314675v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Merchez" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Michau" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00673762v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00587707v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00587699v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00587692v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00587528v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00945862v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00945867v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00945865v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00079721v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01175702v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Cointet" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03432456v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03432443v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00860300v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Antoni" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Morency" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Cambien" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Vuidel" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany Nguyen-Luong" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.economica.fr/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05335724v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05452270v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01729177v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00945969v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05217967v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/u9jb" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917185v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/u9a0" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01504655v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Puech" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Marcon" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01345291v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00502758v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00404400v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00392486v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Chavalarias" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Bourgine" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Perrier" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Amblard" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Arlabosse" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00374157v2" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123923v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123929v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123927v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123924v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01558763v2" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pascal Bassino" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01558219v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01531274v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01277216v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00785249v2" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katsyarina Paradzinets" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00805116v3" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00856176v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamel Abdelkader Zighed" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Tanasescu" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00704285v2" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00650299v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominic Hunt" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00114288v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaret Edwards" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00135921v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Marchal" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>