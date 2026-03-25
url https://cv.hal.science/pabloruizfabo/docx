--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -100,372 +100,372 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stage Direction Classification in French Theater: Transfer Learning Experiments</w:t>
+                <w:t xml:space="preserve">Managing Fine-grained Metadata for Text Bases in Extremely Low Resource Languages: the Cases of Two Regional Languages of France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexia Schneider</w:t>
+                <w:t xml:space="preserve">Marianne Vergez-Couret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pablo Ruiz Fabo</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Delphine Bernhard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Nauge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Bras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Ruiz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the 8th Joint SIGHUM Workshop on Computational Linguistics for Cultural Heritage, Social Sciences, Humanities and Literature (LaTeCH-CLfL 2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association for Computational Linguistics, Mar 2024, Saint-Julian's, Malta. pp.278-286</w:t>
+              <w:t xml:space="preserve">SIGUL 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Torino, Italy. pp.212-221</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04520702v1</w:t>
+                <w:t xml:space="preserve">hal-04598649v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Managing Fine-grained Metadata for Text Bases in Extremely Low Resource Languages: the Cases of Two Regional Languages of France</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Stage Direction Classification in French Theater: Transfer Learning Experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Myriam Bras</w:t>
+                <w:t xml:space="preserve">Alexia Schneider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pablo Ruiz</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pablo Ruiz Fabo</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SIGUL 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2024, Torino, Italy. pp.212-221</w:t>
+              <w:t xml:space="preserve">Proceedings of the 8th Joint SIGHUM Workshop on Computational Linguistics for Cultural Heritage, Social Sciences, Humanities and Literature (LaTeCH-CLfL 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association for Computational Linguistics, Mar 2024, Saint-Julian's, Malta. pp.278-286</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04598649v1</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04520702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparaison entre le théâtre en alsacien (1800-1929) et ses traditions dramatiques sources</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">The MeThAL Alsatian theater corpus and related resources: Work done and perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz Fabo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Humanistica 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association francophone des humanités numériques, Jun 2023, Genève, Suisse</w:t>
+              <w:t xml:space="preserve">5èmes journées du Groupement de Recherche CNRS « Linguistique Informatique, Formelle et de Terrain »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNRS, Nov 2023, Nancy, France. pp.113-118</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04105543v1</w:t>
+                <w:t xml:space="preserve">hal-04391970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The MeThAL Alsatian theater corpus and related resources: Work done and perspectives</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Comparaison entre le théâtre en alsacien (1800-1929) et ses traditions dramatiques sources</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz Fabo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5èmes journées du Groupement de Recherche CNRS « Linguistique Informatique, Formelle et de Terrain »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CNRS, Nov 2023, Nancy, France. pp.113-118</w:t>
+              <w:t xml:space="preserve">Humanistica 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association francophone des humanités numériques, Jun 2023, Genève, Suisse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04391970v1</w:t>
+                <w:t xml:space="preserve">hal-04105543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SIG-DLS Seven Years on</w:t>
               </w:r>
@@ -611,51 +611,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara I Martínez Cantón</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rocío Ortuño Casanova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz Fabo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plotting Poetry 6: The Plot. Storytelling in Verse</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Eötvös Loránd University (ELTE), Institute for Literary Studies Research Centre for the Humanities, Budapest, Plotting Poetry, Jun 2023, Budapest, Hungary. </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
@@ -683,351 +683,351 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04265542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Théâtre alsacien : Personographie en TEI et navigation du corpus selon les attributs sociaux des personnages</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The benefits of increasing the digital availability of Alsatian theater</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Ruiz Fabo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Werner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pablo Ruiz Fabo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Carole Werner</w:t>
+                <w:t xml:space="preserve">Delphine Bernhard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Humanistica 2022</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Digital Humanities 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Tokyo (Online), Japan. pp.567-570, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5281/zenodo.7014965⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03660506v1</w:t>
+                <w:t xml:space="preserve">hal-03660481v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From poetry to song: A corpus-based approach to textual variation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helena Bermúdez Sabel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara I Martínez Cantón</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plotting Poetry 5 - Popular Voices</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, University of Tartu, Estonian Literary Museum, Plotting Poetry, Jul 2022, Tartu, Estonia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03849862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The benefits of increasing the digital availability of Alsatian theater</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Théâtre alsacien : Personographie en TEI et navigation du corpus selon les attributs sociaux des personnages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz Fabo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Werner</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Delphine Bernhard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Digital Humanities 2022</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Humanistica 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Montréal / online, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5281/zenodo.7014965⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03660481v1</w:t>
+                <w:t xml:space="preserve">hal-03660506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Computational drama analysis from almost zero electronic text: The case of Alsatian theater</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Ruiz Fabo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Bernhard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew Briand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1078,64 +1078,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rhyme within reason: a sentiment analysis approach to rhyme in a historical corpus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helena Bermúdez Sabel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Textos hispánicos y humanidades digitales: perspectivas actuales. Seminario Internacional</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Proyecto Cordican: Transcripción y edición digital de textos para el conocimiento de la aportación de Canarias a la historia Atlántica en la primera globalización., Jun 2022, La Laguna, Spain. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1169,64 +1169,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ELAL: An Emotion Lexicon for the Analysis of Alsatian Theatre Plays</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Bernhard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz Fabo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conference on Language Resources and Evaluation (LREC 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Marseille, France. pp.5001-5010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1251,51 +1251,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DISCO et DISCOver : Le Diachronic Spanish Sonnet Corpus et son interface de lecture circulaire.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz Fabo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées EVEille (Exploration et Valorisation Electroniques des corpus en Sciences Humaines et Sociales. Laboratoire ILLE, Université de Haute-Alsace, Mulhouse</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2021, Mulhouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1320,51 +1320,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploration du théâtre alsacien à travers ses listes de personnages pendant la période 1870-1940</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz Fabo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Werner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1411,64 +1411,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Création d'un corpus FAIR de théâtre en alsacien et normalisation de variétés non-contemporaines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Ruiz Fabo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Bernhard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Werner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1532,51 +1532,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalie M Houston</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Petr Plecháč</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helena Bermúdez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1640,77 +1640,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DISCOvering Spanish Sonnets: A close/distant reading experience</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helena Bermúdez Sabel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara I Martínez Cantón</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plotting Poetry (and Poetics) 3 – Machiner la poésie (et la poétique) 3</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Nancy, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1744,51 +1744,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aplicación de las tecnologías del lenguaje al análisis poético : el caso del encabalgamiento [Application des technologies linguistiques à l’analyse poétice : Le cas de l’enjambement]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz Fabo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d’études en linguistique espagnole - « Un éventail de possibilités ». Laboratoire CHER, Université de Strasbourg</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2019, Strasbourg, Francia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1839,77 +1839,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena Gonzalez-Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salvador Ros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">María Luisa Díez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helena Bermúdez Sabel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EADH 2018: Data in Digital Humanities</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Association for Digital Humanities, Dec 2018, Galway, Ireland. </w:t>
@@ -1947,64 +1947,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Diachronic Spanish Sonnet Corpus (DISCO): TEI and Linked Open Data Encoding, Data Distribution and Metrical Findings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helena Bermúdez Sabel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara I Martínez Cantón</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2077,51 +2077,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enjambment Detection in a Large Diachronic Corpus of Spanish Sonnets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara I Martínez Cantón</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2194,51 +2194,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Distant Rhythm: Automatic Enjambment Detection on Four Centuries of Spanish Sonnets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara I Martínez Cantón</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2315,51 +2315,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Tieberghien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Mélanie-Becquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Poibeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2427,51 +2427,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Entities as topic labels: Improving topic interpretability and evaluability combining Entity Linking and Labeled LDA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federico Nanni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Digital Humanities 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jagiellonian University and Pedagogical University, Jul 2016, Cracovie, Poland. pp.632-635</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2496,51 +2496,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Climate Negotiation Analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Plancq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2591,51 +2591,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">More than Word Cooccurrence: Exploring Support and Opposition in International Climate Negotiations with Semantic Parsing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Plancq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2686,51 +2686,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combining Open Source Annotators for Entity Linking through Weighted Voting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Poibeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2768,51 +2768,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ELCO3: Entity Linking with Corpus Coherence Combining Open Source Annotators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Poibeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2863,51 +2863,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">EL92: Entity Linking Combining Open Source Annotators via Weighted Voting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Poibeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2958,51 +2958,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Generating Navigable Semantic Maps from Social Sciences Corpora</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Poibeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Digital Humanities 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2015, Sydney, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3027,51 +3027,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phoneme Similarity Matrices to Improve Long Audio Alignment for Automatic Subtitling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aitor Álvarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3135,51 +3135,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improving a Long Audio Aligner through Phone-relatedness Matrices for English, Spanish and Basque.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aitor Álvarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haritz Arzelus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3243,51 +3243,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aitor Álvarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haritz Arzelus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE International Conference on Acoustic, Speech and Signal Processing (ICASSP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2014, Florence, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3312,51 +3312,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lexical Normalization of Spanish Tweets with Preprocessing Rules, Domain-Specific Edit Distances, and Language Models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Montse Cuadros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3465,51 +3465,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara I Martínez Cantón</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rocío Ortuño Casanova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz Fabo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ogigia: revista electrónica de estudios hispánicos</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 35, pp.179-209. </w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3556,51 +3556,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plotting Poetry 6: The Plot. Storytelling in Verse. Conference Report</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Bories</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz Fabo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margit Kiss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3712,51 +3712,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ellen Carter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Grass</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz Fabo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Data Mining and Digital Humanities</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, Towards robotic translation?, </w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3829,51 +3829,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonina Martynenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lara Nugues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz Fabo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mari Sarv</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3959,51 +3959,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ellen Carter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Grass</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz Fabo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Data Mining and Digital Humanities</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, Towards robotic translation?, </w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4063,64 +4063,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena Álvarez Mellado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">María Luisa Díez Platas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz Fabo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helena Bermúdez Sabel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salvador Ros Muñoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4171,64 +4171,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Diachronic Spanish Sonnet Corpus (DISCO): TEI and Linked Open Data Encoding, Data Distribution and Metrical Findings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helena Bermúdez Sabel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara I Martínez Cantón</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4327,51 +4327,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salvador Ros Muñoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena Gonzalez-Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena Álvarez Mellado</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4444,51 +4444,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Mcgillivray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Poibeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Digital Humanities Quarterly</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 14 (2), </w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4535,51 +4535,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La evaluación de herramientas como modo de aprendizaje e introducción de las Humanidades Digitales en el aula universitaria. La experiencia docente “Poesía distante”</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara I Martínez Cantón</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Didáctica (Lengua y Literatura)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 31, pp.171-190. </w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4613,64 +4613,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Navegación de corpus a través de anotaciones lingüísticas automáticas obtenidas por Procesamiento del Lenguaje Natural: de anecdótico a ecdótico</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helena Bermúdez Sabel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revista de Humanidades Digitales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 4, pp.136-161. </w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4704,51 +4704,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mapping the Bentham Corpus: Concept-based Navigation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Poibeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4821,51 +4821,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Lauscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federico Nanni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simone Paolo Ponzetto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4903,51 +4903,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lexical Normalization of Spanish Tweets with Rule-Based Components and Language Models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Montse Cuadros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5030,64 +5030,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rhyme Within Reason: An Emotion Analysis Approach to Rhyme in a Historical Corpus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz Fabo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helena Bermúdez Sabel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Digital Humanities in Medieval and Early Modern Spanish Texts</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1, Routledge, pp.79-98, 2025, 9781003393771. </w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5134,64 +5134,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intermedial Adaptation Strategies When Setting Poems to Music</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara Martínez Cantón</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helena Bermúdez Sabel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz Fabo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Estonian Literary Museum Scholarly Press. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Popular Voices: Computational Analysis of Poetry and Song</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pdf, ELM Scholarly Press, 2025, </w:t>
@@ -5229,64 +5229,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Computational drama analysis from almost zero electronic text: The case of Alsatian theater</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Ruiz Fabo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Bernhard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew Briand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5350,77 +5350,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Procesamiento del lenguaje natural y fijación del texto. Experiencias en torno a la constitución de un corpus diacrónico de sonetos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helena Bermúdez Sabel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara I Martínez Cantón</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz Fabo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Editar el Siglo de Oro en la era digital</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, , 2024, Studia Aurea Monográfica</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5445,51 +5445,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">¿Cómo puedo extraer información métrica de un corpus en verso? Herramientas de análisis métrico y rimático. La experiencia de DISCO</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara I. Martínez Cantón</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5540,51 +5540,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">¿Cómo puedo preparar mi texto digital para su estudio? Extracción (web scraping), limpieza y marcado automático de corpus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Clara Martínez; Rocío Ortuño; Antonio Huertas. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Las humanidades digitales en la enseñanza de las literaturas hispánicas. Aplicaciones prácticas</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Peter Lang, pp.85--111, 2023</w:t>
@@ -5626,51 +5626,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Polite Revolution of Computational Literary Studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Bories</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz Fabo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Petr Plecháč</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5717,64 +5717,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DISCOvering Spanish Sonnets: A Circular Reading Experience</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helena Bermúdez Sabel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz Fabo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara I Martínez Cantón</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5834,51 +5834,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Automatic enjambment detection as a new source of evidence in Spanish versification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara I Martínez Cantón</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz Fabo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena Gonzalez-Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5987,64 +5987,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transfer learning and in-context learning for stage direction classification in French</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz Fabo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexia Schneider</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Digital Humanities 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2025, Lisbon, Portugal. 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6078,51 +6078,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proxecto COMPEL: Análise computacional das literaturas periféricas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz Fabo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">II Xeira CLARIAH-GAL</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2025, Santiago de Compostela, France. , 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6141,291 +6141,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05398443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative metadata for popular theater in Alsatian, German and French</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Paysage social représenté dans le théâtre populaire en alsacien, allemand et français (1800-1929)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz Fabo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Boisnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexia Schneider</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Digital Humanities 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2024, Washington DC, United States. , </w:t>
+              <w:t xml:space="preserve">Humanités numériques en pédagogie et en recherche à la faculté des langues 2e ed.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Strasbourg, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5281/zenodo.11306739⟩</w:t>
+                <w:t xml:space="preserve">Faculté des langues, Université de Strasbourg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.34847/nkl.2aabxkh3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04520875v1</w:t>
+                <w:t xml:space="preserve">hal-04869157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paysage social représenté dans le théâtre populaire en alsacien, allemand et français (1800-1929)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Comparative metadata for popular theater in Alsatian, German and French</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz Fabo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Boisnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexia Schneider</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Humanités numériques en pédagogie et en recherche à la faculté des langues 2e ed.</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Digital Humanities 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2024, Washington DC, United States. , </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5281/zenodo.11306739⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Faculté des langues, Université de Strasbourg</w:t>
-[...31 lines deleted...]
-                <w:t xml:space="preserve">hal-04869157v1</w:t>
+                <w:t xml:space="preserve">hal-04520875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Navigation structurée de métadonnées de théâtre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enzo Doyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz Fabo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Humanités numériques en pédagogie et en recherche à la faculté des langues 2e ed.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2024, Strasbourg, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6485,64 +6485,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards emotion analysis for Alsatian theater</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qinyue Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Ruiz Fabo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Bernhard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computational Humanities Research (CHR) 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2023, Paris, France. 2023, </w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6576,64 +6576,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MeThAL : Vers une macroanalyse du théâtre en alsacien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Ruiz Fabo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Bernhard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Werner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6706,90 +6706,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Accroître la vitalité et la visibilité numérique des langues de France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Bernhard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Erhart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Huck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz Fabo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Werner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6836,51 +6836,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DISCO: Diachronic Spanish Sonnet Corpus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz Fabo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helena Bermúdez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6940,64 +6940,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Feature structures for character social variable annotation and an application to Alsatian theater</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz Fabo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helena Bermúdez Sabel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Text Encoding Initiative 2022 Conference - TEI 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Newcastle, United Kingdom. , 2022, </w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7031,77 +7031,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MeThAL : Ressources numériques pour une relecture du théâtre en alsacien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Ruiz Fabo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Werner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Bernhard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Erhart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7161,64 +7161,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MeThAL : Vers une macroanalyse du théâtre en alsacien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Bernhard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Erhart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7304,51 +7304,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Opportunités et limites en stylistique computationnelle de la poésie : Détection automatique de l'enjambement en anglais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eulalie Monget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Humanistica 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2020, Bordeaux, France. 2020, Humanistica 2020. </w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7382,77 +7382,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DISCO: Diachronic Spanish Sonnet Corpus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Calvo Tello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helena Bermúdez Sabel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara I Martínez Cantón</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7512,51 +7512,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ANJA, ¿dónde están los encabalgamientos?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara I Martínez Cantón</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena Gonzalez-Blanco</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7674,51 +7674,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria-Kristiina Lotman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Bories</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz Fabo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Petr Plecháč</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7788,51 +7788,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Bories</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Petr Plecháč</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz Fabo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022, 9783110781502. </w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1515/9783110781502⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -7889,51 +7889,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Poibeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melissa Terras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steven Gray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8048,51 +8048,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ellen Carter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Grass</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Data Mining and Digital Humanities</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8149,51 +8149,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Concept-based and relation-based corpus navigation : applications of natural language processing in digital humanities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz Fabo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Linguistics. Université Paris sciences et lettres, 2017. English. </w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2017PSLEE053⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -8389,51 +8389,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04520702v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Schneider" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Ruiz Fabo" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04598649v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Vergez-Couret" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Bernhard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Nauge" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Bras" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Ruiz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04105543v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04391970v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433455v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Rebora" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Byszuk" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Frontini" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Berenike Herrmann" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Mpouli" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.8108111" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04265542v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara I Mart&#237;nez Cant&#243;n" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roc&#237;o Ortu&#241;o Casanova" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.10056280" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03660506v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Werner" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03849862v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena Berm&#250;dez Sabel" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03660481v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.7014965" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03762377v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Briand" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917210v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.7497695" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655148v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05445322v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226579v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.4762732" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03047152v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02661449v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie M Houston" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr Plech&#225;&#269;" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena Berm&#250;dez" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Birnbaum" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.10578568" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02422182v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.6985312" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05289514v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02422137v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Gonzalez-Blanco" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvador Ros" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Luisa D&#237;ez" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.2203806" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420507v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Borja Navarro-Colorado" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.1012567" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01575168v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Poibeau" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/W17-2204" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01722354v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01378029v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Tieberghien" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique M&#233;lanie-Becquet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Terras" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01483336v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Nanni" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01423299v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Plancq" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01326692v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173967v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173969v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173968v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173963v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01099239v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aitor &#193;lvarez" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haritz Arzelus" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01404598v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01404595v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01099250v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Montse Cuadros" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Etchegoyhen" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04520762v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24197/ogigia.35.2024" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464326v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Bories" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margit Kiss" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Levente Sel&#225;f" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12697/smp.2023.10.2.05" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03890686v2" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Baillot" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellen Carter" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Grass" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/jdmdh.10446" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392019v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Couturier" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonina Martynenko" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Nugues" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mari Sarv" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12697/smp.2022.9.2.05" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03890676v2" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/jdmdh.10445" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226581v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena &#193;lvarez Mellado" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Luisa D&#237;ez Platas" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvador Ros Mu&#241;oz" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10579-020-09516-2" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02661650v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/llc/fqaa035" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970312v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/asi.24399" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970302v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Mcgillivray" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17863/CAM.55816" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02421983v2" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5209/dida.65947" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02422051v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5944/rhd.vol.4.2019.25186" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01915730v2" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/jdmdh.5044" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01483333v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lauscher" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Paolo Ponzetto" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01099241v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05397828v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003393771-5" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442843v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Mart&#237;nez Cant&#243;n" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7592/PP2025.09.martinez_canton_et_al" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639236v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783111071824-004" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04520879v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747963v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara I. Mart&#237;nez Cant&#243;n" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b21145" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747964v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03901170v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110781502-001" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03900942v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110781502-004" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03255481v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.presses.uliege.be/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.14812693" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05398090v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.15249771" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05398443v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04520875v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Boisnard" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.11306739" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869157v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nakala.fr/10.34847/nkl.2aabxkh3" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34847/nkl.2aabxkh3" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869158v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enzo Doyen" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nakala.fr/10.34847/nkl.8dcbq576" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34847/nkl.8dcbq576" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04213017v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qinyue Liu" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.8404252" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797322v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Erhart" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Huck" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34847/nkl.abe44ezk" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04686233v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34847/nkl.deafs14t" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797333v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34847/nkl.554d4v05" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03762679v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.7110069" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03255403v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.4908212" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02564694v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.3788019" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02564750v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eulalie Monget" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.3788107" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02668878v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Calvo Tello" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.1193782" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02661997v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.3866547" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442840v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mari V&#228;ina" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Kristiina Lotman" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7592/PP2025" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03900875v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110781502" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173965v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Gray" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glenn Roe" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03897764v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01575167v2" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017PSLEE053" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04598649v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Vergez-Couret" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Bernhard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Nauge" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Bras" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Ruiz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04520702v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Schneider" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Ruiz Fabo" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04391970v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04105543v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433455v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Rebora" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Byszuk" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Frontini" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Berenike Herrmann" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Mpouli" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.8108111" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04265542v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara I Mart&#237;nez Cant&#243;n" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roc&#237;o Ortu&#241;o Casanova" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.10056280" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03660481v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Werner" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.7014965" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03849862v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena Berm&#250;dez Sabel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03660506v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03762377v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Briand" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917210v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.7497695" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655148v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05445322v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226579v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.4762732" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03047152v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02661449v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie M Houston" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr Plech&#225;&#269;" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena Berm&#250;dez" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Birnbaum" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.10578568" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02422182v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.6985312" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05289514v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02422137v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Gonzalez-Blanco" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvador Ros" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Luisa D&#237;ez" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.2203806" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420507v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Borja Navarro-Colorado" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.1012567" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01575168v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Poibeau" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/W17-2204" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01722354v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01378029v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Tieberghien" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique M&#233;lanie-Becquet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Terras" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01483336v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Nanni" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01423299v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Plancq" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01326692v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173967v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173969v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173968v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173963v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01099239v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aitor &#193;lvarez" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haritz Arzelus" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01404598v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01404595v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01099250v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Montse Cuadros" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Etchegoyhen" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04520762v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24197/ogigia.35.2024" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464326v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Bories" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margit Kiss" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Levente Sel&#225;f" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12697/smp.2023.10.2.05" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03890686v2" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Baillot" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellen Carter" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Grass" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/jdmdh.10446" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392019v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Couturier" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonina Martynenko" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Nugues" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mari Sarv" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12697/smp.2022.9.2.05" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03890676v2" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/jdmdh.10445" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226581v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena &#193;lvarez Mellado" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Luisa D&#237;ez Platas" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvador Ros Mu&#241;oz" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10579-020-09516-2" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02661650v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/llc/fqaa035" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970312v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/asi.24399" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970302v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Mcgillivray" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17863/CAM.55816" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02421983v2" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5209/dida.65947" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02422051v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5944/rhd.vol.4.2019.25186" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01915730v2" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/jdmdh.5044" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01483333v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lauscher" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Paolo Ponzetto" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01099241v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05397828v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003393771-5" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442843v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Mart&#237;nez Cant&#243;n" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7592/PP2025.09.martinez_canton_et_al" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639236v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783111071824-004" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04520879v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747963v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara I. Mart&#237;nez Cant&#243;n" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b21145" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747964v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03901170v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110781502-001" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03900942v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110781502-004" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03255481v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.presses.uliege.be/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.14812693" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05398090v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.15249771" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05398443v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869157v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Boisnard" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nakala.fr/10.34847/nkl.2aabxkh3" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34847/nkl.2aabxkh3" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04520875v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.11306739" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869158v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enzo Doyen" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nakala.fr/10.34847/nkl.8dcbq576" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34847/nkl.8dcbq576" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04213017v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qinyue Liu" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.8404252" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797322v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Erhart" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Huck" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34847/nkl.abe44ezk" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04686233v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34847/nkl.deafs14t" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797333v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34847/nkl.554d4v05" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03762679v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.7110069" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03255403v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.4908212" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02564694v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.3788019" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02564750v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eulalie Monget" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.3788107" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02668878v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Calvo Tello" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.1193782" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02661997v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.3866547" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442840v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mari V&#228;ina" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Kristiina Lotman" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7592/PP2025" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03900875v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110781502" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173965v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Gray" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glenn Roe" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03897764v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01575167v2" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017PSLEE053" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>