--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -147,609 +147,609 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Rapport (1)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Data Management Plan</w:t>
+                <w:t xml:space="preserve">EcoWikiRS: Learning Ecological Representation of Satellite Images from Weak Supervision with Species Observations and Wikipedia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Kirsch</w:t>
+                <w:t xml:space="preserve">Valerie Zermatten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agathe Dupont</w:t>
+                <w:t xml:space="preserve">Javiera Castillo-Navarro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Pallavi Jain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Devis Tuia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Marcos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2025 IEEE/CVF Conference on Computer Vision and Pattern Recognition Workshops (CVPRW)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Nashville, United States. pp.2266-2276, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/CVPRW67362.2025.00214⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05382016v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">SenCLIP: Enhancing zero-shot land-use mapping for Sentinel-2 with ground-level prompting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pallavi Jain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dino Ienco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Interdonato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Tristan Berchoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Marcos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2025 IEEE/CVF Winter Conference on Applications of Computer Vision Workshops (WACVW)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2025, Tucson, United States. pp.13, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/WACV61041.2025.00552⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04971161v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aligning Geo-Tagged Clip Representations and Satellite Imagery for Few-Shot Land Use Classification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pallavi Jain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yuval Damari</w:t>
+                <w:t xml:space="preserve">Diego Marcos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dino Ienco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Interdonato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aayush Dhakal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr/>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-05303633v1</w:t>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IGARSS 2024 - 2024 IEEE International Geoscience and Remote Sensing Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Athènes, Greece. pp.319-323, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IGARSS53475.2024.10641235⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04979630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (3)</w:t>
+        <w:t xml:space="preserve">Rapport (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">EcoWikiRS: Learning Ecological Representation of Satellite Images from Weak Supervision with Species Observations and Wikipedia</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Data Management Plan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Kirsch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agathe Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Berchoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pallavi Jain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...164 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuval Damari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Deliverable D1.4., CIHEAM-IAMM. 2025, pp.56</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (plan de gestion de données/data management plan)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/WACV61041.2025.00552⟩</w:t>
-[...152 lines deleted...]
-                <w:t xml:space="preserve">hal-04979630v1</w:t>
+                <w:t xml:space="preserve">hal-05303633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId29"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -825,51 +825,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="79DBC2A4"/>
+    <w:nsid w:val="DCABA242"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1056,51 +1056,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pallavi-jain" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1731-8993" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/a/jain_p_5" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-ciheam.iamm.fr/hal-05303633v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Kirsch" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Dupont" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Berchoux" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pallavi Jain" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuval Damari" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05382016v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Zermatten" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javiera Castillo-Navarro" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Devis Tuia" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Marcos" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CVPRW67362.2025.00214" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971161v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dino Ienco" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Interdonato" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WACV61041.2025.00552" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04979630v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aayush Dhakal" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS53475.2024.10641235" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pallavi-jain" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1731-8993" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/a/jain_p_5" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05382016v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Zermatten" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javiera Castillo-Navarro" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pallavi Jain" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Devis Tuia" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Marcos" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CVPRW67362.2025.00214" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971161v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dino Ienco" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Interdonato" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Berchoux" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WACV61041.2025.00552" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04979630v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aayush Dhakal" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS53475.2024.10641235" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-ciheam.iamm.fr/hal-05303633v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Kirsch" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Dupont" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuval Damari" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>