--- v0 (2026-03-10)
+++ v1 (2026-03-30)
@@ -625,697 +625,697 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05261871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spectral Properties of Marennine-like Pigments Reveal Minor Differences Between Blue Haslea Species and Strains</w:t>
+                <w:t xml:space="preserve">Poly(Vinylidene Fluoride-Co-Hexafluoropropylene)/Amethyst Composites: Preparation, Properties, and Potential for Sustainable Energy Materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amina Latigui</w:t>
+                <w:t xml:space="preserve">Surapoj Khawkom</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathapong Sukhawipat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Boris Jacquette</w:t>
+                <w:t xml:space="preserve">Suchet Glabsawat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jens Dittmer</w:t>
+                <w:t xml:space="preserve">Tanapat Rompoche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-François Bardeau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Edouard Boivin</w:t>
+                <w:t xml:space="preserve">Jureeporn Yuennan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecules</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/molecules29225248⟩</w:t>
+              <w:t xml:space="preserve">Solid State Phenomena</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 366, pp.21-28. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4028/p-og6yqx⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05261853v1</w:t>
+                <w:t xml:space="preserve">hal-05261904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Poly(Vinylidene Fluoride-Co-Hexafluoropropylene)/Amethyst Composites: Preparation, Properties, and Potential for Sustainable Energy Materials</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Spectral Properties of Marennine-like Pigments Reveal Minor Differences Between Blue Haslea Species and Strains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amina Latigui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surapoj Khawkom</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nathapong Sukhawipat</w:t>
+                <w:t xml:space="preserve">Boris Jacquette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Suchet Glabsawat</w:t>
+                <w:t xml:space="preserve">Jens Dittmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tanapat Rompoche</w:t>
+                <w:t xml:space="preserve">Jean-François Bardeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jureeporn Yuennan</w:t>
+                <w:t xml:space="preserve">Edouard Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Solid State Phenomena</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 366, pp.21-28. </w:t>
+              <w:t xml:space="preserve">Molecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 29 (22), pp.5248. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4028/p-og6yqx⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/molecules29225248⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05261904v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05261853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gelatin-based hydrogel with antiseptic properties: synthesis and properties</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Two-step single-reactor synthesis of oleic acid- or undecylenic acid-stabilized magnetic nanoparticles by thermal decomposition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nataliia Bukartyk</w:t>
+                <w:t xml:space="preserve">Mykhailo Nahorniak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pamela Pasetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nataliia Fihurka</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Dmytro Ostapiv</w:t>
+                <w:t xml:space="preserve">Jean-Marc Greneche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Volodymyr Samaryk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandy Auguste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Nanoscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s13204-023-02956-6⟩</w:t>
+              <w:t xml:space="preserve">Beilstein Journal of Nanotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14, pp.11-22. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3762/bjnano.14.2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05261911v1</w:t>
+                <w:t xml:space="preserve">hal-04095761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Polysaccharidic Nature of the Skeleton of Marennine as Determined by NMR Spectroscopy</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nellie Francezon</w:t>
+                <w:t xml:space="preserve">Gelatin-based hydrogel with antiseptic properties: synthesis and properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olha Maikovych</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nataliia Nosova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mickaël Herbaut</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Amina Latigui</w:t>
+                <w:t xml:space="preserve">Nataliia Bukartyk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nataliia Fihurka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dmytro Ostapiv</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine drugs</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/md21010042⟩</w:t>
+              <w:t xml:space="preserve">Applied Nanoscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13, pp.7611-7623. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s13204-023-02956-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05261876v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05261911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two-step single-reactor synthesis of oleic acid- or undecylenic acid-stabilized magnetic nanoparticles by thermal decomposition</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The Polysaccharidic Nature of the Skeleton of Marennine as Determined by NMR Spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Marc Greneche</w:t>
+                <w:t xml:space="preserve">Ilhem Zebiri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Jacquette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Volodymyr Samaryk</w:t>
+                <w:t xml:space="preserve">Nellie Francezon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandy Auguste</w:t>
+                <w:t xml:space="preserve">Mickaël Herbaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amina Latigui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Beilstein Journal of Nanotechnology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 14, pp.11-22. </w:t>
+              <w:t xml:space="preserve">Marine drugs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 21, </w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3762/bjnano.14.2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/md21010042⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04095761v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05261876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Theoretical and Experimental Studies on the Evidence of 1,3-β-Glucan in Marennine of Haslea ostrearia</w:t>
               </w:r>
@@ -2182,291 +2182,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03348806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrochromic Properties and Electrochemical Behavior of Marennine, a Bioactive Blue-Green Pigment Produced by the Marine Diatom Haslea ostrearia</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId45" w:history="1">
+                <w:t xml:space="preserve">Algae as a Source of Natural Flavors in Innovative Foods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nellie Francezon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charles Cougnon</w:t>
+                <w:t xml:space="preserve">Ariane Tremblay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">William Bélanger</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean-Luc Mouget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pamela Pasetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Beaulieu</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine drugs</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/md19040231⟩</w:t>
+              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 69, pp.11753-11772. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jafc.1c04409⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03230760v1</w:t>
+                <w:t xml:space="preserve">hal-05261901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Algae as a Source of Natural Flavors in Innovative Foods</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId45" w:history="1">
+                <w:t xml:space="preserve">Electrochromic Properties and Electrochemical Behavior of Marennine, a Bioactive Blue-Green Pigment Produced by the Marine Diatom Haslea ostrearia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nellie Francezon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Ariane Tremblay</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Herbaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Bardeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Luc Mouget</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pamela Pasetto</w:t>
+                <w:t xml:space="preserve">Charles Cougnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucie Beaulieu</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">William Bélanger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 69, pp.11753-11772. </w:t>
+              <w:t xml:space="preserve">Marine drugs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 19, </w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jafc.1c04409⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/md19040231⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05261901v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03230760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A novel high adhesion cationic waterborne polyurethane for green coating applications</w:t>
               </w:r>
@@ -4334,51 +4334,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hope T Badawy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pamela Pasetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Mouget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Pilard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4982,315 +4982,315 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00647976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simple spectroscopic method for titration of binding sites in molecularly imprinted nanogels with hydrolase activity</w:t>
+                <w:t xml:space="preserve">Biomimetic processes II. Carbocationic polymerization of isopentenyl alcohol: A model for the synthesis of natural rubber?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Pasetto</w:t>
+                <w:t xml:space="preserve">Thibault Forestier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pamela Pasetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Flavin</w:t>
+                <w:t xml:space="preserve">Frédéric Peruch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Resmini</w:t>
+                <w:t xml:space="preserve">Alain Deffieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judit E. Puskas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biosensors and Bioelectronics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bios.2009.03.042⟩</w:t>
+              <w:t xml:space="preserve">Materials Science and Engineering: C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 29 (2), pp.357-362. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.msec.2008.06.025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00429188v1</w:t>
+                <w:t xml:space="preserve">hal-00380385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biomimetic processes II. Carbocationic polymerization of isopentenyl alcohol: A model for the synthesis of natural rubber?</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Simple spectroscopic method for titration of binding sites in molecularly imprinted nanogels with hydrolase activity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Peruch</w:t>
+                <w:t xml:space="preserve">P. Pasetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Deffieux</w:t>
+                <w:t xml:space="preserve">K. Flavin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Judit E. Puskas</w:t>
+                <w:t xml:space="preserve">M. Resmini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Science and Engineering: C</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 29 (2), pp.357-362. </w:t>
+              <w:t xml:space="preserve">Biosensors and Bioelectronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 25 (3), pp.572-578. </w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.msec.2008.06.025⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.bios.2009.03.042⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00380385v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00429188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanistic Insight into Surface-Initiated Polymerization of Methyl Methacrylate and Styrene via ATRP from Ordered Mesoporous Silica Particles.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Pasetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Blas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5540,51 +5540,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Audouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Bias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Pasetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Beaunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5686,51 +5686,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Blas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Save</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Pasetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Boissiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5819,51 +5819,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A fluorescence polarisation molecular imprint sorbent assay for 2,4-D: a non-separation pseudo-immunoassay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C.E. Hunt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Pasetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R.J. Ansell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6459,51 +6459,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261861v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anutida Suwan" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathapong Sukhawipat" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anuwat Saetung" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nitinart Saetung" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pamela Pasetto" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.porgcoat.2025.109109" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261864v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.porgcoat.2025.109538" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261907v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olha Maikovych" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nataliia Nosova" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olena Kudina" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmytro Ostapiv" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/gels11030174" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261871v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laksana Saengdee" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.porgcoat.2023.107988" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261853v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Latigui" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Jacquette" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Dittmer" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Bardeau" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Boivin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules29225248" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261904v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Surapoj Khawkom" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suchet Glabsawat" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanapat Rompoche" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jureeporn Yuennan" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/p-og6yqx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261911v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nataliia Bukartyk" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nataliia Fihurka" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13204-023-02956-6" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261876v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilhem Zebiri" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nellie Francezon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Herbaut" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md21010042" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-04095761v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mykhailo Nahorniak" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Greneche" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Volodymyr Samaryk" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandy Auguste" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3762/bjnano.14.2" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261869v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Yusuf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Umi Baroroh" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rina Fajri Nuwarda" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiddy Semba Prasetiya" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safri Ishmayana" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules28155625" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261858v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kanitsorn Srichai" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.porgcoat.2023.107835" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04024872v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah M&#233;resse" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gateau" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tessa Tirnan" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Larrigaldie" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Casse" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms24065388" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261894v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10570-022-04479-9" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261884v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jatupol Junthip" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekkachai Martwong" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym14010201" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261855v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A V Stasiuk" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N V Fihurka" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I T Tarnavchyk" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N G Nosova" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13204-022-02664-7" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348806v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Nguyet Tran" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Nourry" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Brotons" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.porgcoat.2021.106375" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230760v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Cougnon" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William B&#233;langer" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md19040231" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261901v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Tremblay" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Mouget" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Beaulieu" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.1c04409" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03490500v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Pilard" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bistac" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.porgcoat.2020.105854" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02961327v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Yakoviv" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Nosova" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Samaryk" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Varvarenko" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13204-019-00987-6" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02319523v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Pichon" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bruant" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reactfunctpolym.2019.104343" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02117188v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.porgcoat.2018.11.038" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T6DFBJBN-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02117822v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruedee Jaratrotkamjorn" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Chopp&#233;" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wannarat Panwiriyarat" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/APP.45427" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01616184v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suwat Rattanapan" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Varaporn Tanrattanakul" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10965-016-1081-7" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-01613378v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Falaise" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Fran&#231;ois" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Agn&#232;s Travers" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Morga" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Haure" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md14090159" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02490230v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hope Badawy" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Brunelli&#232;re" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Veryaskina" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Sabl&#233;" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms16034392" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01616162v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Gastineau" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Turcotte" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Pouvreau" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Moran&#231;ais" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Fleurence" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md12063161" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261925v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wannapa Chumeka" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2014.06.091" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JGLZCQZ3-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01344365v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Gonzato" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fahmi Bedoui" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Emmanuel Mazeran" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karsten Haupt" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C3PY01246H" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261916v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/app.41426" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-51T2W363-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261930v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;fran&#231;ois Pilard" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chuanpit Khaokong" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/app.39170" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-PVZJPK5C-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02298760v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Jellali" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Campistron" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Laguerre" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Lecamp" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/app.38488" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-STS7SGRL-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261940v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hope T Badawy" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa J Cutright" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbrc.2013.07.120" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V7SDQJ5L-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261927v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10924-012-0531-5" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-39VVN3PD-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00782895v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/app.37691" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261933v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10924-012-0567-6" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-KKF5944T-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00647976v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Courty" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.201100466" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-1SJ9SJX2-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00429188v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Pasetto" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Flavin" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Resmini" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bios.2009.03.042" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-17JW4R5N-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00380385v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Forestier" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Peruch" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Deffieux" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judit E. Puskas" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msec.2008.06.025" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WNHQ9PZ3-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00411452v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Blas" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Audouin" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Boissi&#232;re" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Navarro Sanchez" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/MA9003506" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00426276v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Blas" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Audouin" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Boissi&#232;re" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Sanchez" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma9003506" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563804v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Bias" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Beaunier" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Boissiere" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/marc.200800179" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-Q17MPGRW-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00480507v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Save" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la801897k" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-RZGL57NW-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00086030v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.E. Hunt" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.J. Ansell" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/B516194K" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-NXZBG3M4-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261938v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Fares" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Flamini" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b003407j" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118637v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/tel-05272726v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261861v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anutida Suwan" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathapong Sukhawipat" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anuwat Saetung" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nitinart Saetung" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pamela Pasetto" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.porgcoat.2025.109109" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261864v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.porgcoat.2025.109538" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261907v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olha Maikovych" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nataliia Nosova" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olena Kudina" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmytro Ostapiv" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/gels11030174" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261871v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laksana Saengdee" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.porgcoat.2023.107988" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261904v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Surapoj Khawkom" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suchet Glabsawat" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanapat Rompoche" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jureeporn Yuennan" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/p-og6yqx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261853v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Latigui" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Jacquette" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Dittmer" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Bardeau" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Boivin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules29225248" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-04095761v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mykhailo Nahorniak" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Greneche" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Volodymyr Samaryk" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandy Auguste" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3762/bjnano.14.2" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261911v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nataliia Bukartyk" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nataliia Fihurka" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13204-023-02956-6" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261876v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilhem Zebiri" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nellie Francezon" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Herbaut" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md21010042" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261869v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Yusuf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Umi Baroroh" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rina Fajri Nuwarda" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiddy Semba Prasetiya" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safri Ishmayana" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules28155625" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261858v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kanitsorn Srichai" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.porgcoat.2023.107835" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04024872v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah M&#233;resse" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gateau" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tessa Tirnan" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Larrigaldie" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Casse" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms24065388" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261894v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10570-022-04479-9" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261884v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jatupol Junthip" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekkachai Martwong" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym14010201" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261855v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A V Stasiuk" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N V Fihurka" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I T Tarnavchyk" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N G Nosova" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13204-022-02664-7" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348806v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Nguyet Tran" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Nourry" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Brotons" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.porgcoat.2021.106375" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261901v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Tremblay" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Mouget" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Beaulieu" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.1c04409" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230760v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Cougnon" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William B&#233;langer" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md19040231" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03490500v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Pilard" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bistac" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.porgcoat.2020.105854" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02961327v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Yakoviv" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Nosova" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Samaryk" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Varvarenko" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13204-019-00987-6" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02319523v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Pichon" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bruant" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reactfunctpolym.2019.104343" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02117188v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.porgcoat.2018.11.038" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T6DFBJBN-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02117822v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruedee Jaratrotkamjorn" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Chopp&#233;" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wannarat Panwiriyarat" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/APP.45427" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01616184v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suwat Rattanapan" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Varaporn Tanrattanakul" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10965-016-1081-7" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-01613378v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Falaise" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Fran&#231;ois" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Agn&#232;s Travers" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Morga" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Haure" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md14090159" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02490230v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hope Badawy" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Brunelli&#232;re" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Veryaskina" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Sabl&#233;" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms16034392" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01616162v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Gastineau" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Turcotte" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Pouvreau" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Moran&#231;ais" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Fleurence" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md12063161" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261925v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wannapa Chumeka" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2014.06.091" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JGLZCQZ3-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01344365v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Gonzato" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fahmi Bedoui" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Emmanuel Mazeran" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karsten Haupt" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C3PY01246H" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261916v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/app.41426" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-51T2W363-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261930v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;fran&#231;ois Pilard" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chuanpit Khaokong" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/app.39170" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-PVZJPK5C-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02298760v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Jellali" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Campistron" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Laguerre" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Lecamp" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/app.38488" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-STS7SGRL-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261940v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hope T Badawy" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa J Cutright" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbrc.2013.07.120" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V7SDQJ5L-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261927v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10924-012-0531-5" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-39VVN3PD-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00782895v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/app.37691" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261933v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10924-012-0567-6" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-KKF5944T-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00647976v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Courty" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.201100466" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-1SJ9SJX2-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00380385v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Forestier" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Peruch" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Deffieux" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judit E. Puskas" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msec.2008.06.025" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WNHQ9PZ3-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00429188v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Pasetto" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Flavin" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Resmini" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bios.2009.03.042" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-17JW4R5N-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00411452v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Blas" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Audouin" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Boissi&#232;re" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Navarro Sanchez" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/MA9003506" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00426276v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Blas" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Audouin" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Boissi&#232;re" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Sanchez" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma9003506" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563804v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Bias" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Beaunier" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Boissiere" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/marc.200800179" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-Q17MPGRW-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00480507v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Save" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la801897k" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-RZGL57NW-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00086030v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.E. Hunt" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.J. Ansell" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/B516194K" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-NXZBG3M4-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261938v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Fares" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Flamini" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b003407j" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118637v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/tel-05272726v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>