--- v0 (2026-03-10)
+++ v1 (2026-03-30)
@@ -1321,212 +1321,212 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05060730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le pari épistémologique du journalisme, une réponse au désordre informationnel</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Interviews as a Research Method for Understanding Online Information Pluralism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Amiel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Joux</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Alexandre Joux. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inna Lyubareva; Roger Waldeck. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journalisme et « post-vérité »</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, 2023, Les Essentiels d'Hermès, 978-2-271-14838-4</w:t>
+              <w:t xml:space="preserve">Diversity of Methodological Approaches in Social Sciences: Example of the Analysis of Media and Online Information</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Iste Ltd; John Wiley &amp; Sons Inc, 2023, 9781786309013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04397781v1</w:t>
+                <w:t xml:space="preserve">hal-05090581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interviews as a Research Method for Understanding Online Information Pluralism</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le pari épistémologique du journalisme, une réponse au désordre informationnel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Joux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Amiel</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Inna Lyubareva; Roger Waldeck. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Alexandre Joux. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Diversity of Methodological Approaches in Social Sciences: Example of the Analysis of Media and Online Information</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Iste Ltd; John Wiley &amp; Sons Inc, 2023, 9781786309013</w:t>
+              <w:t xml:space="preserve">Journalisme et « post-vérité »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">CNRS éditions</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Les Essentiels d'Hermès, 978-2-271-14838-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05090581v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04397781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chapitre 8. De &amp;quot;l'affaire chloroquine&amp;quot; au &amp;quot;cas Raoult&amp;quot; : la presse quotidienne nationale au défi d'une controverse scientifique devenue polémique publique</w:t>
               </w:r>
@@ -3710,51 +3710,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="693EA46F"/>
+    <w:nsid w:val="5ED53544"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3941,51 +3941,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pamiel" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0009-1171-431X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05232850v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roselyne Ringoot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Amiel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25200/SLJ.v14.n1.2025.661" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630964v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Baisn&#233;e" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Berthaut" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyriac Gousset" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Hub&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3138/cjc-2022-0057" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04875933v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bousquet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/enic.032.0081" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04404644v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Joux" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02900319v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02879567v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02491853v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021677v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Powers" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0267323119830054" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01958296v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01569568v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/communication.7226" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01958298v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/questionsdecommunication.11559" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05080069v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/communication.6930" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05060730v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Riberi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/publication/377729748_Transitions_en_tension_Controverses_et_tensions_autour_des_transitions_ecologiques/references" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51926/ISTE.9781784059712" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04397781v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/revues/journalisme-et-post-verite/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090581v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395993v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-la_science_pour_le_journaliste_alexandre_joux-9782336409726-78350.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090559v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-ellipses.fr/accueil/14423-26677-le-manuel-de-journalisme-9782340070981.html#description-scroll-tricks" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02571085v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Lukasik" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01958299v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05066163v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Ballarini" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05190314v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05066155v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05066127v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03866533v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05066185v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03507942v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03504600v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Allard-Huver" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Carlino" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Cazenave" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03507946v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090613v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03507962v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090606v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090600v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090604v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090592v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03664029v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsladecouverte.fr/la_presse_quotidienne_regionale-9782348057977" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02569159v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pug.fr/produit/1761/9782706146626/le-journalisme-de-solutions" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01662866v2" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017TOU30245" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pamiel" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0009-1171-431X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05232850v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roselyne Ringoot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Amiel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25200/SLJ.v14.n1.2025.661" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630964v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Baisn&#233;e" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Berthaut" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyriac Gousset" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Hub&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3138/cjc-2022-0057" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04875933v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bousquet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/enic.032.0081" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04404644v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Joux" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02900319v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02879567v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02491853v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021677v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Powers" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0267323119830054" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01958296v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01569568v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/communication.7226" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01958298v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/questionsdecommunication.11559" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05080069v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/communication.6930" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05060730v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Riberi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/publication/377729748_Transitions_en_tension_Controverses_et_tensions_autour_des_transitions_ecologiques/references" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51926/ISTE.9781784059712" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090581v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04397781v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/revues/journalisme-et-post-verite/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395993v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-la_science_pour_le_journaliste_alexandre_joux-9782336409726-78350.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090559v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-ellipses.fr/accueil/14423-26677-le-manuel-de-journalisme-9782340070981.html#description-scroll-tricks" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02571085v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Lukasik" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01958299v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05066163v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Ballarini" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05190314v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05066155v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05066127v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03866533v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05066185v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03507942v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03504600v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Allard-Huver" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Carlino" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Cazenave" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03507946v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090613v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03507962v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090606v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090600v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090604v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090592v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03664029v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsladecouverte.fr/la_presse_quotidienne_regionale-9782348057977" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02569159v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pug.fr/produit/1761/9782706146626/le-journalisme-de-solutions" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01662866v2" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017TOU30245" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>