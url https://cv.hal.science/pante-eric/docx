--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -619,295 +619,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04878471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Discordant population structure inferred from male- and female-type mtDNAs from Macoma balthica, a bivalve species characterized by doubly uniparental inheritance of mitochondria</w:t>
+                <w:t xml:space="preserve">Exploring the impact of the widely introduced Pacific oyster Magallana gigas on the dispersal of Bonamia (Haplosporida): a global snapshot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sabrina Le Cam</w:t>
+                <w:t xml:space="preserve">Km Hill-Spanik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Brémaud</w:t>
+                <w:t xml:space="preserve">H Rothkopf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vanessa Becquet</w:t>
+                <w:t xml:space="preserve">Ae Strand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Huet</w:t>
+                <w:t xml:space="preserve">Rb Carnegie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Dubillot</w:t>
+                <w:t xml:space="preserve">Jt Carlton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Peer Community Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 5, pp.e29. </w:t>
+              <w:t xml:space="preserve">Diseases of Aquatic Organisms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 161, pp.39-46. </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.24072/pcjournal.529⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3354/dao03834⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05465467v1</w:t>
+                <w:t xml:space="preserve">hal-04979239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring the impact of the widely introduced Pacific oyster Magallana gigas on the dispersal of Bonamia (Haplosporida): a global snapshot</w:t>
+                <w:t xml:space="preserve">Discordant population structure inferred from male- and female-type mtDNAs from Macoma balthica, a bivalve species characterized by doubly uniparental inheritance of mitochondria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Km Hill-Spanik</w:t>
+                <w:t xml:space="preserve">Sabrina Le Cam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H Rothkopf</w:t>
+                <w:t xml:space="preserve">Julie Brémaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ae Strand</w:t>
+                <w:t xml:space="preserve">Vanessa Becquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rb Carnegie</w:t>
+                <w:t xml:space="preserve">Valérie Huet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jt Carlton</w:t>
+                <w:t xml:space="preserve">Emmanuel Dubillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Diseases of Aquatic Organisms</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 161, pp.39-46. </w:t>
+              <w:t xml:space="preserve">Peer Community Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 5, pp.e29. </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3354/dao03834⟩</w:t>
+                <w:t xml:space="preserve">⟨10.24072/pcjournal.529⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04979239v1</w:t>
+                <w:t xml:space="preserve">hal-05465467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fish gut and skin microbiota dysbiosis induced by exposure to commercial sunscreen formulations</w:t>
               </w:r>
@@ -919,51 +919,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Bellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Milinkovitch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Dubillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pante</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1131,103 +1131,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LAMP‐based molecular sexing in a gonochoric marine bivalve ( Macoma balthica rubra ) with divergent sex‐specific mitochondrial genomes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Le Cam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Brémaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tamás Malkócs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eugénie Kreckelbergh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Becquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecology and Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 13 (8), </w:t>
@@ -1654,77 +1654,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tamás Malkócs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélia Viricel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Becquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Evin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Dubillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Evolutionary Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 22 (29), </w:t>
@@ -1801,51 +1801,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pante</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amelia Viricel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Becquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Guy Sauriau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2052,77 +2052,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Guy Sauriau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Dartois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Becquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Huet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Phycology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 56 (4), pp.455-467. </w:t>
@@ -2669,278 +2669,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03000374v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ocean warming combined with lower omega-3 nutritional availability impairs the cardio-respiratory function of a marine fish</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Investigation of the molecular signatures of selection on ATP synthase genes in the marine bivalve Limecola balthica</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Pante</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Becquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélia Viricel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Vagner</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pascale Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1242/jeb.187179⟩</w:t>
+              <w:t xml:space="preserve">Aquatic Living Resources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 32, pp.3. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/alr/2019001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01977315v1</w:t>
+                <w:t xml:space="preserve">hal-02383588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of the molecular signatures of selection on ATP synthase genes in the marine bivalve Limecola balthica</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ocean warming combined with lower omega-3 nutritional availability impairs the cardio-respiratory function of a marine fish</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Vagner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pante</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélia Viricel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Lacoue-Labarthe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascale Garcia</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jose-Luis Zambonino-Infante</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aquatic Living Resources</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 32, pp.3. </w:t>
+              <w:t xml:space="preserve">Journal of Experimental Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 222 (8), pp.jeb187179. </w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/alr/2019001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1242/jeb.187179⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02383588v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01977315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Advances on the phylogenetic placement of the enigmatic octocoral Dendrobrachia Brook 1889</w:t>
               </w:r>
@@ -3203,51 +3203,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélia Viricel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Buren Becquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Dubillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pante</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3333,64 +3333,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Poitrimol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Saunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Becquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Garcia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Molluscan Studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 83 (2), pp. 226-228. </w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3554,51 +3554,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Graber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Murillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Becquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 11, pp.150184 - 150184. </w:t>
@@ -3630,554 +3630,554 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01393128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use of RAD sequencing for delimiting species</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Patchiness of deep-sea communities in Papua New Guinea and potential susceptibility to anthropogenic disturbances illustrated by seep organisms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Samadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Puillandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pante</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scott France</w:t>
+                <w:t xml:space="preserve">Marie-Catherine Boisselier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wei-Jen Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Heredity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/hdy.2014.105⟩</w:t>
+              <w:t xml:space="preserve">Marine Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Special Issue: Biological and Ecological Processes in Reducing Marine Environments: Proceedings of the 5th International Symposium on Chemosynthesis-Based Ecosystems, 36 (Issue Supplement S1), pp.109-132. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/maec.12204⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01064545v1</w:t>
+                <w:t xml:space="preserve">hal-01081793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic monitoring of pilot whales, Globicephala spp. (Cetacea: Delphinidae), stranded on French coasts</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Species are hypotheses: avoid connectivity assessments based on pillars of sand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pante</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Puillandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélia Viricel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Dussud</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Benoit Simon-Bouhet</w:t>
+                <w:t xml:space="preserve">Sophie Arnaud-Haond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Aurelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mammalia</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Molecular Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 24 (3), pp.525-544</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01242423v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02002440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patchiness of deep-sea communities in Papua New Guinea and potential susceptibility to anthropogenic disturbances illustrated by seep organisms</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Genetic monitoring of pilot whales, Globicephala spp. (Cetacea: Delphinidae), stranded on French coasts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Sabatier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Pante</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Dussud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Van Canneyt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Samadi</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Wei-Jen Chen</w:t>
+                <w:t xml:space="preserve">Benoit Simon-Bouhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/maec.12204⟩</w:t>
+              <w:t xml:space="preserve">Mammalia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 79 (1), pp.111-114. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1515/mammalia-2013-0155⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01081793v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01242423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Species are hypotheses: avoid connectivity assessments based on pillars of sand</w:t>
+                <w:t xml:space="preserve">Use of RAD sequencing for delimiting species</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pante</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Puillandre</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jawad Abdelkrim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélia Viricel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Didier Aurelle</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Gey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Scott France</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Heredity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 114, pp.450-459. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/hdy.2014.105⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02002440v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01064545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluating the genetic effects of the invasive Ocenebra inornata on the native oyster drill Ocenebra erinacea</w:t>
               </w:r>
@@ -4189,77 +4189,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pante</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Yves Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Becquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélia Viricel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Simon-Bouhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Marine Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 36 (4), pp.1118-1128. </w:t>
@@ -4310,90 +4310,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An inter-ocean comparison of coral endemism on seamounts: the case of Chrysogorgia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pante</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Scott France</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Gey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cruaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Samadi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Biogeography</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 42 (10), pp.1907-1918. </w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4478,51 +4478,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Puillandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélia Viricel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Arnaud-Haond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Aurelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4716,51 +4716,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pante</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Willy Dabin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Simon-Bouhet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Ecology Resources</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 14 (3), pp.597-605. </w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4819,64 +4819,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mitochondrial genomes of the Baltic clam Macoma balthica (Bivalvia: Tellinidae): setting the stage for studying mito-nuclear incompatibilities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Saunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Becquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Marsaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4934,252 +4934,252 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01113244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular and morphological data support reclassification of the octocoral genus Isidoides</w:t>
+                <w:t xml:space="preserve">marmap: A Package for Importing, Plotting and Analyzing Bathymetric and Topographic Data in R</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pante</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Scott France</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Simon-Bouhet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Invertebrate Systematics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1071/IS12053⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 8 (9), pp.e73051. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0073051⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00874705v1</w:t>
+                <w:t xml:space="preserve">hal-00871853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">marmap: A Package for Importing, Plotting and Analyzing Bathymetric and Topographic Data in R</w:t>
+                <w:t xml:space="preserve">Molecular and morphological data support reclassification of the octocoral genus Isidoides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pante</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Benoit Simon-Bouhet</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esprit Heestand-Saucier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Scott France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 8 (9), pp.e73051. </w:t>
+              <w:t xml:space="preserve">Invertebrate Systematics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 27, pp.365-378. </w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0073051⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1071/IS12053⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00871853v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00874705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of fine-scale environmental heterogeneity on local genetic structure in Macoma balthica from the Gulf of Gdañsk (southern Baltic Sea)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Becquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafal Lasota</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5263,425 +5263,425 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00872180v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Getting to the Point: Accuracy of Point Count in Monitoring Ecosystem Change</w:t>
+                <w:t xml:space="preserve">Deep-Sea Origin and In-Situ Diversification of Chrysogorgiid Octocorals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pante</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Scott France</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phil Dustan</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Arnaud Couloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Cruaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Mcfadden</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Marine Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1155/2012/802875⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 7 (6), pp.e38357. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/JOURNAL.PONE.0038357⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00872194v1</w:t>
+                <w:t xml:space="preserve">hal-03843343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chrysogorgia from the New England and Corner Seamounts: Atlantic – Pacific connections</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pante</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les Watling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the Marine Biological Association of the United Kingdom</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 95 (5), pp.911-927. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1017/S0025315411001354⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01097682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deep-Sea Origin and In-Situ Diversification of Chrysogorgiid Octocorals</w:t>
+                <w:t xml:space="preserve">Getting to the Point: Accuracy of Point Count in Monitoring Ecosystem Change</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pante</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Mcfadden</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Phil Dustan</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 7 (6), pp.e38357. </w:t>
+              <w:t xml:space="preserve">Journal of Marine Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 2012, Article ID 802875, 7 p. </w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/JOURNAL.PONE.0038357⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1155/2012/802875⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03843343v1</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00872194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glacial refugium versus range limit: Conservation genetics of Macoma Balthica, a key species in the Bay of Biscay (France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Becquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Simon-Bouhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pante</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Herman Hummel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Garcia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Experimental Marine Biology and Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 432-433, pp.73-82. </w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5741,51 +5741,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pante</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Rohfritsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Becquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khalid Belkhir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5996,51 +5996,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pseudochrysogorgia bellona n. gen., n. sp.: a new genus and species of chrysogorgiid octocoral (Coelenterata, Anthozoa) from the Coral Sea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pante</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Scott France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Zoosystema</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, pp.595-612. </w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6113,51 +6113,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Adjeroud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Penin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phil Dustan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Schrimm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6486,90 +6486,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des carences en oméga 3 peuvent endommager la fonction cardiaque – Illustration avec un modèle poisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Vagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pante</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélia Viricel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Lacoue-Labarthe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jose Luis Zambonino-Infante</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6732,90 +6732,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic connectivity inferred from male- and female-type mitochondrial DNA from Limecola balthica, a bivalve species characterised by DUI</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Le Cam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Brémaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Becquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélia Viricel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6857,103 +6857,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effet combiné de la température et de la disponibilité en oméga 3 dans la nourriture sur la fonction cardio-respiratoire du mulet doré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Vagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pante</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amelia Viricel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Lacoue-Labarthe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jose-Luis Zambonino-Infante</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque d'Ecophysiologie Animale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Rennes, France</w:t>
@@ -7148,51 +7148,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Does Doubly Uniparental Inheritance Of Mitochondria Play A Role In The Genetic Structure And Fitness Of The Marine Bivalve Macoma balthica?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Le Cam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tamás Malkócs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7273,51 +7273,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Insights on the potential role of doubly uniparental inheritance of mitochondria in genetic structure and fitness of the marine bivalve Macoma balthica</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Le Cam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tamás Malkócs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7424,51 +7424,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pante</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Watteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Le Cam</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th International Marine Connectivity Conference (iMarCo)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7588,77 +7588,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparative phylogeography of a marine bivalve based on male- and female-type mitochondrial DNA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Brémaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélia Viricel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Dubillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pante</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7879,51 +7879,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'exploration naturaliste de l'océan profond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Samadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pante</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8184,51 +8184,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Image-based ecological assessment of deep-sea sponge, coral and other cnidarian assemblages through a morpho-functional approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melissa Hanafi Portier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Samadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paco Cardenas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8688,51 +8688,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="EA0C1780"/>
+    <w:nsid w:val="793ED503"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8919,51 +8919,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pante-eric" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7680-2112" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/25022707X" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/C-4230-2011" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05060477v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Sotka" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan Carnegie" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Carlton" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Couceiro" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Crooks" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2418730122" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05375461v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Le Gall" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chauvaud" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lia Viricel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Roussel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pante" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/cjfas-2024-0369" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04878471v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Muller-Karger" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aileen Shau Hwai Tan" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=a Louise Allcock" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ward Appeltans" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Bar&#243;n Aguilar" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/icesjms/fsae187" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465467v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Le Cam" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Br&#233;maud" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Becquet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Huet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Dubillot" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.529" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04979239v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Km Hill-Spanik" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Rothkopf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ae Strand" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rb Carnegie" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jt Carlton" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/dao03834" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735840v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bellec" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Milinkovitch" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Tran" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2023.106799" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04238413v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isobel Cook" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masanori Okanishi" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/zootaxa.5336.1.3" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04208451v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tam&#225;s Malk&#243;cs" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Kreckelbergh" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.10320" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271510v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Guy Sauriau" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier de Montaudouin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Aubert" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Charpentier" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle De Casamajor" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03691400v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Tass&#233;" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Choquette" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Angers" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donald Stewart" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsbl.2022.0122" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03697326v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Torres" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bretagnolle" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsos.211888" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03434007v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Evin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12862-022-01976-0" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03364596v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Dartois" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelia Viricel" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.11966" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03154113v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Candice Bobby Untiedt" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea M Quattrini" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine S Mcfadden" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phil A Alderslade" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2020.599984" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03150027v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09670262.2021.1876249" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02910956v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacob Gonz&#225;lez-Sol&#237;s" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Ribout" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.8180" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02458233v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Zaharias" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Gey" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander E Fedosov" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Puillandre" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ympev.2019.106660" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02499562v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Capt" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Bouvet" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Guerra" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brent Robicheau" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-57975-y" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000374v2" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Breton" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao-Feng Xue" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing-Tao Sun" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fevo.2020.615233" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01977315v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Vagner" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lacoue-Labarthe" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose-Luis Zambonino-Infante" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jeb.187179" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-02383588v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Garcia" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/alr/2019001" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02320200v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Aurelle" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Ledoux" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Sartoretto" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/zootaxa.4674.1.6" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851856v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreanna Welch" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Zanchetta" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Terry Chesser" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Manno" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/24701394.2018.1484116" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01856136v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Buren Becquet" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.margen.2018.04.002" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01390664v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Poitrimol" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Saunier" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mollus/eyw038" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01390721v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/zootaxa.4107.4.8" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393128v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Breitwieser" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Graber" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Murillo" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0150184" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01064545v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jawad Abdelkrim" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott France" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/hdy.2014.105" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01242423v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Sabatier" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dussud" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Van Canneyt" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Simon-Bouhet" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/mammalia-2013-0155" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01081793v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Samadi" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Catherine Boisselier" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei-Jen Chen" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/maec.12204" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002440v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Arnaud-Haond" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01064464v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Pascal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/maec.12208" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01242420v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Cruaud" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jbi.12564" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/75E2CF77BB0A734B4F10BC60E8F1EBF3D6EEFEE8/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200555v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.13048" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076864v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Schoelinck" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/sysbio/syu083" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00908459v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willy Dabin" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.12206" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-G73SC6PM-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01113244v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Marsaud" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Escudi&#233;" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12862-014-0259-z" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00874705v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esprit Heestand-Saucier" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/IS12053" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00871853v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0073051" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00872180v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafal Lasota" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Sokolowski" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maciej Wolowicz" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10750-013-1530-9" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00872194v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phil Dustan" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2012/802875" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01097682v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Les Watling" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0025315411001354" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843343v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Couloux" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Mcfadden" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/JOURNAL.PONE.0038357" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00872186v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herman Hummel" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jembe.2012.07.008" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00871859v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Rohfritsch" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalid Belkhir" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bierne" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0052302" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00873493v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Corbari" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Thubaut@mnhn.Fr Thubaut" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tin-Yam Chan" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralph Mana" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5670/oceanog.2012.65" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01097681v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5252/z2010n4a4" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00935865v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Adjeroud" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Penin" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Schrimm" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/alr:2006021" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05353796v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Sol Dourdin" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Minet" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paco Bustamante" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Jozet-Alves" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05405147v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Martinez Anton" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Delord" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Cherel" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lia Viricel-Pante" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Dorant" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678888v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Luis Zambonino-Infante" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768377v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768372v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02409190v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01242415v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Castelin" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niels Van Steenkiste" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott Gilmore" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rick Harbo" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/gen-2015-0087" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768345v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Bidault" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Salin" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768349v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768356v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Watteau" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768358v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768361v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02927307v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily E Chase" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brent M Robicheau" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Bettinazzi" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-3-030-57246-4_12#citeas" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-57246-4_12" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923026v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755829v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pci.evolbiol.100783" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271292v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pci.evolbiol.100634" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05401816v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Hanafi Portier" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paco Cardenas" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Olu" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05401826v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Xu" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaret P Bilewitch" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zifeng Zhan" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadie Mills" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05401821v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol Dourdin Thomas" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minet Antoine" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pante Eric" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lacoue-Labarthe Thomas" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04671605v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pante-eric" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7680-2112" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/25022707X" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/C-4230-2011" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05060477v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Sotka" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan Carnegie" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Carlton" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Couceiro" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Crooks" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2418730122" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05375461v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Le Gall" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chauvaud" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lia Viricel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Roussel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pante" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/cjfas-2024-0369" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04878471v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Muller-Karger" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aileen Shau Hwai Tan" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=a Louise Allcock" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ward Appeltans" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Bar&#243;n Aguilar" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/icesjms/fsae187" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04979239v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Km Hill-Spanik" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Rothkopf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ae Strand" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rb Carnegie" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jt Carlton" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/dao03834" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465467v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Le Cam" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Br&#233;maud" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Becquet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Huet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Dubillot" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.529" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735840v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bellec" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Milinkovitch" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Tran" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2023.106799" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04238413v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isobel Cook" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masanori Okanishi" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/zootaxa.5336.1.3" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04208451v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tam&#225;s Malk&#243;cs" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Kreckelbergh" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.10320" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271510v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Guy Sauriau" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier de Montaudouin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Aubert" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Charpentier" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle De Casamajor" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03691400v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Tass&#233;" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Choquette" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Angers" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donald Stewart" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsbl.2022.0122" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03697326v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Torres" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bretagnolle" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsos.211888" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03434007v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Evin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12862-022-01976-0" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03364596v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Dartois" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelia Viricel" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.11966" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03154113v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Candice Bobby Untiedt" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea M Quattrini" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine S Mcfadden" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phil A Alderslade" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2020.599984" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03150027v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09670262.2021.1876249" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02910956v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacob Gonz&#225;lez-Sol&#237;s" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Ribout" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.8180" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02458233v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Zaharias" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Gey" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander E Fedosov" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Puillandre" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ympev.2019.106660" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02499562v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Capt" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Bouvet" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Guerra" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brent Robicheau" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-57975-y" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000374v2" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Breton" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao-Feng Xue" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing-Tao Sun" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fevo.2020.615233" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-02383588v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Garcia" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/alr/2019001" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01977315v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Vagner" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lacoue-Labarthe" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose-Luis Zambonino-Infante" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jeb.187179" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02320200v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Aurelle" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Ledoux" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Sartoretto" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/zootaxa.4674.1.6" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851856v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreanna Welch" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Zanchetta" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Terry Chesser" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Manno" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/24701394.2018.1484116" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01856136v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Buren Becquet" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.margen.2018.04.002" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01390664v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Poitrimol" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Saunier" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mollus/eyw038" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01390721v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/zootaxa.4107.4.8" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393128v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Breitwieser" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Graber" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Murillo" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0150184" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01081793v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Samadi" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Catherine Boisselier" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei-Jen Chen" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/maec.12204" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002440v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Arnaud-Haond" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01242423v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Sabatier" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dussud" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Van Canneyt" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Simon-Bouhet" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/mammalia-2013-0155" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01064545v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jawad Abdelkrim" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott France" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/hdy.2014.105" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01064464v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Pascal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/maec.12208" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01242420v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Cruaud" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jbi.12564" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/75E2CF77BB0A734B4F10BC60E8F1EBF3D6EEFEE8/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200555v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.13048" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076864v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Schoelinck" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/sysbio/syu083" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00908459v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willy Dabin" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.12206" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-G73SC6PM-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01113244v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Marsaud" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Escudi&#233;" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12862-014-0259-z" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00871853v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0073051" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00874705v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esprit Heestand-Saucier" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/IS12053" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00872180v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafal Lasota" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Sokolowski" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maciej Wolowicz" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10750-013-1530-9" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843343v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Couloux" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Mcfadden" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/JOURNAL.PONE.0038357" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01097682v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Les Watling" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0025315411001354" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00872194v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phil Dustan" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2012/802875" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00872186v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herman Hummel" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jembe.2012.07.008" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00871859v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Rohfritsch" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalid Belkhir" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bierne" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0052302" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00873493v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Corbari" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Thubaut@mnhn.Fr Thubaut" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tin-Yam Chan" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralph Mana" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5670/oceanog.2012.65" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01097681v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5252/z2010n4a4" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00935865v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Adjeroud" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Penin" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Schrimm" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/alr:2006021" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05353796v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Sol Dourdin" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Minet" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paco Bustamante" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Jozet-Alves" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05405147v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Martinez Anton" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Delord" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Cherel" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lia Viricel-Pante" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Dorant" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678888v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Luis Zambonino-Infante" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768377v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768372v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02409190v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01242415v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Castelin" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niels Van Steenkiste" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott Gilmore" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rick Harbo" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/gen-2015-0087" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768345v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Bidault" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Salin" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768349v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768356v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Watteau" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768358v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768361v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02927307v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily E Chase" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brent M Robicheau" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Bettinazzi" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-3-030-57246-4_12#citeas" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-57246-4_12" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923026v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755829v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pci.evolbiol.100783" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271292v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pci.evolbiol.100634" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05401816v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Hanafi Portier" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paco Cardenas" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Olu" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05401826v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Xu" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaret P Bilewitch" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zifeng Zhan" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadie Mills" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05401821v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol Dourdin Thomas" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minet Antoine" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pante Eric" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lacoue-Labarthe Thomas" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04671605v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>