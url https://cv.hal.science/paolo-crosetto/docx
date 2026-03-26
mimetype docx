--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -411,382 +411,382 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The limits of behavioral nudges to increase youth turnout: Experimental evidence from two French elections</w:t>
+                <w:t xml:space="preserve">Hard vs. soft commitments: experimental evidence from a sample of French gamblers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Paul Bettega</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Crosetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitri Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Rustam Romaniuc</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Economic Behavior and Organization</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jebo.2025.107098⟩</w:t>
+              <w:t xml:space="preserve">Theory and Decision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, CEE-M Working papers ; 2023-09, 98 (3), pp.447-472. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11238-024-10016-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-05110297v1</w:t>
+                <w:t xml:space="preserve">hal-04193948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Label or taxes: Why not both? Testing nutritional mixed policies in the lab</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Crosetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Ruffieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Economic Behavior and Organization</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 229, pp.106825. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jebo.2024.106825⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04880070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hard vs. soft commitments: Experimental evidence from a sample of French gamblers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The limits of behavioral nudges to increase youth turnout: Experimental evidence from two French elections</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rustam Romaniuc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Guido</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Baudry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul Bettega</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Paolo Crosetto</w:t>
+                <w:t xml:space="preserve">Cécile Bazart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dimitri Dubois</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Loïc Berger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Theory and Decision</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 98 (3), pp.447-472. </w:t>
+              <w:t xml:space="preserve">Journal of Economic Behavior and Organization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, CEE-M Working papers ; 2024-16, 236, pp.107098. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11238-024-10016-w⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jebo.2025.107098⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04764425v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04677596v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Egoism and Altruism in Intergroup Conflict</w:t>
               </w:r>
@@ -811,51 +811,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raùl Magni-Berton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ismaël Benslimane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Conflict Resolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 68 (2-3), pp.348-380. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
@@ -889,51 +889,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fast Then Slow: Choice Revisions Drive a Decline in the Attraction Effect</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexia Gaudeul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -974,278 +974,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04263751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparing input interfaces to elicit belief distributions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Attacking the Weak or the Strong? An Experiment on the Targets of Parochial Altruism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Varaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ismaël Benslimane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raul Magni Berton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas de Haan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Judgment and Decision Making</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 18, pp.e27. </w:t>
+              <w:t xml:space="preserve">Political Behavior</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 45, pp.211-242. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/jdm.2023.21⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11109-021-09696-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04263759v1</w:t>
+                <w:t xml:space="preserve">halshs-03172630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Attacking the Weak or the Strong? An Experiment on the Targets of Parochial Altruism</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ismaël Benslimane</w:t>
+                <w:t xml:space="preserve">Comparing input interfaces to elicit belief distributions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raul Magni Berton</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Paolo Crosetto</w:t>
+                <w:t xml:space="preserve">Thomas de Haan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Political Behavior</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 45, pp.211-242. </w:t>
+              <w:t xml:space="preserve">Judgment and Decision Making</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 18, pp.e27. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11109-021-09696-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1017/jdm.2023.21⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03172630v1</w:t>
+                <w:t xml:space="preserve">hal-04263759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intellectual property reform in the laboratory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ismaël Benslimane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raùl Magni-Berton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1318,51 +1318,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The long-term effects of self pledging in reward crowdfunding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tobias Regner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Technological Forecasting and Social Change</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 165 (April), </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1409,51 +1409,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">What are you calling intuitive? Subject heterogeneity as a driver of response times in an impunity game</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Werner Güth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Economic Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 87, </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1500,51 +1500,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Acceptability of Accountability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Bone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Hey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1617,51 +1617,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The experience matters: participation-related rewards increase the success chances of crowdfunding campaigns</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tobias Regner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Economics of Innovation and New Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 30 (8), pp.843-856. </w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1695,51 +1695,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Central tendency bias in belief elicitation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Filippin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1825,51 +1825,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling the impact of different front-of-package nutrition labels on mortality from non-communicable chronic disease</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Egnell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tania D’almeida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1940,278 +1940,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02190212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A flexible z-tree and otree implementation of the social value orientation slider measure</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Nutritional and economic impact of five alternative front-of-pack nutritional labels: experimental evidence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Crosetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paolo Crosetto</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Fabian Winter</w:t>
+                <w:t xml:space="preserve">Bernard Ruffieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Behavioral and Experimental Finance</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jbef.2019.04.003⟩</w:t>
+              <w:t xml:space="preserve">European Review of Agricultural Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Advance Article (August), pp.1-34. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/erae/jbz037⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02628005v1</w:t>
+                <w:t xml:space="preserve">hal-02269574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nutritional and economic impact of five alternative front-of-pack nutritional labels: experimental evidence</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">A flexible z-tree and otree implementation of the social value orientation slider measure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ori Weisel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Lacroix</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Bernard Ruffieux</w:t>
+                <w:t xml:space="preserve">Fabian Winter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Review of Agricultural Economics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, Advance Article (August), pp.1-34. </w:t>
+              <w:t xml:space="preserve">Journal of Behavioral and Experimental Finance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 23, pp.46-53. </w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/erae/jbz037⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jbef.2019.04.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02269574v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02628005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'évolution méthodologique de l'étude de la consommation alimentaire sur Inra Sciences Sociales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">INRA sciences sociales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 3-4/2018 (3-4), pp.1-3. </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2245,51 +2245,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crowdfunding success and failure: what actually happens during a campaign</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tobias Regner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2327,51 +2327,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">It's never too late: Funding dynamics and self pledges in reward-based crowdfunding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tobias Regner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2418,51 +2418,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Representation effects in the centipede game</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Mantovani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2509,51 +2509,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The sound of others: surprising evidence of conformist behavior</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Filippin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2600,90 +2600,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modification des achats alimentaires en réponse à cinq logos nutritionnels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Crosetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Marie Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Ruffieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers de Nutrition et de Diététique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 52 (3), pp.129-133. </w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2730,51 +2730,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Better stuck together or free to go? Of the stability of cooperation when individuals have outside options</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexia Gaudeul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerhard Riener</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2821,51 +2821,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Choosing not to compete: Can firms maintain high prices by confusing consumers?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexia Gaudeul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2906,381 +2906,381 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01845684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Helping consumers with a front-of-pack label: Numbers or colors?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">A Reconsideration of Gender Differences in Risk Attitudes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Filippin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bernard Ruffieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Economic Psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 55 (August), pp.30-50. </w:t>
+              <w:t xml:space="preserve">Management Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 62 (11), pp.3138-3160. </w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.joep.2016.03.006⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1287/mnsc.2015.2294⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01349187v1</w:t>
+                <w:t xml:space="preserve">hal-01356905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A monetary measure of the strength and robustness of the attraction effect</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Helping consumers with a front-of-pack label: Numbers or colors?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Crosetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paolo Crosetto</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alexia Gaudeul</w:t>
+                <w:t xml:space="preserve">Bernard Ruffieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Economics Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Economic Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 55 (August), pp.30-50. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.joep.2016.03.006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.econlet.2016.09.031⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01404549v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01349187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Reconsideration of Gender Differences in Risk Attitudes</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">A monetary measure of the strength and robustness of the attraction effect</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexia Gaudeul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Management Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 62 (11), pp.3138-3160. </w:t>
+              <w:t xml:space="preserve">Economics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 149 (December), pp.38-43. </w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1287/mnsc.2015.2294⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.econlet.2016.09.031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01356905v1</w:t>
+                <w:t xml:space="preserve">hal-01404549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réponses des consommateurs à trois systèmes d’étiquetage nutritionnel face avant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Crosetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Ruffieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers de Nutrition et de Diététique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 51 (3), pp.124-131. </w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3327,51 +3327,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intellectual property rights hinder sequential innovation. Experimental evidence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Brüggemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lukas Meub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3431,51 +3431,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A theoretical and experimental appraisal of four risk elicitation methods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Filippin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3535,51 +3535,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Click‘n’Roll: No Evidence of Illusion of Control</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Filippin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Economist</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 164 (3), pp.281-295. </w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3613,51 +3613,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A study of outcome reporting bias using gender differences in risk attitudes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Filippin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3717,51 +3717,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The &amp;quot;bomb&amp;quot; risk elicitation task</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Filippin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3840,267 +3840,267 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eliciting fast and slow choices: an experimental tool and two applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexia Gaudeul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaires externes du GATE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2018, Lyon, France</w:t>
+              <w:t xml:space="preserve">Séminaires Cournot du BETA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2018, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01994438v1</w:t>
+                <w:t xml:space="preserve">hal-01994508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eliciting fast and slow choices: an experimental tool and two applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexia Gaudeul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaires Cournot du BETA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2018, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">Séminaires externes du GATE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2018, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01994508v1</w:t>
+                <w:t xml:space="preserve">hal-01994438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental advances in nutritional label research</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Crosetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Ruffieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire de recherche du CEGE - Georg August Universität</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2018, Göttingen, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4125,51 +4125,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nutritional policy in the lab – experimental advances in label research</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecole thématique CNRS sur l'évaluation des politiques publiques (ETEPP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CNRS, Centre National de la Recherche Scientifique - France, Mar 2018, Aussois, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4188,273 +4188,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01969402v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Observing the impact of various labels on food choices with laboratory experiments</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">An incentivized laboratory study of the nutritional impact of five front-of-pack nutritional labels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Crosetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Ruffieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Seminar in the Department of Agricultural Economics, University of Purdue</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2018, West Lafayette, United States</w:t>
+              <w:t xml:space="preserve">Workshop "Risk, Information, Language and Communication"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2018, Nanterre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02965258v1</w:t>
+                <w:t xml:space="preserve">hal-02965208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An incentivized laboratory study of the nutritional impact of five front-of-pack nutritional labels</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Observing the impact of various labels on food choices with laboratory experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Crosetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Ruffieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop "Risk, Information, Language and Communication"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2018, Nanterre, France</w:t>
+              <w:t xml:space="preserve">Seminar in the Department of Agricultural Economics, University of Purdue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2018, West Lafayette, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02965208v1</w:t>
+                <w:t xml:space="preserve">hal-02965258v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safe options induce gender differences in risk attitudes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Filippin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4492,51 +4492,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safe options induce gender differences in risk attitudes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Filippin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4574,51 +4574,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Droit d’auteur, innovation et Scrabble</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Présentation “Flash scientifique” lors de la soirée "Ma thèse en 180 secondes"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Grenoble Alpes (COMUE) (UGA). FRA., Apr 2018, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4643,90 +4643,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nutrition and economic impact of 5 front-of-pack nutrition labels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Crosetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paolo Crosetto</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Bernard Ruffieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Lacroix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food and Health Economics Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4751,51 +4751,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nutritional policy in the lab – experimental advances in label research</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecole thématique sur l'évaluation des politiques publiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Centre National de la Recherche Scientifique (CNRS). FRA. Travail Emploi et Politiques Publiques (TEPP), FRA., Mar 2018, Aussois, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4820,64 +4820,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eliciting Fast and Slow responses to nutritional labels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Muller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th ASFEE International Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ASFEE. Association Française d'Economie Expérimentale, Jun 2017, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4902,51 +4902,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Droit d’auteur, innovation et Scrabble</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Présentation “Flash scientifique” lors de la soirée "Ma thèse en 180 secondes"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Grenoble Alpes, Apr 2017, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4971,51 +4971,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safe options induce gender differences in risk attitudes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Filippin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5053,64 +5053,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eliciting fast and slow responses to nutritional labels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Muller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire externe ALISS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2017, Ivry-sur-Seine, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5135,51 +5135,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safe options induce gender differences in risk attitudes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Filippin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5217,51 +5217,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Do firms collude in maintaining consumer confusion? A tale of comparability, confusion and collusion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">VALFREE Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2018, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5286,64 +5286,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eliciting fast and slow responses to nutritional labels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Behavioral and Experimental Economics of Food Consumption</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2017, Autrans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5368,90 +5368,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An incentivized laboratory study on the nutritional impact of five front-of-pack nutritional labels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Crosetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Ruffieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire du laboratoire ALImentation et Sciences Sociales (ALISS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2017, Ivry, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5476,51 +5476,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Do firms collude in maintaining consumer confusion? A tale of comparability, confusion and collusion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexia Gaudeul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5558,64 +5558,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eliciting Fast and Slow responses to nutritional labels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Muller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15th EAAE Congress: "Towards Sustainable Agri-Food Systems: Balancing between Markets and Society"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Association of Agricultural Economists. EAAE, Aug 2017, Parme, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5640,77 +5640,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Is there a social multiplier? Peer effects, policy interventions, food consumption</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Crosetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Ruffieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th International Conference of the French Association of Experimental Economics - ASFEE 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association Française d'Economie Expérimentale. ASFEE, Jun 2016, Cergy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5735,51 +5735,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Cost of Dominance. A New and Robust Measure of the Attraction Effect</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexia Gaudeul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5817,64 +5817,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Is there a social multiplier?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10. Journées de Recherches en Sciences Sociales (JRSS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5899,51 +5899,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The cost of dominance. A new and robust measure of the attraction effect</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexia Gaudeul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5994,51 +5994,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intellectual property rights hinder sequential innovation: experimental evidence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Brüggemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lukas Meub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6089,51 +6089,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The discrimination game</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphan Sémirat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6171,64 +6171,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Is there a social multiplier? Peer effects, policy interventions, food consumption</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Muller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7. International Conference of the French Association of Experimental Economics - ASFEE 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association Française d'Economie Expérimentale (ASFEE). FRA., Jun 2016, Cergy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6253,51 +6253,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intellectual property rights hinder sequential innovation: experimental evidence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Brügmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6361,51 +6361,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The cost of dominance. A new and robust measure of the attraction effect</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexia Gaudeul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6443,51 +6443,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">It’s never too late: funding dynamics and pre-sales in crowdfunding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tobias Regner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6519,411 +6519,411 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01997085v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The cost of dominance. A new and robust measure of the attraction effect</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">The discrimination game</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Alexia Gaudeul</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephan Semirat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire Radboud University</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2016, Nijmegen, Netherlands</w:t>
+              <w:t xml:space="preserve">Séminaire interne GAEL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01997108v1</w:t>
+                <w:t xml:space="preserve">hal-02794477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">It’s never too late: funding dynamics and pre-sales in crowdfunding</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">The cost of dominance. A new and robust measure of the attraction effect</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Tobias Regner</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexia Gaudeul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire GK - EIC "Economics of Innovative Change"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Friedrich Schiller University Jena [Jena, Germany]. DEU., Jun 2016, Jena, Germany</w:t>
+              <w:t xml:space="preserve">Séminaire CREM - Université de Rennes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre de Recherche en Economie et Management., May 2016, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02796312v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02800046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The discrimination game</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">It’s never too late: funding dynamics and pre-sales in crowdfunding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Stephan Semirat</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tobias Regner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire interne GAEL</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2016, Grenoble, France</w:t>
+              <w:t xml:space="preserve">Séminaire GK - EIC "Economics of Innovative Change"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Friedrich Schiller University Jena [Jena, Germany]. DEU., Jun 2016, Jena, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02794477v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02796312v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The cost of dominance. A new and robust measure of the attraction effect</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexia Gaudeul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire CREM - Université de Rennes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Centre de Recherche en Economie et Management., May 2016, Rennes, France</w:t>
+              <w:t xml:space="preserve">Séminaire Radboud University</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2016, Nijmegen, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02800046v1</w:t>
+                <w:t xml:space="preserve">hal-01997108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Food labeling for human beings: The role of cognitive limits in the Guideline Daily Amount vs. Traffic Light debate An experiment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Crosetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Ruffieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EAAE-AAEA Joint Seminar: “Consumer Behavior in a Changing World: Food, Culture, Society”</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2015, Naples, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6942,450 +6942,450 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01145645v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eliciting Risk Attitudes Experimentally. An assessment of different tasks</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Food labeling for human beings: The role of cognitive limits in the Guideline Daily Amount vs. Traffic Light debate An experiment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Crosetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paolo Crosetto</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Antonio Filippin</w:t>
+                <w:t xml:space="preserve">Bernard Ruffieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CEAR-CSAE Workshop : "Eliciting Subjective Beliefs and Risk and Time Preferences in Developing Countries"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2015, Oxford, United Kingdom</w:t>
+              <w:t xml:space="preserve">Journées des jeunes chercheurs du Département SAE2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2015, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02796211v1</w:t>
+                <w:t xml:space="preserve">hal-02793955v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Food labeling for human beings: The role of cognitive limits in the Guideline Daily Amount vs. Traffic Light debate An experiment</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Likelihood of winning and overbidding in first price auctions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Bernard Ruffieux</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Filippin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katuščák Peter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6. International Conference of the French Association of Experimental Economics - ASFEE 2015</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association Française d'Economie Expérimentale (ASFEE). FRA., Jun 2015, Paris, France</w:t>
+              <w:t xml:space="preserve">ASFEE 2015, 6e Congrès de l’Association Française d’Economie Expérimentale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02793354v1</w:t>
+                <w:t xml:space="preserve">hal-01969725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Food labeling for human beings: The role of cognitive limits in the Guideline Daily Amount vs. Traffic Light debate An experiment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Crosetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Ruffieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées des jeunes chercheurs du Département SAE2</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2015, Rennes, France</w:t>
+              <w:t xml:space="preserve">6. International Conference of the French Association of Experimental Economics - ASFEE 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Française d'Economie Expérimentale (ASFEE). FRA., Jun 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02793955v1</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02793354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Likelihood of winning and overbidding in first price auctions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Eliciting Risk Attitudes Experimentally. An assessment of different tasks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Filippin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Katuščák Peter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ASFEE 2015, 6e Congrès de l’Association Française d’Economie Expérimentale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2015, Paris, France</w:t>
+              <w:t xml:space="preserve">CEAR-CSAE Workshop : "Eliciting Subjective Beliefs and Risk and Time Preferences in Developing Countries"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2015, Oxford, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01969725v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02796211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Food labeling for human beings: The role of cognitive limits in the Guideline Daily Amount vs. Traffic Light debate An experiment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Crosetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Ruffieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées des jeunes chercheurs du Département INRA-SAE2</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2015, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7404,260 +7404,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01997681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eliciting risk attitudes experimentally. An assessment of different tasks</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Food labeling for human beings: The role of cognitive limits in the Guideline Daily Amount vs. Traffic Light debate An experiment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Crosetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paolo Crosetto</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Antonio Filippini</w:t>
+                <w:t xml:space="preserve">Bernard Ruffieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire externe du LAMETA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2015, Montpellier, France</w:t>
+              <w:t xml:space="preserve">EAAE-AAEA Joint Seminar: “Consumer Behavior in a Changing World: Food, Culture, Society”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2015, Naples, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01997847v1</w:t>
+                <w:t xml:space="preserve">hal-01996823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Food labeling for human beings: The role of cognitive limits in the Guideline Daily Amount vs. Traffic Light debate An experiment</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Eliciting risk attitudes experimentally. An assessment of different tasks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Bernard Ruffieux</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Filippini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EAAE-AAEA Joint Seminar: “Consumer Behavior in a Changing World: Food, Culture, Society”</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2015, Naples, Italy</w:t>
+              <w:t xml:space="preserve">Séminaire externe du LAMETA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2015, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01996823v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01997847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Food labeling for human beings: The role of cognitive limits in the Guideline Daily Amount vs. Traffic Light debate An experiment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Crosetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Ruffieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NIBS 2015 Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Network for Integrated Behavioural Science. NIBS, Mar 2015, Nottingham, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7682,77 +7682,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Food labeling for human beings: The role of cognitive limits in the Guideline Daily Amount vs. Traffic Light debate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Crosetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Ruffieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th International Conference of the French Association of Experimental Economics - ASFEE 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association Française d'Economie Expérimentale. ASFEE, Jun 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7777,77 +7777,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Food labeling for human beings: The role of cognitive limits in the Guideline Daily Amount vs. Traffic Light debate An experiment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Crosetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Ruffieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NIBS 2015 Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Network for Integrated Behavioural Science., Apr 2015, Nottingham, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7872,51 +7872,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eliciting risk attitudes experimentally. An assessment of different tasks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Filippin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7967,51 +7967,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A reconsideration of gender differences in risk attitudes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Filippin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5. Annual Conference of the French Association of Experimental Economics - ASFEE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2014, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8036,51 +8036,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exit costs and motivations for leaving in repeated partnerships with imperfect public monitoring</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexia Gaudeul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8112,398 +8112,398 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02793967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eliciting risk attitudes experimentally: an assessment of different tasks</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Food labeling for human beings: The role of cognitive limits in the Guideline Daily Amount vs. Traffic Light debate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Crosetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paolo Crosetto</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Antonio Filippin</w:t>
+                <w:t xml:space="preserve">Bernard Ruffieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop SMART-LERECO : "Farmers' risk perferences: elicitation and use"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2014, Rennes, France</w:t>
+              <w:t xml:space="preserve">Séminaire HEC Lausanne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, HEC Lausanne, Dec 2014, Lausanne, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02796255v1</w:t>
+                <w:t xml:space="preserve">hal-01997157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Do consumers prefer offers that are easy to compare? An experimental investigation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Rethinking risk elicitation : the role of the task, gender, probabilities and certain outcomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Filippin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alexia Gaudeul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire, DIW Deutsches Institut für Wirtschaftsforschung</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Deutsches Institut für Wirtschaftsforschung (DIW). DEU., May 2014, Berlin, Germany</w:t>
+              <w:t xml:space="preserve">CEGE Research Colloquium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Center for European, Governance and Economic Development Research, Apr 2014, Göttingen, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02795551v1</w:t>
+                <w:t xml:space="preserve">hal-01997719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Food labeling for human beings: The role of cognitive limits in the Guideline Daily Amount vs. Traffic Light debate</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Eliciting risk attitudes experimentally: an assessment of different tasks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Bernard Ruffieux</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Filippin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire HEC Lausanne</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, HEC Lausanne, Dec 2014, Lausanne, Switzerland</w:t>
+              <w:t xml:space="preserve">Workshop SMART-LERECO : "Farmers' risk perferences: elicitation and use"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2014, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01997157v1</w:t>
+                <w:t xml:space="preserve">hal-02796255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rethinking risk elicitation : the role of the task, gender, probabilities and certain outcomes</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Do consumers prefer offers that are easy to compare? An experimental investigation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexia Gaudeul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CEGE Research Colloquium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Center for European, Governance and Economic Development Research, Apr 2014, Göttingen, Germany</w:t>
+              <w:t xml:space="preserve">Séminaire, DIW Deutsches Institut für Wirtschaftsforschung</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Deutsches Institut für Wirtschaftsforschung (DIW). DEU., May 2014, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01997719v1</w:t>
+                <w:t xml:space="preserve">hal-02795551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Illusion of control and conformism in the laboratory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Filippin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8541,51 +8541,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exit costs and motivations for leaving in repeated partnerships with imperfect public monitoring</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexia Gaudeul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8623,51 +8623,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Do consumers prefer offers that are easy to compare? An experimental investigation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexia Gaudeul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8705,51 +8705,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Illusion of control and conformism in the laboratory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Filippin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8787,51 +8787,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rethinking risk elicitation : the role of the task, gender, probabilities and certain outcomes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Filippin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8869,51 +8869,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eliciting risk attitudes experimentally: an assessment of different tasks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Filippin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8964,51 +8964,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A reconsideration of gender differences in risk attitudes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Filippin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire, Université de Goettingen</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2014, Göttingen, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9027,234 +9027,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02796245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elaboration d'un projet d'éco-conception. OCAD : une vision intégrative</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">A reconsideration of gender differences in risk attitudes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Filippin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bernard Ruffieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées jeunes chercheurs INRA-SAE2 : "Eco-conception"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2014, Poitiers, France</w:t>
+              <w:t xml:space="preserve">5th Annual Conference of the French Association of Experimental Economics - ASFEE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01969688v1</w:t>
+                <w:t xml:space="preserve">hal-01997771v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A reconsideration of gender differences in risk attitudes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Antonio Filippin</w:t>
+                <w:t xml:space="preserve">Elaboration d'un projet d'éco-conception. OCAD : une vision intégrative</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Crosetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paolo Crosetto</w:t>
+                <w:t xml:space="preserve">Bernard Ruffieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th Annual Conference of the French Association of Experimental Economics - ASFEE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2014, Besançon, France</w:t>
+              <w:t xml:space="preserve">Journées jeunes chercheurs INRA-SAE2 : "Eco-conception"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2014, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01997771v1</w:t>
+                <w:t xml:space="preserve">hal-01969688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">To Patent or Not to Patent: A Pilot Experiment on Incentives to Copyright in a Sequential Innovation Setting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th International IFIP WG 2.13 Conference on Open Source Systems,(OSS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2010, Notre Dame, United States. pp.53-72, </w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
@@ -9326,334 +9326,334 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How healthy is a food product? Neural bases of the use of nutritional information</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Prévost</w:t>
+                <w:t xml:space="preserve">Marie Prevost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Hot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Ruffieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Symposium on Biology of Decision-Making - SBDM 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jan 2015, Paris, France</w:t>
+              <w:t xml:space="preserve">, May 2015, Paris, France. 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01996991v1</w:t>
+                <w:t xml:space="preserve">hal-02794162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How healthy is a food product? Neural bases of the use of nutritional information</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Prevost</w:t>
+                <w:t xml:space="preserve">Marie Prévost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Hot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Ruffieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Symposium on Biology of Decision-Making - SBDM 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, May 2015, Paris, France. 2015</w:t>
+              <w:t xml:space="preserve">, Jan 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02794162v1</w:t>
+                <w:t xml:space="preserve">hal-01996991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">When using nutritional labels, less is better</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Prevost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Hot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monica Baciu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Ruffieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Meary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9727,77 +9727,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modification des achats alimentaires en réponse à cinq logos nutritionnels. Projet LABEL4 [Communiqué de presse]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Crosetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Ruffieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9841,1327 +9841,1357 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hard vs. soft commitments: Experimental evidence from a sample of French gamblers *</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">The Issue with Special Issues: when Guest Editors Publish in Support of Self</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">2023</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Gómez Barreiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Austin Hanson</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04193948v1</w:t>
+                <w:t xml:space="preserve">hal-05554240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The strain on scientific publishing</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The Drain of Scientific Publishing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernanda Beigel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dan Brockington</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Crosetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gemma Derrick</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aileen Fyfe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pablo Gómez Barreiro</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">hal-04263758v1</w:t>
+                <w:t xml:space="preserve">hal-05553943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparing input interfaces to elicit belief distributions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">The strain on scientific publishing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark A. Hanson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Gómez Barreiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">2022</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dan Brockington</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03816349v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04263758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intellectual property reform in the laboratory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ismaël Benslimane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raul Magni Berton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Varaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02794343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">What are you calling intuitive? Subject heterogeneity as a driver of response times in an impunity game</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Werner Güth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02949346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Central tendency bias in belief elicitation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Filippin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katuščák Peter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Smith</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02308641v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Attacking the weak or the strong? An experiment on the targets of parochial altruism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Varaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ismaël Benslimane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raul Magni Berton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02391578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fast then slow: A choice process explanation for the attraction effect</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexia Gaudeul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02408719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">It's never too late: funding dynamics and self pledges in reward-based crowdfunding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tobias Regner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01779128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nutritional and economic impact of 5 alternative front-of-pack nutritional labels: experimental evidence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Crosetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paolo Crosetto</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Bernard Ruffieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (working paper)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01805431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safe options induce gender differences in risk attitudes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Filippin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01529643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safe options induce differences in risk attitudes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Filippin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (working paper)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02787138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The experience matters. Participation-related rewards increase the success chances of crowdfunding campains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tobias Regner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (working paper)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02787310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The experience matters: participation-related rewards increase the success chances of crowdfunding campaigns</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tobias Regner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01527150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helping consumers with a front-of-pack label: numbers or colours? Experimental comparison between Guideline Daily Amount and Traffic Light in a diet building exercice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Crosetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paolo Crosetto</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Bernard Ruffieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01847217v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -11171,105 +11201,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental measures of behavioral effects: seven years of research on the road ahead</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crosetto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Economies et finances. COMUE Université Grenoble Alpes; Ecole Doctorale de Sciences Economiques, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-02163273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId212"/>
+      <w:footerReference w:type="default" r:id="rId216"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -11416,51 +11446,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:paolo.crosetto@inra.fr" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gael.univ-grenoble-alpes.fr/membres/paolo-crosetto" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="#" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05110297v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rustam Romaniuc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Guido" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Baudry" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bazart" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Berger" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jebo.2025.107098" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04880070v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Crosetto" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Muller" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Ruffieux" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jebo.2024.106825" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04764425v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Bettega" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Dubois" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11238-024-10016-w" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04063510v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Varaine" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ra&#249;l Magni-Berton" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isma&#235;l Benslimane" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00220027231164928" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04263751v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Gaudeul" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1287/mnsc.2023.4874" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04263759v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas de Haan" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jdm.2023.21" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03172630v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raul Magni Berton" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11109-021-09696-9" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04215093v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jebo.2022.12.005" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03106109v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Regner" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.techfore.2020.120514" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03722234v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Werner G&#252;th" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.joep.2021.102419" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03720678v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Bone" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Hey" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Pasca" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10602-021-09331-z" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03133098v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10438599.2020.1792606" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02563136v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Filippin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Katu&#353;&#269;&#225;k" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Smith" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.joep.2020.102273" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190212v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Egnell" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania D&#8217;almeida" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Kesse-Guyot" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Touvier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12966-019-0817-2" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628005v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ori Weisel" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Winter" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbef.2019.04.003" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269574v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lacroix" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/erae/jbz037" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01908301v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22004/ag.econ.278772" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862855v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01863409v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.respol.2018.04.020" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01885390v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Mantovani" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0204422" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01547110v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/soej.12186" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804596v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Marie Lacroix" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cnd.2017.04.002" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01461165v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerhard Riener" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.joep.2017.01.005" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845684v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jems.12212" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349187v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.joep.2016.03.006" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B93976PN-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01404549v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.econlet.2016.09.031" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01356905v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1287/mnsc.2015.2294" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349169v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cnd.2016.04.002" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359146v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Br&#252;ggemann" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukas Meub" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kilian Bizer" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.respol.2016.07.008" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01356900v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10683-015-9457-9" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638084v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10645-016-9282-3" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01519150v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janna Heider" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cesifo/ifu029" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01123020v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11166-013-9170-z" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994438v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994508v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994460v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969402v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02965258v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02965208v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994494v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787250v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785628v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02965197v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02784977v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969457v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994559v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969432v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994531v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786157v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02784964v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02965171v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02965269v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994593v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969478v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969789v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798748v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02964920v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997099v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997135v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997015v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phan S&#233;mirat" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793894v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798117v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Br&#252;gmann" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969830v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997085v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997108v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796312v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02794477v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Semirat" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800046v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01145645v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796211v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793354v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793955v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969725v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katu&#353;&#269;&#225;k Peter" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997681v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997847v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Filippini" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01996823v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969658v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969675v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793560v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01996866v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796215v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793967v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796255v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795551v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997157v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997719v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796256v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969650v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997930v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969585v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796257v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969566v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796245v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969688v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997771v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01056023v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-13244-5_5" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01996991v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Pr&#233;vost" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Hot" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02794162v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Prevost" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190188v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Baciu" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Meary" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163501v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04193948v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04263758v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark A. Hanson" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo G&#243;mez Barreiro" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Brockington" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03816349v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02794343v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02949346v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02308641v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02391578v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02408719v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779128v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01805431v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01529643v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787138v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787310v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01527150v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01847217v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02163273v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:paolo.crosetto@inra.fr" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gael.univ-grenoble-alpes.fr/membres/paolo-crosetto" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="#" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04193948v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Bettega" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Crosetto" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Dubois" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rustam Romaniuc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11238-024-10016-w" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04880070v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Muller" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Ruffieux" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jebo.2024.106825" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04677596v2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Guido" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Baudry" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bazart" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Berger" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jebo.2025.107098" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04063510v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Varaine" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ra&#249;l Magni-Berton" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isma&#235;l Benslimane" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00220027231164928" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04263751v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Gaudeul" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1287/mnsc.2023.4874" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03172630v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raul Magni Berton" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11109-021-09696-9" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04263759v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas de Haan" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jdm.2023.21" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04215093v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jebo.2022.12.005" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03106109v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Regner" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.techfore.2020.120514" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03722234v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Werner G&#252;th" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.joep.2021.102419" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03720678v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Bone" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Hey" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Pasca" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10602-021-09331-z" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03133098v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10438599.2020.1792606" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02563136v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Filippin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Katu&#353;&#269;&#225;k" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Smith" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.joep.2020.102273" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190212v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Egnell" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania D&#8217;almeida" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Kesse-Guyot" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Touvier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12966-019-0817-2" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269574v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lacroix" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/erae/jbz037" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628005v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ori Weisel" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Winter" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbef.2019.04.003" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01908301v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22004/ag.econ.278772" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862855v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01863409v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.respol.2018.04.020" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01885390v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Mantovani" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0204422" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01547110v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/soej.12186" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804596v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Marie Lacroix" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cnd.2017.04.002" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01461165v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerhard Riener" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.joep.2017.01.005" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845684v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jems.12212" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01356905v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1287/mnsc.2015.2294" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349187v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.joep.2016.03.006" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B93976PN-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01404549v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.econlet.2016.09.031" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349169v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cnd.2016.04.002" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359146v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Br&#252;ggemann" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukas Meub" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kilian Bizer" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.respol.2016.07.008" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01356900v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10683-015-9457-9" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638084v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10645-016-9282-3" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01519150v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janna Heider" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cesifo/ifu029" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01123020v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11166-013-9170-z" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994508v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994438v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994460v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969402v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02965208v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02965258v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994494v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787250v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785628v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02965197v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02784977v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969457v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994559v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969432v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994531v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786157v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02784964v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02965171v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02965269v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994593v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969478v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969789v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798748v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02964920v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997099v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997135v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997015v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phan S&#233;mirat" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793894v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798117v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Br&#252;gmann" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969830v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997085v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02794477v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Semirat" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800046v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796312v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997108v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01145645v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793955v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969725v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katu&#353;&#269;&#225;k Peter" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793354v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796211v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997681v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01996823v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997847v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Filippini" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969658v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969675v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793560v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01996866v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796215v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793967v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997157v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997719v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796255v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795551v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796256v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969650v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997930v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969585v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796257v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969566v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796245v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997771v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969688v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01056023v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-13244-5_5" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02794162v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Prevost" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Hot" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01996991v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Pr&#233;vost" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190188v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Baciu" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Meary" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163501v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05554240v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo G&#243;mez Barreiro" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Austin Hanson" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05553943v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernanda Beigel" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Brockington" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gemma Derrick" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aileen Fyfe" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04263758v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark A. Hanson" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02794343v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02949346v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02308641v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02391578v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02408719v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779128v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01805431v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01529643v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787138v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787310v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01527150v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01847217v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02163273v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>