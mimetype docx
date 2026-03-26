--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -1216,230 +1216,230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00443951v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anthropologie de la croissance : référentiels, normes et variabilité individuelle</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Anthropologie médico-légale : de l'étude populationnelle à l'individuelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Adalian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Marie Guihard-Costa</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Olivier Thiebaugeorges</w:t>
+                <w:t xml:space="preserve">Yvette Deloison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Léonetti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'homme et sa diversité. Perspectives et enjeux de l'anthropologie biologique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, CNRS Editions, pp.45-56, 2007</w:t>
+              <w:t xml:space="preserve">, CNRS Editions, pp.109-116, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00194130v1</w:t>
+                <w:t xml:space="preserve">halshs-00194154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anthropologie médico-légale : de l'étude populationnelle à l'individuelle</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Anthropologie de la croissance : référentiels, normes et variabilité individuelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Guihard-Costa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Adalian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Brus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yvette Deloison</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Georges Léonetti</w:t>
+                <w:t xml:space="preserve">Olivier Thiebaugeorges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'homme et sa diversité. Perspectives et enjeux de l'anthropologie biologique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, CNRS Editions, pp.109-116, 2007</w:t>
+              <w:t xml:space="preserve">, CNRS Editions, pp.45-56, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00194154v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00194130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Foetus</w:t>
               </w:r>
@@ -3329,217 +3329,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03573910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesurer les pertes - Détermination du Nombre minimum d'Individus (NMI)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Routine Practice in Forensic Anthropology in Europe: Attempting to Achieve a State of the Art</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugenia Cunha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Kranioti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Adalian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Baccino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristina Cattaneo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Etudier les pertes de guerre d'hier à aujourd'hui : sources, objets, méthodes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Service Historique de la Défense, Oct 2019, Paris, France</w:t>
+              <w:t xml:space="preserve">71th Annual Scientific Meeting of the American Academy of Forensic Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2019, Baltimore, MD, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03573920v1</w:t>
+                <w:t xml:space="preserve">hal-03573898v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Routine Practice in Forensic Anthropology in Europe: Attempting to Achieve a State of the Art</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mesurer les pertes - Détermination du Nombre minimum d'Individus (NMI)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Adalian</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Cristina Cattaneo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">71th Annual Scientific Meeting of the American Academy of Forensic Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2019, Baltimore, MD, United States</w:t>
+              <w:t xml:space="preserve">Etudier les pertes de guerre d'hier à aujourd'hui : sources, objets, méthodes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Service Historique de la Défense, Oct 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03573898v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03573920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les dents roses post mortem</w:t>
               </w:r>
@@ -3709,272 +3709,263 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03573915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variabilité et fréquences de la côte cervicale surnuméraire chez les individus décédés en période périnatale : croisement de données médicales et anthropologiques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Caroline Partiot</w:t>
+                <w:t xml:space="preserve">Fetal and infant age estimation : contribution of elliptic Fourier analysis of the pars basilaris</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélissa Niel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Lalys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Adalian</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Bruno Maureille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1843èmes Journées de la Société d’Anthropologie de Paris</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société d’Anthropologie de Paris, Jan 2018, Poitiers, France</w:t>
+              <w:t xml:space="preserve">Forensic Anthropology Society of Europe – One-Day Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03573925v1</w:t>
+                <w:t xml:space="preserve">hal-02117184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stabilité du développement et stress environnemental : analyse morpho-géométrique de l’asymétrie du fémur chez l’Homme</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Kathia Chaumoitre</w:t>
+                <w:t xml:space="preserve">Variabilité et fréquences de la côte cervicale surnuméraire chez les individus décédés en période périnatale. Croisement de données médicales et anthropologiques.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Partiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Adalian</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Castex</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Delteil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Guillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1843èmes Journées de la Société d’Anthropologie de Paris</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2018, poitiers, France</w:t>
+              <w:t xml:space="preserve">Journées de la Société d'Anthropologie de Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2018, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02374477v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02117217v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Asymétrie fluctuante: un biomarqueur de stress sanitaire chez l’Homme?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Mopin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4016,320 +4007,329 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1843èmes Journées de la Société d’Anthropologie de Paris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société d'Anthropologie de Paris, Jan 2018, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01820437v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variabilité et fréquences de la côte cervicale surnuméraire chez les individus décédés en période périnatale. Croisement de données médicales et anthropologiques.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId87" w:history="1">
+                <w:t xml:space="preserve">Variabilité et fréquences de la côte cervicale surnuméraire chez les individus décédés en période périnatale : croisement de données médicales et anthropologiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Partiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Adalian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Castex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Guillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Maureille</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées de la Société d'Anthropologie de Paris</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2018, Poitiers, France</w:t>
+              <w:t xml:space="preserve">1843èmes Journées de la Société d’Anthropologie de Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société d’Anthropologie de Paris, Jan 2018, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02117217v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03573925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fetal and infant age estimation : contribution of elliptic Fourier analysis of the pars basilaris</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Loïc Lalys</w:t>
+                <w:t xml:space="preserve">Stabilité du développement et stress environnemental : analyse morpho-géométrique de l’asymétrie du fémur chez l’Homme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Mopin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Signoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kathia Chaumoitre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Adalian</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forensic Anthropology Society of Europe – One-Day Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2018, Marseille, France</w:t>
+              <w:t xml:space="preserve">1843èmes Journées de la Société d’Anthropologie de Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2018, poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02117184v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02374477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimation of age-at-death in the human fetus : contribution of elliptic Fourier analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélissa Niel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kathia Chaumoitre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Tzortzis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5164,342 +5164,342 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01819891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimation de l’âge fœtal : nouvelles avancées</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Évaluation de la croissance fœtale humaine par la confrontation des structures osseuses de la base du crâne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélissa Niel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Corny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Adalian</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16ème Congrès d’Anthropologie médico-légale de Nice</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, Nice, France</w:t>
+              <w:t xml:space="preserve">9ème Symposium national de Morphométrie et Evolution des Formes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01819927v1</w:t>
+                <w:t xml:space="preserve">hal-01819868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Évaluation de la croissance fœtale humaine par la confrontation des structures osseuses de la base du crâne</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Julien Corny</w:t>
+                <w:t xml:space="preserve">Asymétries fluctuantes et stress environnemental : analyse morphométrique du fémur de l’Homme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Mopin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Adalian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Signoli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9ème Symposium national de Morphométrie et Evolution des Formes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, Paris, France</w:t>
+              <w:t xml:space="preserve">XXIIIe congrès des doctorants de l’école doctorale Sciences de l’Environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ecole doctorale 251 - Sciences de l'Environnement &amp; MIO - Mediterranean Institute of Oceanography, Apr 2016, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01819868v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01820478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Asymétries fluctuantes et stress environnemental : analyse morphométrique du fémur de l’Homme</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Estimation de l’âge fœtal : nouvelles avancées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Adalian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélissa Niel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Corny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Humez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Norbert Telmon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXIIIe congrès des doctorants de l’école doctorale Sciences de l’Environnement</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Ecole doctorale 251 - Sciences de l'Environnement &amp; MIO - Mediterranean Institute of Oceanography, Apr 2016, Marseille, France</w:t>
+              <w:t xml:space="preserve">16ème Congrès d’Anthropologie médico-légale de Nice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01820478v1</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01819927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Asymétrie fluctuante et stress environnemental : analyse morphométrique du fémur de l’Homme.</w:t>
               </w:r>
@@ -5619,51 +5619,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Adalian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Ardagna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kathia Chaumoitre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Dominique Piercecchi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5695,51 +5695,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01819904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MARS models: exploiting individual variability for precise, reliable and accurate juvenile age estimation from post-cranial bones</w:t>
+                <w:t xml:space="preserve">Une analyse critique des méthodes d'estimation de l'âge des individus immatures en anthropologie médico-légale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Corron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvana Condemi</w:t>
@@ -5757,97 +5757,97 @@
                 </w:rPr>
                 <w:t xml:space="preserve">François Marchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Adalian</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual meeting of the Forensic Anthropology Society of Europe</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2015, Montpellier, France</w:t>
+              <w:t xml:space="preserve">49e Congrès International Francophone de Médecine Légale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01819921v1</w:t>
+                <w:t xml:space="preserve">hal-01819946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une analyse critique des méthodes d'estimation de l'âge des individus immatures en anthropologie médico-légale</w:t>
+                <w:t xml:space="preserve">MARS models: exploiting individual variability for precise, reliable and accurate juvenile age estimation from post-cranial bones</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Corron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvana Condemi</w:t>
@@ -5865,73 +5865,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">François Marchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Adalian</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">49e Congrès International Francophone de Médecine Légale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2015, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Annual meeting of the Forensic Anthropology Society of Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01819946v1</w:t>
+                <w:t xml:space="preserve">hal-01819921v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les variations osseuses asymptomatiques du squelette postcrânien : leur contribution à l’identification en anthropologie médico-légale.</w:t>
               </w:r>
@@ -6431,51 +6431,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Verna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Dominique Piercecchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kathia Chaumoitre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Adalian</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6565,51 +6565,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Marchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Adalian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kathia Chaumoitre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14e Congrès Annuel d'Anthropologie médico-légale de Nice</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2014, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6660,51 +6660,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Verna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Dominique Piercecchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kathia Chaumoitre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Adalian</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6736,441 +6736,441 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01819930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude des caractères discrets postcrâniens de la collection Georges Olivier du musée de l’Homme (MNHN, Paris).</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Estimation de l'âge des individus immatures - Apport des variables osseuses bidimensionnelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Corron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Daumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kathia Chaumoitre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvana Condemi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Marchal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">31ème Colloque du Groupement des Anthropologistes de Langue Française</w:t>
+              <w:t xml:space="preserve">31e Congrès du Groupement des Anthropologistes de Langue Française (GALF)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2013, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01819936v1</w:t>
+                <w:t xml:space="preserve">hal-01819976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intérêt des caractères discrets du sternum et des côtes en identification médico-légale.</w:t>
+                <w:t xml:space="preserve">Etude des caractères discrets postcrâniens de la collection Georges Olivier du musée de l’Homme (MNHN, Paris).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Verna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Dominique Piercecchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Ardagna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Adalian</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1838èmes Journées de la Société d'Anthropologie de Paris</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2013, Paris, France</w:t>
+              <w:t xml:space="preserve">31ème Colloque du Groupement des Anthropologistes de Langue Française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2013, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01819950v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01819936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimation de l'âge des individus immatures - Apport des variables osseuses bidimensionnelles</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Louise Corron</w:t>
+                <w:t xml:space="preserve">Intérêt des caractères discrets du sternum et des côtes en identification médico-légale.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emeline Verna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Dominique Piercecchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kathia Chaumoitre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathilde Daumas</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">François Marchal</w:t>
+                <w:t xml:space="preserve">Christophe Bartoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Leonetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">31e Congrès du Groupement des Anthropologistes de Langue Française (GALF)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2013, Marseille, France</w:t>
+              <w:t xml:space="preserve">1838èmes Journées de la Société d'Anthropologie de Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01819976v1</w:t>
+                <w:t xml:space="preserve">hal-01819950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimation de l'âge des immatures à l'aide de variables bidimensionnelles de l'ilium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Corron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Daumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kathia Chaumoitre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvana Condemi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7251,51 +7251,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Verna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Dominique Piercecchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kathia Chaumoitre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Adalian</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7359,64 +7359,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Verna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Dominique Piercecchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kathia Chaumoitre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bartoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Leonetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7674,51 +7674,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Verna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Adalian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kathia Chaumoitre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Ardagna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8263,773 +8263,773 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00173587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude anthropologique d'une sépulture collective du Néolithique final et de l'Age du Bronze : la baume obscure.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">G. Sauzade</w:t>
+                <w:t xml:space="preserve">Les sépultures du cimetière de la Basilique Sainte Marie-Madeleine (Saint-Maximim, Var) : données paléodémographiques et paléopathologiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Signoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Ardagna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Adalian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Lalys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Dutour</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'homme et ses images : mesures, représentations, constructions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2005, Marseille, France. pp.339-344</w:t>
+              <w:t xml:space="preserve">, 2005, Marseille, France. pp.411-418</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00007511v1</w:t>
+                <w:t xml:space="preserve">halshs-00007576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corps subjectif - corps objectif : Etude de la perception morphologique au sein d'une population actuelle</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L'hypogée des Boileau (Vaucluse - France) : approche paléodémographique d'une population du Néolithique final.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Devriendt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Mahieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Barge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Lalys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Adalian</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Michel Signoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'homme et ses images : mesures, représentations, constructions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2005, Marseille, France. pp.183-194</w:t>
+              <w:t xml:space="preserve">, 2005, Marseille, France. pp.345-354</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00007533v1</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00007510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un ensemble funéraire médiéval et moderne aux abords de la chapelle Saint-Jean (L'Argentière-la-Bessée, Hautes Alpes, France). Approches anthropologique et archéologique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stephan Tzortzis</w:t>
+                <w:t xml:space="preserve">Moyens de détermination de l'âge foetal dans les cas de décès foetaux et conséquences sur le droit à l'inhumation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Dominique Piercecchi-Marti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Adalian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Ardagna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evelyne Fiers</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Pascal Adalian</w:t>
+                <w:t xml:space="preserve">François Cianfarini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Dutour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'homme et ses images : mesures, représentations, constructions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2005, Marseille, France. pp.364-378</w:t>
+              <w:t xml:space="preserve">, 2005, Marseille, France. pp.275-280</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00007574v1</w:t>
+                <w:t xml:space="preserve">halshs-00007554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les sépultures du cimetière de la Basilique Sainte Marie-Madeleine (Saint-Maximim, Var) : données paléodémographiques et paléopathologiques</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Corps subjectif - corps objectif : Etude de la perception morphologique au sein d'une population actuelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Lalys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Ardagna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Adalian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Dutour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Signoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...48 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'homme et ses images : mesures, représentations, constructions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2005, Marseille, France. pp.411-418</w:t>
+              <w:t xml:space="preserve">, 2005, Marseille, France. pp.183-194</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00007576v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00007533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Moyens de détermination de l'âge foetal dans les cas de décès foetaux et conséquences sur le droit à l'inhumation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marie-Dominique Piercecchi-Marti</w:t>
+                <w:t xml:space="preserve">Un ensemble funéraire médiéval et moderne aux abords de la chapelle Saint-Jean (L'Argentière-la-Bessée, Hautes Alpes, France). Approches anthropologique et archéologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephan Tzortzis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Fiers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Julien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Pogneaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Adalian</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Olivier Dutour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'homme et ses images : mesures, représentations, constructions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2005, Marseille, France. pp.275-280</w:t>
+              <w:t xml:space="preserve">, 2005, Marseille, France. pp.364-378</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00007554v1</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00007574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'hypogée des Boileau (Vaucluse - France) : approche paléodémographique d'une population du Néolithique final.</w:t>
+                <w:t xml:space="preserve">Etude anthropologique d'une sépulture collective du Néolithique final et de l'Age du Bronze : la baume obscure.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Devriendt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Mahieu</w:t>
+                <w:t xml:space="preserve">G. Sauzade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Ardagna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Barge</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Loïc Lalys</w:t>
+                <w:t xml:space="preserve">Aminte Thomann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Adalian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'homme et ses images : mesures, représentations, constructions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2005, Marseille, France. pp.345-354</w:t>
+              <w:t xml:space="preserve">, 2005, Marseille, France. pp.339-344</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00007510v1</w:t>
+                <w:t xml:space="preserve">halshs-00007511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Site deLa Roque (Graveson, Bouches du Rhône). Données paléodémographiques et paléopathologiques</w:t>
               </w:r>
@@ -9265,51 +9265,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude anthropologique du cimetière médiéval de Saint-Estève-Le-Pont (Berre l'Etang)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aminte Thomann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Bello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9390,51 +9390,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude anthropologique du cimetière médiéval de Saint-Estève-Le-Pont (Berre l'Etang)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aminte Thomann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Bello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9890,51 +9890,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude anthropologique du cimetière médiéval de Saint-Estève le Pont (Berre l’Etang) : résultats préliminaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aminte Thomann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Lalys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11575,51 +11575,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="5EBE4C84"/>
+    <w:nsid w:val="57D938E2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11723,51 +11723,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="3927C2C7"/>
+    <w:nsid w:val="004DAF40"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11871,51 +11871,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="F68B6BE2"/>
+    <w:nsid w:val="7F8669D6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12019,51 +12019,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="730E69B9"/>
+    <w:nsid w:val="515209E9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12167,51 +12167,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="0107AA75"/>
+    <w:nsid w:val="4EE357BA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12315,51 +12315,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="6961A7F0"/>
+    <w:nsid w:val="DB7BE371"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12463,51 +12463,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7">
-    <w:nsid w:val="D1AAC179"/>
+    <w:nsid w:val="458FC2DB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12611,51 +12611,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8">
-    <w:nsid w:val="45A024CD"/>
+    <w:nsid w:val="80B7561B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12759,51 +12759,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="230D1975"/>
+    <w:nsid w:val="EE01A263"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12907,51 +12907,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="BEFFE791"/>
+    <w:nsid w:val="5FB66920"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13055,51 +13055,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="12DBD4F7"/>
+    <w:nsid w:val="0156DD2E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13316,51 +13316,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pascal-adalian" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5101-9508" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/067266797" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/F-4126-2010" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://forensicanthropology.eu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03053170v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Adalian" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01087662v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges L&#233;onetti" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Dominique Piercecchi-Marti" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00740745v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00919406v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Rigeade" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Devriendt" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Lalys" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00443951v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00194130v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Guihard-Costa" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Brus" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Thiebaugeorges" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00194154v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvette Deloison" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00009374v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816524v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Leonetti" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dutour" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816532v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Chaillet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00172732v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Signoli" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Chev&#233;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bo&#235;tsch" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523381v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Ghirardelli" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Sachau-Carcel" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15hi1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523361v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Foutel" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15hhy" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05087794v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siam Knecht" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Kacki" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Ardagna" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Thomas" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Fort" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/133os" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209299v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Niel" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bonhomme" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03573789v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03573903v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03573901v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03573906v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Lagac&#233;" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Martrille" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Schmitt" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03110591v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathia Chaumo&#238;tre" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Delteil" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Dominique Piercecchi" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03110599v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03110552v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Corny" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03110576v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Corron" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03573912v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Granier" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03573910v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Henriques" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Saliba Serre" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugenia Cunha" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03573920v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03573898v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Kranioti" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Baccino" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Cattaneo" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03573918v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Argence" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03573915v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03573925v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Partiot" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Castex" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Guillon" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Maureille" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374477v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Mopin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathia Chaumoitre" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01820437v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02117217v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Guillon" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02117184v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02117196v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Tzortzis" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Parent" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Daveau" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03573932v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Navega" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Marchal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03573923v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Verna" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03573931v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gach" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gorincour" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01820472v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819937v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvana Condemi" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01646302v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Godio-Raboutet" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01819891v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Blanco" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819927v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Humez" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Telmon" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819868v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01820478v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01820414v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01819904v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819921v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819946v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01819914v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819957v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01819916v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01819909v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01820392v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01819925v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819962v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01819930v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01819936v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01819950v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bartoli" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819976v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Daumas" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819986v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01819943v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01819960v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819961v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parmentier Sandy" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819963v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01819966v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00847159v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Stevanovitch" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Martinet" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bouzaid" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00616780v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Blondel" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Jouve" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Panuel" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Tropiano" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00172853v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Tzortzis" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle S&#233;guy" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00173587v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Chaumoitre" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Signoli" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00007511v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Sauzade" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aminte Thomann" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00007533v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00007574v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Fiers" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Julien" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Pogneaux" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00007576v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00007554v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cianfarini" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00007510v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Mahieu" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Barge" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00007469v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00007536v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Paja" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Maczel" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03007222v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Bello" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00007570v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00004941v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Mahieu" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Barge" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03007200v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Didelot" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite Favre" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00004942v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02514755v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia M. Bello" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03110621v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03110631v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01820029v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819996v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01820003v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01879633v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819897v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819923v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383559v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nejma Goutas" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Th&#233;ry-Parisot" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01073167v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Sastre" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Tardivo" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00008948v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Vette" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00196693v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Foti" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00004943v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/halshs-00009290v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pascal-adalian" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5101-9508" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/067266797" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/F-4126-2010" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://forensicanthropology.eu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03053170v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Adalian" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01087662v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges L&#233;onetti" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Dominique Piercecchi-Marti" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00740745v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00919406v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Rigeade" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Devriendt" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Lalys" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00443951v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00194154v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvette Deloison" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00194130v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Guihard-Costa" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Brus" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Thiebaugeorges" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00009374v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816524v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Leonetti" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dutour" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816532v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Chaillet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00172732v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Signoli" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Chev&#233;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bo&#235;tsch" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523381v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Ghirardelli" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Sachau-Carcel" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15hi1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523361v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Foutel" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15hhy" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05087794v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siam Knecht" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Kacki" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Ardagna" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Thomas" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Fort" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/133os" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209299v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Niel" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bonhomme" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03573789v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03573903v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03573901v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03573906v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Lagac&#233;" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Martrille" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Schmitt" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03110591v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathia Chaumo&#238;tre" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Delteil" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Dominique Piercecchi" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03110599v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03110552v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Corny" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03110576v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Corron" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03573912v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Granier" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03573910v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Henriques" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Saliba Serre" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugenia Cunha" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03573898v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Kranioti" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Baccino" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Cattaneo" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03573920v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03573918v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Argence" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03573915v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02117184v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02117217v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Partiot" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Castex" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Guillon" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01820437v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Mopin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03573925v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Guillon" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Maureille" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374477v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathia Chaumoitre" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02117196v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Tzortzis" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Parent" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Daveau" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03573932v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Navega" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Marchal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03573923v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Verna" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03573931v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gach" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gorincour" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01820472v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819937v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvana Condemi" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01646302v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Godio-Raboutet" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01819891v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Blanco" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819868v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01820478v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819927v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Humez" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Telmon" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01820414v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01819904v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819946v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819921v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01819914v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819957v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01819916v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01819909v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01820392v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01819925v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819962v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01819930v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819976v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Daumas" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01819936v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01819950v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bartoli" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819986v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01819943v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01819960v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819961v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parmentier Sandy" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819963v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01819966v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00847159v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Stevanovitch" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Martinet" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bouzaid" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00616780v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Blondel" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Jouve" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Panuel" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Tropiano" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00172853v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Tzortzis" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle S&#233;guy" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00173587v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Chaumoitre" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Signoli" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00007576v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00007510v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Mahieu" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Barge" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00007554v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cianfarini" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00007533v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00007574v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Fiers" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Julien" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Pogneaux" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00007511v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Sauzade" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aminte Thomann" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00007469v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00007536v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Paja" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Maczel" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03007222v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Bello" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00007570v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00004941v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Mahieu" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Barge" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03007200v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Didelot" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite Favre" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00004942v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02514755v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia M. Bello" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03110621v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03110631v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01820029v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819996v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01820003v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01879633v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819897v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819923v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383559v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nejma Goutas" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Th&#233;ry-Parisot" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01073167v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Sastre" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Tardivo" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00008948v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Vette" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00196693v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Foti" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00004943v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/halshs-00009290v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>