--- v0 (2026-03-06)
+++ v1 (2026-03-29)
@@ -2092,286 +2092,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03032799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A genetic screen for functional partners of condensin in fission yeast</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Lydia Fauque</w:t>
+                <w:t xml:space="preserve">CPF-Associated Phosphatase Activity Opposes Condensin-Mediated Chromosome Condensation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Vanoosthuyse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pénélope Legros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Esther Mollereau</w:t>
+                <w:t xml:space="preserve">Sjaak J.A. van Der Sar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Janczarski</w:t>
+                <w:t xml:space="preserve">Gaël Yvert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kenji Toda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">G3</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">PLoS Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 10, pp.e1004415</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ensl-00962342v1</w:t>
+                <w:t xml:space="preserve">ensl-01074650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CPF-Associated Phosphatase Activity Opposes Condensin-Mediated Chromosome Condensation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">V. Vanoosthuyse</w:t>
+                <w:t xml:space="preserve">A genetic screen for functional partners of condensin in fission yeast</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Robellet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydia Fauque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pénélope Legros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sjaak J.A. van Der Sar</w:t>
+                <w:t xml:space="preserve">Esther Mollereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaël Yvert</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Kenji Toda</w:t>
+                <w:t xml:space="preserve">Stéphane Janczarski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Genetics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">G3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 4 (2), pp.373-81. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1534/g3.113.009621⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ensl-01074650v1</w:t>
+                <w:t xml:space="preserve">ensl-00962342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cell-cycle regulation of cohesin stability along fission yeast chromosomes.</w:t>
               </w:r>
@@ -2831,51 +2831,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="0694691F"/>
+    <w:nsid w:val="E96293BC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3062,51 +3062,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pascal-bernard" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2732-9685" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/182686043" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/24635747" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000000809361" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/I-1859-2015" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05382257v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Basille" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yea-Lih Lin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Connor Kirke" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cluet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yara Bawadi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04282519v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Lebreton" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onard Colin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Chatre" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bernard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876635v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Lebreton" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2024.113901" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04282018v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Reyes" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Berthezene" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Maestroni" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Modolo" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.89812.1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03842696v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Terrone" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Valat" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fontrodona" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Giraud" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Claude" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkac717" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03406851v2" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julieta Rivosecchi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Jost" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Vachez" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dr Gautier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26508/lsa.202101046" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03035985v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tong Li" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Coulon" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1091/mbc.E20-01-0021" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346967v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Larochelle" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Teste" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Grenier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Malapert" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/embj.2019101955" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347030v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yeraldinne Carrasco-Salas" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaheen Sulthana" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Molcrette" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Chazot-Franguiadakis" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkz341" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347214v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Reyes" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.38517" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347226v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stella Hartono" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#233;n&#233;lope Legros" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Ch&#233;din" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2017.12.016" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03406752v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Toselli&#8208;mollereau" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Robellet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Fauque" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lemaire" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Schiklenk" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/embj.201592849" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766558v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Pommier" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Gout" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Vincent" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lindsay Alcaraz" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chuvin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/0008-5472.CAN-14-3426" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032799v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sho Niinuma" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Vanoosthuyse" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1004794" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00962342v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Mollereau" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Janczarski" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/g3.113.009621" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-01074650v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sjaak J.A. van Der Sar" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Yvert" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenji Toda" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00214259v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bernard" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.K. Schmidt" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Vaur" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Dheur" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Drogat" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00106921v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Maure" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03031993v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Maure" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Partridge" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Genier" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Javerzat" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1064027" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pascal-bernard" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2732-9685" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/182686043" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/24635747" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000000809361" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/I-1859-2015" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05382257v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Basille" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yea-Lih Lin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Connor Kirke" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cluet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yara Bawadi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04282519v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Lebreton" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onard Colin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Chatre" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bernard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876635v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Lebreton" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2024.113901" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04282018v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Reyes" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Berthezene" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Maestroni" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Modolo" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.89812.1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03842696v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Terrone" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Valat" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fontrodona" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Giraud" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Claude" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkac717" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03406851v2" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julieta Rivosecchi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Jost" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Vachez" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dr Gautier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26508/lsa.202101046" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03035985v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tong Li" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Coulon" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1091/mbc.E20-01-0021" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346967v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Larochelle" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Teste" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Grenier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Malapert" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/embj.2019101955" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347030v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yeraldinne Carrasco-Salas" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaheen Sulthana" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Molcrette" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Chazot-Franguiadakis" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkz341" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347214v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Reyes" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.38517" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347226v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stella Hartono" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#233;n&#233;lope Legros" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Ch&#233;din" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2017.12.016" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03406752v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Toselli&#8208;mollereau" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Robellet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Fauque" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lemaire" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Schiklenk" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/embj.201592849" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766558v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Pommier" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Gout" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Vincent" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lindsay Alcaraz" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chuvin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/0008-5472.CAN-14-3426" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032799v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sho Niinuma" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Vanoosthuyse" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1004794" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-01074650v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sjaak J.A. van Der Sar" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Yvert" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenji Toda" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00962342v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Mollereau" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Janczarski" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/g3.113.009621" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00214259v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bernard" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.K. Schmidt" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Vaur" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Dheur" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Drogat" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00106921v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Maure" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03031993v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Maure" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Partridge" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Genier" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Javerzat" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1064027" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>