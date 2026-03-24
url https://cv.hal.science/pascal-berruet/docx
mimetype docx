--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Pascal Berruet </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (20)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Navigating the trace of executable domain specific languages through a trace domain query language.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiba Ajabri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Mottu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Attiogbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Journal of Object Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, The 21st European Conference on Modelling Foundations and Applications (ECMFA 2025), 24 (2), pp.1-15. </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5381/jot.2025.24.2.a8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05116946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resource constraint scheduling on two dedicated machines: Application to avionics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouissem Mesli-Kesraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Ledreck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Grolleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soraya Kesraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EURO Journal on Computational Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 12, pp.100093. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ejco.2024.100093⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04628148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La maîtrise de la demande en électricité au travers d'une présentation efficiente des données</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Tréhin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue de l'électricité et de l'électronique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, REE 2017-2, pp.66-77</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01521763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Collaborative Workflow for Computer-Aided Design in Ambient Assisted Living: The ASIM Project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Ferry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willy Allègre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augu Laurent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of intelligent systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01279239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Verification and validation of a Work Domain Analysis with turing machine task analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rechard Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Bignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Morineau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Ergonomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 47, pp.265-273</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01279220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental Verification of Ecological Interface Prototype Issued by an Automated Generation Tool</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Rechard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Morineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florine Léger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Bignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djamal Kesraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Procedia Manufacturing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 6th International Conference on Applied Human Factors and Ergonomics (AHFE) Jul 2015 Las Vegas, 3, pp.5747-5754. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.promfg.2015.07.817⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01981993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An integrated design flow for the joint generation of control and interfaces from a business model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Bignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers in Industry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 64 (6), pp.634-649. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.compind.2013.03.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00871860v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-Intrusive Context-Aware System for Ambient Assisted Living in Smart Home</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willy Allegre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Burger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Antoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Departe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Health and technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 3 (2), pp.129-138</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00910386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche pluridisciplinaire pour la conception des systèmes sociotechniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Rauffet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gael Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Chauvin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal national de la recherche en IUT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 4, pp.1-12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00843560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Non-Intrusive Context-Aware System for Ambient Assisted Living in Smart Home</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willy Allègre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Burger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Antoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Departe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Health and technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 3 (2), pp.129-138. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12553-013-0050-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00832893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conception d'un système domotique pour l'assistance aux personnes dépendantes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willy Allègre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Burger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-P. Departe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences et Technologies pour le Handicap</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 4 (2), pp.161-187</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00709390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une approche orientée services pour l’aide au handicap</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Said Lankri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Abellard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Luc Philippe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Schedae : prépublications de l'université de Caen Basse-Normandie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, prépublication n°14 (fascicule n°2), pp.51-59</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">sic_01797435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SimSED : un environnement pour modéliser et simuler des systèmes transitiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Lallican</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Philippe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal Européen des Systèmes Automatisés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, vol. 41, pp. 541-566</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00258355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using model engineering for the criticality analysis of reconfigurable manufacturing systems architectures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent de Lamotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Luc Philippe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal on Manufacturing Technology and Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 11 (3-4), pp.315 - 337</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00080197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Modelling Approach to Control a Handicap Technical Assistance System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aïssam Belabbas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Philippe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WSEAS Transactions on Information Science and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Issue 8, Volume 3, pp.1460 - 1467</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00079066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nested Anticipation in Design of Reconfigurable Manufacturing System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugène Kindler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Computing Anticipatory Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, XX, pp.XX-XX</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00080191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluating the reaction capabilities towards failures for a reconfigurable system architecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Frizon de Lamotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Rossi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">x</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00105536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Component-Based Simulation for a Reconfiguration Study of Transitic Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugène Kindler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Coudert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIMULATION: Transactions of The Society for Modeling and Simulation International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Vol. 80, n°3,, pp.153-163</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00080202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Component-based simulation for a reconfiguration study of transitic systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugen Kindler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Coudert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIMULATION: Transactions of The Society for Modeling and Simulation International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, vol. 80, pp. 153-163. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0037549704045048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00854456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Models and algorithms for failure diagnosis and recovery in FMS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Toguyeni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Craye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Flexible Manufacturing Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Vol 15, N°1, pp.57-85</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00080207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (65)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An interdisciplinary approach between human factor and industrial engineering to a better understanding of RMS: an industrial case</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalie Smith-Guérin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïck Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Guerin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Rauffet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th IFAC MIM Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, NTNU (Trondheim, Norway), Jun 2025, Trondheim ( Norvège), Norway</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05151059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FRAMICS: Functional Risk Assessment Methodology for Industrial Control Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Elmarkez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soraya Mesli-Kesraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavio Oquendo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">40th IFIP International Conference on ICT Systems Security and Privacy Protection (SEC 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IFIP, May 2025, Maribor, Slovenia. pp.180-194, </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-92882-6_13⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05491927v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Similarity Approach for the Classification of Mitigations in Public Cybersecurity Repositories into NIST-SP 800-53 Catalog</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Elmarkez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soraya Mesli-Kesraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavio Oquendo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djamal Kesraoui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th IFIP International Conference on Information Security Theory and Practice (WISTP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2024, Paris, France. pp.64-79, </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-60391-4_5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04895280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serious Game as Learning Media for Reconfigurable Manufacturing System: A Model Development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silmi Aprilia Andari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romadhani Ardi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th IFAC Conference on Manufacturing Modelling, Management and Control MIM 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Nantes, France. pp.1675-1680, </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2022.09.638⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04053044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a Model-Based Approach to Support Physical Test Process of Aircraft Hydraulic Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouissem Mesli-Kesraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassine Ouhammou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olga Goubali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Conference on Model and Data Engineering (MEDI 2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Tallinn, Estonia. pp.33-40, </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-78428-7_3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04024003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MODULARITY OF RMS: WHAT ABOUT THE AGGREGATION?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erica Capawa Fotsoh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Castagna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nasser Mebarki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13ème CONFERENCE INTERNATIONALE DE MODELISATION, OPTIMISATION ET SIMULATION (MOSIM2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, AGADIR (virtuel), Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03177750v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fault Diagnosis by Bayesian Network Classifiers with a Distance Rejection Criterion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Amine Atoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Achraf Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phillippe Rauffet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICINCO 19</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Prague, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03175821v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assisting the Configuration of Intelligent Safety Gateway</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Toublanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Bevan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent de Lamotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IECON 2018 - 44th Annual Conference of the IEEE Industrial Electronics Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Washington, United States. pp.5875-5880</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02154317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Démonstrateur ASSecIN: ligne industrielle virtuelle permettant l'évaluation de passerelle intelligente *</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Toublanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Guillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent de Lamotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11ème Colloque sur la Modélisation des Systèmes Réactifs (MSR 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01961937v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control / Supervision Design in the context of Reconfigurable Manufacturing Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechatronics 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02510493v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Automated Generation Approach of Simulation Models for Checking Control/Monitoring System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Prat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremy Cavron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djamal Kesraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Rauffet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFAC World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01590450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using a Virtual Plant to Support the Development of Intelligent Gateway for Sensors/Actuators Security</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Toublanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Guillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent de Lamotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vianney Lapotre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFAC World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Toulouse, France. pp.5837-5842</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01961897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EVALUATION D’UN OUTIL D’AIDE A LA SPECIFICATION FONCTIONNELLE DES SYSTEMES COMPLEXES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olga Goubali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Guittet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Bignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djamal Kesraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proc. ERGONOMIE INFORMATIQUE AVANCEE (ERGO'IA 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Bidart, France. pp.8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04150833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formal Verification of Software-Intensive Systems Architectures Described with Piping and Instrumentation Diagrams</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soraya Mesli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djamal Kesraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavio Oquendo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Bignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Toguyéni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 10th European Conference on Software Architecture (ECSA 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Copenhagen, Denmark. pp.210-226</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01440744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using Cognitive Work Analysis to design smart grid interfaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Chauvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Rauffet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Tréhin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Lassalle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Human Factors &amp; User Experience in everyday life, medicine, and work</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Human Factors and Ergonomics Society Europe, Oct 2015, Groningen, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01337564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Designing Functional Specifications for Complex Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olga Goubali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Guittet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Bignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djamal Kesraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Human-Computer Interaction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Toronto, Canada. pp.166-177, </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-39510-4_16⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02510488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Co-conception ergo-système d'un dispositif d'information smart-grid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Tréhin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Chauvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Lassalle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ergo'IA 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Bidart, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01353984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A multi-level requirements modeling for sociotechnical system simulation-based checking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Prat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Rauffet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Bignon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on System Man and Cybernetics (IEEE SMC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Nov 2016, Budapest, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01358015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formal and Joint Verification of Control Programs and Supervision Interfaces for Socio-technical Systems Components</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soraya Mesli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Toguyéni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Bignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavio Oquendo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djamal Kesraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 13th IFAC Symposium on Analysis, Design, and Evaluation of Human-Machine Systems (HMS 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2016, Kyoto, Japan. pp.427-467</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01441587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vérification formelle de chaines de contrôle-commande d'éléments de conception standardisés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soraya Mesli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Bignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djamal Kesraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Toguyeni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavio Oquendo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 11th International Conference on Modeling, Optimization &amp; Simulation (MOSIM 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2016, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01441589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Designing sociotechnical systems: a CWA-based method for dynamic function allocation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Rauffet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Chauvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gael Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECCE 2015 – European Conference on Cognitive Ergonomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dittmar Anke; Sikorski Marcin, Jul 2015, Varsaw, Poland. pp.21</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01217017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Designing sociotechnical systems: a CWA-based method for dynamic function allocation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Rauffet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Chauvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gael Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">33rd European Conference on Cognitive Ergonomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ECCE, Jul 2015, Warsaw, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01217271v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faciliter la spécification fonctionnelle des systèmes complexes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olga Goubali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Guittet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Bignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proc. 27ème conférence francophone sur l'Interaction Homme-Machine (IHM 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Toulouse, France. pp.4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04195602v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Model Driven & Collaborative Workflow for smart Home automation system design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BIT’s 2nd Annual International Conference of Emerging Industry </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, Shenzen, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01279215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers l' intégration d'une approche de génération automatique de mod ele de simulation dans un flot de conception de contrôle -commande</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Prat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Rauffet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Bignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JDJN MACS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GDR MACS, Jun 2015, Bourges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01251052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaxagore, un exemple d’ingénierie dirigée par les modèles pour la supervision industrielle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olga Goubali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Bignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Guittet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proc. Ergonomie et Informatique Avancée (ERGO'IA 2014)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Bidart, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04205794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cluster-Head Selection Algorithm to Enhance Energy-Efficiency and Reliability of Wireless Sensor Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Van-Trinh Hoang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th European Wireless (EW) Conference.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Barcelona, Spain. pp. xxx</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00975338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The detection and localization of hard-failure for Wireless Sensor Node based on online power management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Van-Trinh Hoang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le huitième colloque du GDR SOC-SIP du CNRS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00975322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Increasing the autonomy of Wireless Sensor Node by effective use of both DPM and DVFS methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Van-Trinh Hoang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th Edition of IEEE Faible Tension Faible Consommation - IEEE FTFC 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Paris, France. pp.xx-yy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00823924v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On-line self-diagnosis based on power measurement for a wireless sensor node</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Van-Trinh Hoang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">First IEEE Workshop on Highly-Reliable Power-Efficient Embedded Designs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2013, Shenzhen, China. p. xx-xx</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00782758v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Data processing from manufacturing systems to decision support systems: propositions of alternative design approaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Castagna</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Information Control Problems in Manufacturing INCOM 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Bucharest, Romania. pp.1129-1134, </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3182/20120523-3-RO-2023.00140⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00808263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conception sous Contraintes de Sûreté de Fonctionnement et de Consommation d'énergie de Réseau de Capteurs Sans Fil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Van-Trinh Hoang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le sixième colloque du GDR SOC-SIP du CNRS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00975319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TRAITEMENT DES DONNÉES DES SYSTÈMES DE PRODUCTION POUR LES SYSTÈMES D'AIDE À LA DÉCISION: PROPOSITIONS D'APPROCHES DE CONCEPTION ALTERNATIVES.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Castagna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Conference on Modeling, Optimization &amp; SIMulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00728683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Non-Intrusive Monitoring System for Ambient Assisted Living Service Delivery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willy Allègre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Burger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Antoine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Conference On Smart homes and health Telematics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Artiminio, Italy. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-30779-9_19⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00682004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design under Constraints of Availability and Energy for Sensor Node in Wireless Sensor Network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Van-Trinh Hoang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Design and Architectures for Signal and Image Processing (DASIP), October 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Karlsruhe, Germany. pp.E-ISBN : 978-2-9539987-4-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00768442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generation of Multiplatform Control for Transitic Systems using a Component-Based Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Bevan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Frizon de Lamotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Emerging Technologies and Factory Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00764028v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Test d'une interface écologique appliquée au pilotage de sous-marin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samantha Judas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Rauffet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gael Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Chauvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ErgoIHM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Bidart, France. pp.23-26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00843576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Non-Intrusive Monitoring System for Ambient Assisted Living Service Delivery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willy Allègre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Burger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Antoine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Conference on Smart Homes and Health Telematics, ICOST'2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Artiminio, Italy. pp.148-156</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00788163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modèle de supervision d'interaction non-intrusif basé sur les ontologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willy Allègre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Burger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Antoine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGC 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2012, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00649214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambient Assisted Living with Linux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willy Allègre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Séguin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Burger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent de Lamotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Embed With Linux (EWiLi) workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Saint-Malo, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00599666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Model-Driven Flow for Assistive Home Automation System Design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willy Allègre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Burger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFAC 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Milano, Italy. </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3182/20110828-6-IT-1002.00545⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00580070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proposal of an Approach to Automate the Generation of a Transitic System's Observer and Decision Support using MDE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Castagna</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFAC World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Milano, Italy. pp.3593-3598, </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3182/20110828-6-IT-1002.02521⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00808261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aide à la conception d'un système domotique pour l'assistance aux personnes à mobilité réduite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willy Allègre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Burger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Majestic 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00505524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joint generation of controls and interfaces for sociotechnical and reconfigurable systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Bignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Rossi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Systems, Man, and Cybernetics (SMC 2010)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Turkey. pp.749-755</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00662605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-Level Reconfiguration in the DANAH Assistive System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saïd Lankri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Luc Philippe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE SMC 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, San Antonio, United States. pp.1110-1115</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00484007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multicriteria Decision Making Approach For Reconfigurable Manufacturing Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marwa Kanso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Luc Philippe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Annual Conference on Human Decision Making and Manual Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Reims, France. pp.37-44</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00484025v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Service Reconfiguration in the DANAH Assistive System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Said Lankri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Philippe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Smart Homes and Health Telematics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2009, Tours, France. non encore disponible</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00380377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-Level Reconﬁguration in the DANAH Assistive System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Said Lankri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Philippe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2009 IEEE International Conference on Systems, Man, and Cybernetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, United States. pp.0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00417019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control/Command code generation using Model Engineering applied on an electric train</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent de Lamotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Luc Philippe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th IFAC World Congress 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Seoul, South Korea. pp.8327-8332</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00484037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Architecture and models of the DANAH assistive system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Said Lankri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Philippe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 3rd international workshop on Services integration in pervasive environments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Sorrento, Italy. pp.19-24, </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/1387309.1387314⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00330430v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generation of control for conveying systems based on component approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Louis Lallican</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Luc Philippe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE SMC 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, Montréal, Canada. 7p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00484047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A component-based approach for conveying systems control design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Louis Lallican</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Luc Philippe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th International Conference on Informatics in Control, Automation and Robotics ICINCO 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2007, Angers, France. pp.329-336</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00484042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ordonnancement prévisionnel en ligne pour une flotte de fauteuils roulants électriques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aïssam Belabbas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Philippe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop International : Logistique &amp; Transport 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2007, Sousse, Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00168691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A cooperative model generation for disabled people assistance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aïssam Belabbas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Philippe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th WSEAS International Conference. on TELECOMMUNICATIONS and INFORMATICS (TELE-INFO '06)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Istanbul, Turkey</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00079164v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SIMSED : UN ENVIRONNEMENT POUR MODELISER ET SIMULER DES SYSTEMES TRANSITIQUES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Lallican</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Philippe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Apr 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00105822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SIMSED : UN ENVIRONNEMENT DE MODELISATION ET DE SIMULATION DES SYSTEMES TRANSITIQUES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Lallican</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Philippe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mar 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00105817v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A model for the reconfiguration of manufacturing systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Frizon de Lamotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Philippe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jul 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00105539v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Disabled people transportation assistance in a reconfigurable ambient computing environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aïssam Belabbas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Philippe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Conference on ITS Telecommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Brest, France. pp. 385-388</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00079166v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using model transformation for the analysis of the architecture of a reconfigurable system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Frizon de Lamotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Philippe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jul 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00105541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A component based approach for the design of FMS control and supervision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Lallican</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Philippe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Oct 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00105818v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A reconfigurable technical assistance for disabled people</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aïssam Belabbas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Philippe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th IMACS World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00079165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SimSED: a tool for modeling and Simulating Transitic Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Lallican</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Philippe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Oct 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00105820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FMS Reconfiguration based on Petri nets models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aïssam Belabbas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE SMC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, La Hague, France. pp.1819-1824</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00079168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integration of reconfiguration in transitic systems: an agent based approached</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Coudert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Kindler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE SMC 2003, invited session</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2003, Washington, United States. pp.4008-4014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00106243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conveyors with rollers as anticipatory systems: their simulation models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Coudert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Kindler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIP Conference Proceedings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Liège, Belgium. pp.582-592</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00106240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a Reference Model for Configuration of Reconfigurable Manufacturing System (RMS)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erica Capawa Fotsoh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nasser Mebarki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Castagna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco Gamboa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Production Management Systems. The Path to Digital Transformation and Innovation of Production Management Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 591, Springer International Publishing, pp.391-398, 2020, IFIP Advances in Information and Communication Technology, </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-57993-7_44⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03536035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Classification for Reconfigurable Manufacturing Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erica Capawa-Fotsoh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nasser Mebarki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Castagna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">From Design to Implementation. Springer Series in Advanced Manufacturing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02477943v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Architectures de pilotage de procédés industriels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Zamaï</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Rigaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Pétin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Toguyeni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Techniques de l'Ingénieur. Génie industriel - Conception et Production - Conduite des systèmes industriels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Techniques de l'Ingénieur, pp.AG3510, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00156363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modèles et Algorithmes pour la surveillance supervision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Craye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Toguyeni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">B. DUBUISSON. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Maîtrise des Risques et Sûreté de Fonctionnement des Systèmes de Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hermes, pp.145-196, 2002, Traité IC2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00080208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dépôt logiciel AppliConso version du 26/05/2016</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Tréhin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : IDDN.FR.001.400006.000.S.P.2016.000.10000. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02510499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une approche orientée services pour l’aide au handicap</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Said Lankri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Abellard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Luc Philippe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">sic_05169424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId200"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Pascal Berruet </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (20)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Navigating the trace of executable domain specific languages through a trace domain query language.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiba Ajabri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Mottu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Attiogbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Journal of Object Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, The 21st European Conference on Modelling Foundations and Applications (ECMFA 2025), 24 (2), pp.1-15. </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5381/jot.2025.24.2.a8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05116946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resource constraint scheduling on two dedicated machines: Application to avionics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouissem Mesli-Kesraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Ledreck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Grolleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soraya Kesraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EURO Journal on Computational Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 12, pp.100093. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ejco.2024.100093⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04628148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La maîtrise de la demande en électricité au travers d'une présentation efficiente des données</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Tréhin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue de l'électricité et de l'électronique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, REE 2017-2, pp.66-77</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01521763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Collaborative Workflow for Computer-Aided Design in Ambient Assisted Living: The ASIM Project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Ferry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willy Allègre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augu Laurent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of intelligent systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01279239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Verification and validation of a Work Domain Analysis with turing machine task analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rechard Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Bignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Morineau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Ergonomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 47, pp.265-273</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01279220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental Verification of Ecological Interface Prototype Issued by an Automated Generation Tool</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Rechard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Morineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florine Léger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Bignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djamal Kesraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Procedia Manufacturing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 6th International Conference on Applied Human Factors and Ergonomics (AHFE) Jul 2015 Las Vegas, 3, pp.5747-5754. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.promfg.2015.07.817⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01981993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-Intrusive Context-Aware System for Ambient Assisted Living in Smart Home</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willy Allegre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Burger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Antoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Departe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Health and technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 3 (2), pp.129-138</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00910386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An integrated design flow for the joint generation of control and interfaces from a business model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Bignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers in Industry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 64 (6), pp.634-649. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.compind.2013.03.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00871860v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche pluridisciplinaire pour la conception des systèmes sociotechniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Rauffet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gael Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Chauvin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal national de la recherche en IUT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 4, pp.1-12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00843560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Non-Intrusive Context-Aware System for Ambient Assisted Living in Smart Home</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willy Allègre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Burger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Antoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Departe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Health and technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 3 (2), pp.129-138. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12553-013-0050-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00832893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conception d'un système domotique pour l'assistance aux personnes dépendantes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willy Allègre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Burger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-P. Departe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences et Technologies pour le Handicap</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 4 (2), pp.161-187</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00709390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SimSED : un environnement pour modéliser et simuler des systèmes transitiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Lallican</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Philippe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal Européen des Systèmes Automatisés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, vol. 41, pp. 541-566</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00258355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une approche orientée services pour l’aide au handicap</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Said Lankri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Abellard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Luc Philippe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Schedae : prépublications de l'université de Caen Basse-Normandie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, prépublication n°14 (fascicule n°2), pp.51-59</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">sic_01797435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using model engineering for the criticality analysis of reconfigurable manufacturing systems architectures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent de Lamotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Luc Philippe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal on Manufacturing Technology and Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 11 (3-4), pp.315 - 337</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00080197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nested Anticipation in Design of Reconfigurable Manufacturing System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugène Kindler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Computing Anticipatory Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, XX, pp.XX-XX</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00080191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Modelling Approach to Control a Handicap Technical Assistance System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aïssam Belabbas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Philippe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WSEAS Transactions on Information Science and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Issue 8, Volume 3, pp.1460 - 1467</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00079066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluating the reaction capabilities towards failures for a reconfigurable system architecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Frizon de Lamotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Rossi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">x</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00105536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Component-Based Simulation for a Reconfiguration Study of Transitic Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugène Kindler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Coudert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIMULATION: Transactions of The Society for Modeling and Simulation International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Vol. 80, n°3,, pp.153-163</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00080202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Component-based simulation for a reconfiguration study of transitic systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugen Kindler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Coudert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIMULATION: Transactions of The Society for Modeling and Simulation International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, vol. 80, pp. 153-163. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0037549704045048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00854456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Models and algorithms for failure diagnosis and recovery in FMS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Toguyeni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Craye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Flexible Manufacturing Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Vol 15, N°1, pp.57-85</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00080207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (65)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An interdisciplinary approach between human factor and industrial engineering to a better understanding of RMS: an industrial case</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalie Smith-Guérin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïck Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Guerin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Rauffet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th IFAC MIM Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, NTNU (Trondheim, Norway), Jun 2025, Trondheim ( Norvège), Norway</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05151059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FRAMICS: Functional Risk Assessment Methodology for Industrial Control Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Elmarkez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soraya Mesli-Kesraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavio Oquendo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">40th IFIP International Conference on ICT Systems Security and Privacy Protection (SEC 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IFIP, May 2025, Maribor, Slovenia. pp.180-194, </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-92882-6_13⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05491927v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Similarity Approach for the Classification of Mitigations in Public Cybersecurity Repositories into NIST-SP 800-53 Catalog</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Elmarkez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soraya Mesli-Kesraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavio Oquendo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djamal Kesraoui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th IFIP International Conference on Information Security Theory and Practice (WISTP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2024, Paris, France. pp.64-79, </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-60391-4_5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04895280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serious Game as Learning Media for Reconfigurable Manufacturing System: A Model Development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silmi Aprilia Andari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romadhani Ardi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th IFAC Conference on Manufacturing Modelling, Management and Control MIM 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Nantes, France. pp.1675-1680, </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2022.09.638⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04053044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a Model-Based Approach to Support Physical Test Process of Aircraft Hydraulic Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouissem Mesli-Kesraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassine Ouhammou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olga Goubali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Conference on Model and Data Engineering (MEDI 2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Tallinn, Estonia. pp.33-40, </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-78428-7_3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04024003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MODULARITY OF RMS: WHAT ABOUT THE AGGREGATION?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erica Capawa Fotsoh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Castagna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nasser Mebarki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13ème CONFERENCE INTERNATIONALE DE MODELISATION, OPTIMISATION ET SIMULATION (MOSIM2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, AGADIR (virtuel), Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03177750v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fault Diagnosis by Bayesian Network Classifiers with a Distance Rejection Criterion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Amine Atoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Achraf Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phillippe Rauffet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICINCO 19</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Prague, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03175821v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assisting the Configuration of Intelligent Safety Gateway</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Toublanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Bevan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent de Lamotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IECON 2018 - 44th Annual Conference of the IEEE Industrial Electronics Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Washington, United States. pp.5875-5880</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02154317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Démonstrateur ASSecIN: ligne industrielle virtuelle permettant l'évaluation de passerelle intelligente *</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Toublanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Guillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent de Lamotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11ème Colloque sur la Modélisation des Systèmes Réactifs (MSR 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01961937v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control / Supervision Design in the context of Reconfigurable Manufacturing Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechatronics 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02510493v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Automated Generation Approach of Simulation Models for Checking Control/Monitoring System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Prat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremy Cavron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djamal Kesraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Rauffet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFAC World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01590450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using a Virtual Plant to Support the Development of Intelligent Gateway for Sensors/Actuators Security</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Toublanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Guillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent de Lamotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vianney Lapotre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFAC World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Toulouse, France. pp.5837-5842</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01961897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A multi-level requirements modeling for sociotechnical system simulation-based checking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Prat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Rauffet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Bignon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on System Man and Cybernetics (IEEE SMC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Nov 2016, Budapest, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01358015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Co-conception ergo-système d'un dispositif d'information smart-grid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Tréhin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Chauvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Lassalle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ergo'IA 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Bidart, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01353984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EVALUATION D’UN OUTIL D’AIDE A LA SPECIFICATION FONCTIONNELLE DES SYSTEMES COMPLEXES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olga Goubali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Guittet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Bignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djamal Kesraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proc. ERGONOMIE INFORMATIQUE AVANCEE (ERGO'IA 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Bidart, France. pp.8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04150833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formal Verification of Software-Intensive Systems Architectures Described with Piping and Instrumentation Diagrams</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soraya Mesli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djamal Kesraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavio Oquendo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Bignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Toguyéni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 10th European Conference on Software Architecture (ECSA 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Copenhagen, Denmark. pp.210-226</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01440744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Designing Functional Specifications for Complex Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olga Goubali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Guittet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Bignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djamal Kesraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Human-Computer Interaction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Toronto, Canada. pp.166-177, </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-39510-4_16⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02510488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using Cognitive Work Analysis to design smart grid interfaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Chauvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Rauffet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Tréhin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Lassalle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Human Factors &amp; User Experience in everyday life, medicine, and work</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Human Factors and Ergonomics Society Europe, Oct 2015, Groningen, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01337564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formal and Joint Verification of Control Programs and Supervision Interfaces for Socio-technical Systems Components</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soraya Mesli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Toguyéni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Bignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavio Oquendo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djamal Kesraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 13th IFAC Symposium on Analysis, Design, and Evaluation of Human-Machine Systems (HMS 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2016, Kyoto, Japan. pp.427-467</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01441587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vérification formelle de chaines de contrôle-commande d'éléments de conception standardisés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soraya Mesli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Bignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djamal Kesraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Toguyeni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavio Oquendo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 11th International Conference on Modeling, Optimization &amp; Simulation (MOSIM 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2016, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01441589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faciliter la spécification fonctionnelle des systèmes complexes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olga Goubali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Guittet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Bignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proc. 27ème conférence francophone sur l'Interaction Homme-Machine (IHM 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Toulouse, France. pp.4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04195602v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Designing sociotechnical systems: a CWA-based method for dynamic function allocation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Rauffet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Chauvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gael Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">33rd European Conference on Cognitive Ergonomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ECCE, Jul 2015, Warsaw, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01217271v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Designing sociotechnical systems: a CWA-based method for dynamic function allocation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Rauffet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Chauvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gael Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECCE 2015 – European Conference on Cognitive Ergonomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dittmar Anke; Sikorski Marcin, Jul 2015, Varsaw, Poland. pp.21</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01217017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Model Driven & Collaborative Workflow for smart Home automation system design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BIT’s 2nd Annual International Conference of Emerging Industry </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, Shenzen, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01279215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers l' intégration d'une approche de génération automatique de mod ele de simulation dans un flot de conception de contrôle -commande</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Prat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Rauffet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Bignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JDJN MACS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GDR MACS, Jun 2015, Bourges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01251052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaxagore, un exemple d’ingénierie dirigée par les modèles pour la supervision industrielle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olga Goubali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Bignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Guittet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proc. Ergonomie et Informatique Avancée (ERGO'IA 2014)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Bidart, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04205794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cluster-Head Selection Algorithm to Enhance Energy-Efficiency and Reliability of Wireless Sensor Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Van-Trinh Hoang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th European Wireless (EW) Conference.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Barcelona, Spain. pp. xxx</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00975338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Increasing the autonomy of Wireless Sensor Node by effective use of both DPM and DVFS methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Van-Trinh Hoang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th Edition of IEEE Faible Tension Faible Consommation - IEEE FTFC 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Paris, France. pp.xx-yy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00823924v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The detection and localization of hard-failure for Wireless Sensor Node based on online power management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Van-Trinh Hoang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le huitième colloque du GDR SOC-SIP du CNRS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00975322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On-line self-diagnosis based on power measurement for a wireless sensor node</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Van-Trinh Hoang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">First IEEE Workshop on Highly-Reliable Power-Efficient Embedded Designs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2013, Shenzhen, China. p. xx-xx</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00782758v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TRAITEMENT DES DONNÉES DES SYSTÈMES DE PRODUCTION POUR LES SYSTÈMES D'AIDE À LA DÉCISION: PROPOSITIONS D'APPROCHES DE CONCEPTION ALTERNATIVES.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Castagna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Conference on Modeling, Optimization &amp; SIMulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00728683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conception sous Contraintes de Sûreté de Fonctionnement et de Consommation d'énergie de Réseau de Capteurs Sans Fil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Van-Trinh Hoang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le sixième colloque du GDR SOC-SIP du CNRS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00975319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Data processing from manufacturing systems to decision support systems: propositions of alternative design approaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Castagna</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Information Control Problems in Manufacturing INCOM 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Bucharest, Romania. pp.1129-1134, </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3182/20120523-3-RO-2023.00140⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00808263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generation of Multiplatform Control for Transitic Systems using a Component-Based Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Bevan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Frizon de Lamotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Emerging Technologies and Factory Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00764028v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Non-Intrusive Monitoring System for Ambient Assisted Living Service Delivery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willy Allègre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Burger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Antoine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Conference On Smart homes and health Telematics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Artiminio, Italy. </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-30779-9_19⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00682004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design under Constraints of Availability and Energy for Sensor Node in Wireless Sensor Network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Van-Trinh Hoang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Design and Architectures for Signal and Image Processing (DASIP), October 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Karlsruhe, Germany. pp.E-ISBN : 978-2-9539987-4-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00768442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Test d'une interface écologique appliquée au pilotage de sous-marin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samantha Judas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Rauffet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gael Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Chauvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ErgoIHM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Bidart, France. pp.23-26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00843576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Non-Intrusive Monitoring System for Ambient Assisted Living Service Delivery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willy Allègre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Burger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Antoine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Conference on Smart Homes and Health Telematics, ICOST'2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Artiminio, Italy. pp.148-156</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00788163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modèle de supervision d'interaction non-intrusif basé sur les ontologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willy Allègre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Burger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Antoine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGC 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2012, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00649214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Model-Driven Flow for Assistive Home Automation System Design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willy Allègre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Burger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFAC 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Milano, Italy. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3182/20110828-6-IT-1002.00545⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00580070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambient Assisted Living with Linux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willy Allègre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Séguin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Burger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent de Lamotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Embed With Linux (EWiLi) workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Saint-Malo, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00599666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proposal of an Approach to Automate the Generation of a Transitic System's Observer and Decision Support using MDE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Castagna</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFAC World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Milano, Italy. pp.3593-3598, </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3182/20110828-6-IT-1002.02521⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00808261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aide à la conception d'un système domotique pour l'assistance aux personnes à mobilité réduite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willy Allègre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Burger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Majestic 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00505524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joint generation of controls and interfaces for sociotechnical and reconfigurable systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Bignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Rossi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Systems, Man, and Cybernetics (SMC 2010)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Turkey. pp.749-755</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00662605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Service Reconfiguration in the DANAH Assistive System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Said Lankri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Philippe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Smart Homes and Health Telematics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2009, Tours, France. non encore disponible</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00380377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multicriteria Decision Making Approach For Reconfigurable Manufacturing Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marwa Kanso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Luc Philippe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Annual Conference on Human Decision Making and Manual Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Reims, France. pp.37-44</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00484025v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-Level Reconfiguration in the DANAH Assistive System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saïd Lankri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Luc Philippe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE SMC 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, San Antonio, United States. pp.1110-1115</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00484007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-Level Reconﬁguration in the DANAH Assistive System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Said Lankri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Philippe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2009 IEEE International Conference on Systems, Man, and Cybernetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, United States. pp.0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00417019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control/Command code generation using Model Engineering applied on an electric train</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent de Lamotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Luc Philippe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th IFAC World Congress 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Seoul, South Korea. pp.8327-8332</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00484037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Architecture and models of the DANAH assistive system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Said Lankri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Philippe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 3rd international workshop on Services integration in pervasive environments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Sorrento, Italy. pp.19-24, </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/1387309.1387314⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00330430v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generation of control for conveying systems based on component approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Louis Lallican</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Luc Philippe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE SMC 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, Montréal, Canada. 7p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00484047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A component-based approach for conveying systems control design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Louis Lallican</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Luc Philippe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th International Conference on Informatics in Control, Automation and Robotics ICINCO 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2007, Angers, France. pp.329-336</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00484042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ordonnancement prévisionnel en ligne pour une flotte de fauteuils roulants électriques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aïssam Belabbas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Philippe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop International : Logistique &amp; Transport 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2007, Sousse, Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00168691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A cooperative model generation for disabled people assistance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aïssam Belabbas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Philippe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th WSEAS International Conference. on TELECOMMUNICATIONS and INFORMATICS (TELE-INFO '06)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Istanbul, Turkey</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00079164v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SIMSED : UN ENVIRONNEMENT POUR MODELISER ET SIMULER DES SYSTEMES TRANSITIQUES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Lallican</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Philippe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Apr 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00105822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A model for the reconfiguration of manufacturing systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Frizon de Lamotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Philippe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jul 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00105539v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SIMSED : UN ENVIRONNEMENT DE MODELISATION ET DE SIMULATION DES SYSTEMES TRANSITIQUES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Lallican</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Philippe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mar 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00105817v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Disabled people transportation assistance in a reconfigurable ambient computing environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aïssam Belabbas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Philippe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Conference on ITS Telecommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Brest, France. pp. 385-388</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00079166v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using model transformation for the analysis of the architecture of a reconfigurable system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Frizon de Lamotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Philippe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jul 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00105541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A component based approach for the design of FMS control and supervision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Lallican</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Philippe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Oct 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00105818v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SimSED: a tool for modeling and Simulating Transitic Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Lallican</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Philippe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Oct 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00105820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A reconfigurable technical assistance for disabled people</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aïssam Belabbas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Philippe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th IMACS World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00079165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FMS Reconfiguration based on Petri nets models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aïssam Belabbas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE SMC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, La Hague, France. pp.1819-1824</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00079168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integration of reconfiguration in transitic systems: an agent based approached</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Coudert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Kindler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE SMC 2003, invited session</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2003, Washington, United States. pp.4008-4014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00106243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conveyors with rollers as anticipatory systems: their simulation models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Coudert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Kindler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIP Conference Proceedings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Liège, Belgium. pp.582-592</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00106240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a Reference Model for Configuration of Reconfigurable Manufacturing System (RMS)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erica Capawa Fotsoh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nasser Mebarki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Castagna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco Gamboa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Production Management Systems. The Path to Digital Transformation and Innovation of Production Management Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 591, Springer International Publishing, pp.391-398, 2020, IFIP Advances in Information and Communication Technology, </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-57993-7_44⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03536035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Classification for Reconfigurable Manufacturing Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erica Capawa-Fotsoh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nasser Mebarki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Castagna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">From Design to Implementation. Springer Series in Advanced Manufacturing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02477943v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Architectures de pilotage de procédés industriels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Zamaï</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Rigaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Pétin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Toguyeni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Techniques de l'Ingénieur. Génie industriel - Conception et Production - Conduite des systèmes industriels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Techniques de l'Ingénieur, pp.AG3510, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00156363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modèles et Algorithmes pour la surveillance supervision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Craye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Toguyeni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">B. DUBUISSON. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Maîtrise des Risques et Sûreté de Fonctionnement des Systèmes de Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hermes, pp.145-196, 2002, Traité IC2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00080208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dépôt logiciel AppliConso version du 26/05/2016</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Tréhin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : IDDN.FR.001.400006.000.S.P.2016.000.10000. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02510499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une approche orientée services pour l’aide au handicap</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Said Lankri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Abellard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Berruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Luc Philippe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">sic_05169424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId200"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05116946v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiba Ajabri" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Mottu" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Attiogb&#233;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Berruet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5381/jot.2025.24.2.a8" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628148v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouissem Mesli-Kesraoui" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Ledreck" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Grolleau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soraya Kesraoui" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejco.2024.100093" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01521763v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Tr&#233;hin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01279239v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ferry" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willy All&#232;gre" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augu Laurent" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01279220v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rechard Julien" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bignon" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Morineau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01981993v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Rechard" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florine L&#233;ger" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamal Kesraoui" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.promfg.2015.07.817" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00871860v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Rossi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compind.2013.03.005" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MS023MG8-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910386v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willy Allegre" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Burger" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Antoine" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Departe" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843560v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Rauffet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Morel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Chauvin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00832893v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12553-013-0050-y" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00709390v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Departe" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01797435v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Lankri" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Abellard" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Luc Philippe" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00258355v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Lallican" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Philippe" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00080197v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent de Lamotte" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00079066v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;ssam Belabbas" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00080191v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#232;ne Kindler" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00105536v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Frizon de Lamotte" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00080202v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Coudert" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00854456v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugen Kindler" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0037549704045048" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/5C286DEFF8DD0F96FB910DFF4D13FE6AC068D329/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00080207v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Toguyeni" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Craye" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05151059v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie Smith-Gu&#233;rin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;ck Simon" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Guerin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491927v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Elmarkez" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soraya Mesli-Kesraoui" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavio Oquendo" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-92882-6_13" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04895280v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-60391-4_5" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04053044v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silmi Aprilia Andari" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cardin" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romadhani Ardi" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2022.09.638" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-04024003v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Ouhammou" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Goubali" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Girard" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-78428-7_3" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03177750v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erica Capawa Fotsoh" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Castagna" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nasser Mebarki" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03175821v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Amine Atoui" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achraf Cohen" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phillippe Rauffet" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154317v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Toublanc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bevan" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01961937v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Guillet" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02510493v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01590450v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Prat" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Cavron" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01961897v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vianney Lapotre" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150833v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Guittet" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01440744v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soraya Mesli" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Toguy&#233;ni" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01337564v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lassalle" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02510488v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-39510-4_16" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01353984v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358015v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01441587v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01441589v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217017v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217271v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195602v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01279215v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01251052v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205794v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00975338v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Van-Trinh Hoang" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Julien" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00975322v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00823924v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00782758v2" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00808263v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Adam" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20120523-3-RO-2023.00140" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00975319v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00728683v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00682004v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-30779-9_19" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00768442v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764028v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Adam" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843576v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Judas" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00788163v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00649214v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00599666v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric S&#233;guin" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00580070v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20110828-6-IT-1002.00545" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00808261v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20110828-6-IT-1002.02521" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00505524v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00662605v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00484007v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Lankri" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00484025v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwa Kanso" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00380377v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00417019v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00484037v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00330430v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1387309.1387314" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00484047v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis Lallican" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00484042v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00168691v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00079164v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00105822v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00105817v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00105539v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00079166v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00105541v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00105818v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00079165v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00105820v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00079168v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00106243v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Kindler" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00106240v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03536035v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Gamboa" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-57993-7_44" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477943v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erica Capawa-Fotsoh" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00156363v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Zama&#239;" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Rigaud" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois P&#233;tin" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00080208v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02510499v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_05169424v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05116946v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiba Ajabri" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Mottu" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Attiogb&#233;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Berruet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5381/jot.2025.24.2.a8" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628148v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouissem Mesli-Kesraoui" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Ledreck" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Grolleau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soraya Kesraoui" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejco.2024.100093" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01521763v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Tr&#233;hin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01279239v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ferry" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willy All&#232;gre" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augu Laurent" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01279220v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rechard Julien" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bignon" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Morineau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01981993v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Rechard" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florine L&#233;ger" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamal Kesraoui" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.promfg.2015.07.817" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910386v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willy Allegre" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Burger" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Antoine" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Departe" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00871860v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Rossi" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compind.2013.03.005" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MS023MG8-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843560v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Rauffet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Morel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Chauvin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00832893v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12553-013-0050-y" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00709390v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Departe" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00258355v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Lallican" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Philippe" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01797435v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Lankri" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Abellard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Luc Philippe" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00080197v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent de Lamotte" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00080191v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#232;ne Kindler" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00079066v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;ssam Belabbas" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00105536v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Frizon de Lamotte" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00080202v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Coudert" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00854456v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugen Kindler" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0037549704045048" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/5C286DEFF8DD0F96FB910DFF4D13FE6AC068D329/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00080207v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Toguyeni" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Craye" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05151059v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie Smith-Gu&#233;rin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;ck Simon" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Guerin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491927v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Elmarkez" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soraya Mesli-Kesraoui" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavio Oquendo" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-92882-6_13" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04895280v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-60391-4_5" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04053044v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silmi Aprilia Andari" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cardin" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romadhani Ardi" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2022.09.638" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-04024003v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Ouhammou" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Goubali" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Girard" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-78428-7_3" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03177750v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erica Capawa Fotsoh" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Castagna" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nasser Mebarki" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03175821v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Amine Atoui" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achraf Cohen" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phillippe Rauffet" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154317v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Toublanc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bevan" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01961937v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Guillet" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02510493v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01590450v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Prat" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Cavron" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01961897v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vianney Lapotre" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358015v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01353984v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lassalle" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150833v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Guittet" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01440744v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soraya Mesli" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Toguy&#233;ni" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02510488v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-39510-4_16" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01337564v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01441587v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01441589v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195602v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217271v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217017v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01279215v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01251052v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205794v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00975338v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Van-Trinh Hoang" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Julien" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00823924v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00975322v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00782758v2" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00728683v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Adam" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00975319v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00808263v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20120523-3-RO-2023.00140" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764028v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Adam" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00682004v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-30779-9_19" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00768442v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843576v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Judas" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00788163v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00649214v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00580070v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20110828-6-IT-1002.00545" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00599666v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric S&#233;guin" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00808261v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20110828-6-IT-1002.02521" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00505524v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00662605v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00380377v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00484025v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwa Kanso" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00484007v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Lankri" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00417019v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00484037v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00330430v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1387309.1387314" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00484047v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis Lallican" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00484042v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00168691v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00079164v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00105822v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00105539v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00105817v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00079166v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00105541v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00105818v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00105820v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00079165v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00079168v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00106243v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Kindler" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00106240v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03536035v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Gamboa" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-57993-7_44" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477943v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erica Capawa-Fotsoh" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00156363v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Zama&#239;" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Rigaud" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois P&#233;tin" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00080208v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02510499v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_05169424v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>