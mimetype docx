--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -147,1266 +147,1232 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (38)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (36)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Der Maġrib (647/1050) »</w:t>
+                <w:t xml:space="preserve">Der Maġrib (1200-1800)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Buresi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Ghouirgate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Andreas Kaplony. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geschichte der arabischen Welt</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Verlag C.H.Beck, pp. 253-275, 2024, 978-3-406-82244-5</w:t>
+              <w:t xml:space="preserve">, Verlag C.H.Beck, pp.414-433, 2024, 978-3-406-82244-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04708907v1</w:t>
+                <w:t xml:space="preserve">hal-05520209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Der Maġrib (1200-1800) »</w:t>
+                <w:t xml:space="preserve">Der Maġrib (647-1050)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Buresi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Ghouirgate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Andreas Kaplony. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geschichte der arabischen Welt</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Verlag C.H.Beck, pp. 414-433, 2024, 978-3-406-82244-5</w:t>
+              <w:t xml:space="preserve">, Verlag C.H.Beck, pp.253-275, 2024, 978-3-406-82244-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04708912v1</w:t>
+                <w:t xml:space="preserve">hal-05520197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Der Magrib 1200-1800</w:t>
+                <w:t xml:space="preserve">Postface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Buresi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...57 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...16 lines deleted...]
-                <w:t xml:space="preserve">Pascal Buresi</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wilfrid Lupano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...57 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léonard Chemineau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La bibliomule de Cordoue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dargaud, pp.256-261, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03765655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Postface de la Bibliomule de Cordoue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Buresi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La bibliomule de Cordoue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dargaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 978-2-505-07864-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03924074v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
-              <w:r>
-[...20 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Entre tribus et État, entre Maghreb et Mashrek : le califat-imâmat almohade (XIe–XIIIe siècle)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Buresi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jean-Philippe Genet. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vecteurs de l'idéel et mutations des sociétés politiques. Le pouvoir symbolique en Occident (1300-1460)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éditions de la Sorbonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.467-486, 2021, Histoire ancienne et médiévale, 979-10-351-0635-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01453038v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
-              <w:r>
-[...20 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Berber Rule and the Maghribi Caliphate ٭</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Buresi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Routledge Handbook Of Muslim Iberia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1, Routledge, pp.114-144, 2020, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4324/9781315625959-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03765635v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
-              <w:r>
-[...20 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Case-Study of Pre-Modern Islamic Monarchy: The Almohad Caliphate of the Maghreb and al-Andalus in the 12th–13th Centuries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Buresi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Elena Woodacre; Lucinda H.S. Dean; Chris Jones; Zita Rohr; Russell Martin. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Routledge History of Monarchy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Routledge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.146-164, 2019, 9781138703322</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02386032v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
-              <w:r>
-[...20 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« La cancillería almohade y sus enseñanzas sobre la administración del imperio mu’minī (Magrib al-Andalus, siglo XIII) »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Buresi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Dolores Villalba Sola. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">al-Muwahhidûn. El despertar del califato almohade</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Memorias (5), Patronato de La Alhambra y Generalife, pp.292-303, 2019, 978-84-17518-07-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02471745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Historia de los Almohades en el reino de Fez y en Marruecos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Buresi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jerónimo Paéz. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fez, el alma de Marruecos. Doce siglos de historia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Fondation Benjelloun Mezian, pp.87-128, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02005894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Del emirato almorávide al califato almohade: la evolución política, administrativa e ideológica »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Buresi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">María Marcos Cobaleda. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Al-Murābiṭūn (Los Almorávides): un imperio islámico occidental. Estudios en memoria del Profesor Henri Terrasse</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 4, Patronato de La Alhambra y Generalife, pp.105-115, 2018, Memorias, 978-84-17518-00-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02471749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The story of the Almohads in the Kingdom of Fez and of Morocco</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Buresi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jerónimo Paéz. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fez, The Soul of Morocco</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Fondation Benjelloun Mezian, pp.105-146, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01453002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les derniers soubresauts de l’hégémonie maghrébine en al-Andalus : la reconnaissance du calife almohade al-Rašīd par les émirs de Séville et de Grenade en 636/1238</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Buresi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’administration des rives du Détroit de Gibralta</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01452989v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Il Maghreb almoravide e almohade e i rapporti con l’Europa cristiana (secc. XI-XIII)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Buresi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cesare Alzati; Luciano Vaccaro. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Africa / Ifrīqiya. Il Maghreb nella storia religiosa di Cristianesimo e Islam</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 5, Libreria Editrice Vaticana, pp.299-322, 2016, Storia Religiosa Euro-Mediterranea, 978-88-209-9592-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01439887v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les Almohades, entre unitarisme et berbérité (vers 116-1269)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Buresi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Maroc médiéval. Un empire de l’Afrique à l’Espagne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Louvre éditions, 2015, 978-2-35031-490-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01934840v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...2 lines deleted...]
-                <w:t xml:space="preserve">halshs-01439887v1</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Histoire de l’islam</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Buresi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les monothéismes d'hier à aujourd'hui</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.147-189, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01439895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Préface</w:t>
               </w:r>
@@ -1455,688 +1421,709 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01444227v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les Almohades, entre unitarisme et berbérité (vers 116-1269)</w:t>
-[...16 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Préface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Buresi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Mehdi Ghouirgate </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’ordre almohade (1120-1269) : une nouvelle lecture anthropologique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presse Universitaire du Miral, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01444192v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'organisation du pouvoir politique almohade. The Organization of the Almohad Political Power</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Buresi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Vicente Salvatierra Cuenca; Patrice Cressier. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Las Navas de Tolosa. 1212-2012, miradas cruzadas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Miradas cruzadas, 2014, 978-84-8439-830-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01444144v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les Almoravides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Buresi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Cyrille Aillet; Emmanuelle Tixier; Éric Vallet. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gouverner en Islam, Xe-XVe s.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Atlande, pp.295-300, 2014, 978-2-35030-273-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01440057v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lettre adressée de Tunis par ʿAbd al-Rahman, fils du calife almohade al-Nasir (1199-1213), aux autorités et au gouverneur de Pise, Girardo Visconti, en avril 1202</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Buresi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Y. Lintz; C. Déléry; B. Tuil Leonetti. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Maroc médiéval. Un empire de l’Afrique à l’Espagne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Louvre éditions, 2015, 978-2-35031-490-7</w:t>
+              <w:t xml:space="preserve">, Louvre éditions, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Histoire de l’islam</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01441927v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La révolution almohade : Almohades : l'unitarisme et la berbérité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Buresi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les monothéismes d'hier à aujourd'hui</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, pp.147-189, 2015</w:t>
+              <w:t xml:space="preserve">Le Maroc médiéval. Un empire de l’Afrique à l’Espagne.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Hazan, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...166 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Les Almoravides</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01440043v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les Almohades</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Buresi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cyrille Aillet; Emmanuelle Tixier; Éric Vallet. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gouverner en Islam, Xe-XVe s.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Atlande, pp.295-300, 2014, 978-2-35030-273-7</w:t>
+              <w:t xml:space="preserve">, Atlande, pp.301-308, 2014, 978-2-35030-273-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...24 lines deleted...]
-              <w:t xml:space="preserve">Y. Lintz; C. Déléry; B. Tuil Leonetti. </w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01440055v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Présentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Buresi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Katia Zakharia. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Maroc médiéval. Un empire de l’Afrique à l’Espagne</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Louvre éditions, 2014</w:t>
+              <w:t xml:space="preserve">Babylone, Grenade, villes mythiques : récits, réalités, représentations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Maison de l'Orient et de la Méditerranée, 2014, 978-2-35668-046-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...21 lines deleted...]
-            <w:pPr/>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01441948v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Et si ce n’est de toute l’Ibérie / Que l’Orient pour elle à l’Occident s’allie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Buresi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Katia Zakharia. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Maroc médiéval. Un empire de l’Afrique à l’Espagne.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Hazan, 2014</w:t>
+              <w:t xml:space="preserve">Babylone, Grenade, villes mythiques : récits, réalités, représentations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Maison de l'Orient méditerranéen, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...16 lines deleted...]
-                <w:t xml:space="preserve">Pascal Buresi</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01441952v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les armées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Buresi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abbès Zouache</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cyrille Aillet; Emmanuelle Tixier; Éric Vallet. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gouverner en Islam, Xe-XVe s.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Atlande, pp.301-308, 2014, 978-2-35030-273-7</w:t>
+              <w:t xml:space="preserve">, Atlande, pp.393-418, 2014, 978-2-35030-273-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...69 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01440052v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marrakech</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Buresi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2156,932 +2143,773 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cyrille Aillet; Emmanuelle Tixier; Éric Vallet. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gouverner en Islam, Xe-XVe s.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Atlande, pp.353-356, 2014, 978-2-35030-273-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01440053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...25 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
-              <w:r>
-[...130 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">El mudejarismo en el hispanismo francés (siglos XX y XXI)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Buresi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Centre de estudios mudéjares. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actas del XII simposio internacional de Mudejarismo</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.353-369, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00967611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les documents arabes et latins échangés entre Pise et l'Empire almohade en 596-598/1200-1202 : la chancellerie au cœur des relations diplomatiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Buresi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Anne Regourd. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Documents et Histoire. Islam, viie-xvie s.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Droz, pp.13-88, 2013, École pratique des hautes études, Sciences historiques et philologiques II, Hautes Études Orientales - Moyen et Proche-Orient, 5/51, 978-2-600-01371-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00967294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La ḏimma et les ḏimmī à travers l'histoire : problèmes et enjeux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Buresi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Être non musulman en terre d’Islam. Dhimmi d'hier, citoyen d'aujourd'hui ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions du Cygne, pp.7-14, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01440062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'avènement de Mahomet, VI e –X e siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Buresi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les plus grandes crises de l'histoire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Fayard, pp.107-111, 2013, Les plus grandes crises de l’histoire, 978-2-8185-0365-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00967613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les plaintes de l'archevêque : chronique des premiers échanges épistolaires entre Pise et le gouverneur almohade de Tunis (1182)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Buresi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Nuria Martínez de Castilla. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Documentos y manuscritos árabes del Occidente musulman medieval</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CSIC, pp.87-120, 2010, DVCTVS, 2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00804506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Al-Andalus entre Orient et Occident : l'invention des origines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Buresi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Manuela Marín. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Al‑Andalus / España. Historiografías en contraste. Siglos XVII-XXI</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Casa de Velázquez, pp.119-129, 2009, Colección de la Casa de Velázquez, 109</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00412124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pour une méthodologie de l'étude de la frontière entre chrétienté et Islam. La péninsule Ibérique xie-xiiie siècles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Buresi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Flocel Sabaté. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Arqueologia Medieval. La transformació de la frontera medieval musulmana, II</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Pagès editors, pp.81-92, 2009, ágira col*lecció</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00804510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'empire almohade. Le Maghreb et al-Andalus (1130-1269)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Buresi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Frédéric Hurlet. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Empires. Antiquité et Moyen Âge. Analyse comparée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.221 - 237, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01384547v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Méditerranée: rencontre de civilisations?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Buresi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jacques Scheibling; Dominique Borne. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Méditerranée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Hachette, pp.48-71, 2002, Carré Géographie, 978-2011455253</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04555751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nommer, penser les frontières en Espagne aux XIe -XIIIe siècles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Buresi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">C. de Ayala, P. Buresi, P. Josserand. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Identités et représentations de la frontière en Espagne (XIe-XIVe siècle)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 75, Casa de Velázquez, pp.51-74, 2001, Collection de la Casa de Velázquez</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00145170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3091,415 +2919,493 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violence and warfare in Medieval Western Islam</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Buresi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">History and Anthropology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, pp.1-22. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/02757206.2022.2060214⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03821682v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
-              <w:r>
-[...20 lines deleted...]
-            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction : les documents de chancellerie au prisme de l’historicité dans l’Islam médiéval</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Buresi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Arabica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, Les documents de chancellerie au prisme de l’historicité dans l’Islam médiéval, 66 (3-4), pp.199-206. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1163/15700585-12341542⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02385944v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
-              <w:r>
-[...20 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preparing the Almohad caliphate: the Almoravids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Buresi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Al-ʿUsur al-Wusta: The Journal of Middle East Medievalists</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, The Western Caliphates, 26, pp.151-168</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01453050v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Allen James FROMHERZ, The Near West. Medieval North Africa, Latin and the Mediterranean in the Second Axial Age, Edimbourgh, Edinburgh University Press, 2016, 286 p. ISBN 978-0-7486-4294-6</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Buresi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Al-Qanṭara : revista de estudios árabes </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01446118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Al-Māwardī, De l’éthique au prince et du gouvernement de l’État, trad. Makram Abbès, précédée d’un Essaie sur les arts de gouverner en Islam, Paris, Les Belles Lettres (coll. Sagesses médiévales), 2015</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Buresi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Arabica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 63 (5), pp.557-561. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1163/15700585-12341417⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01446157v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delfina Serrano Ruano (éd.) Crueldad y compasión en la literatura árabe e islámica, Madrid, CSIC-Universidad de Córdoba (« Estudios árabes e islámicos, monografías », 19), 2011, 400 p.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Buresi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arabica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 61 (1-2), pp.201-202. </w:t>
+            </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1163/15700585-12341417⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1163/15700585-12341290⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01446157v1</w:t>
+                <w:t xml:space="preserve">halshs-01446054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nef Annliese (dir.), Les territoires de la Méditerranée, XIe-XVIe siècle, Rennes, Presses universitaires de Rennes, 2013, 238 p.</w:t>
               </w:r>
@@ -3617,489 +3523,489 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01446014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delfina Serrano Ruano (éd.) Crueldad y compasión en la literatura árabe e islámica, Madrid, CSIC-Universidad de Córdoba (« Estudios árabes e islámicos, monografías », 19), 2011, 400 p.</w:t>
+                <w:t xml:space="preserve">Bulletin critique: Jérôme Lentin, Jacques Grand’Henry (éd.), Moyen arabe et variétés mixtes de l’arabe à travers l’histoire, Actes du Premier Colloque International (Louvain-la-Neuve, 10-14 mai 2004), Louvain-la-Neuve, Peeters-Université catholique de Louvain (« publications de l’institut orientaliste de Louvain », 58), 2009, lxxxvii+508 p.,</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Buresi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Arabica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 61 (1-2), pp.201-202. </w:t>
+              <w:t xml:space="preserve">, 2013, 60/5, </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1163/15700585-12341290⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1163/15700585-12341258⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01446054v1</w:t>
-[...15 lines deleted...]
-            <w:hyperlink r:id="rId69" w:history="1">
+                <w:t xml:space="preserve">halshs-01446187v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La frontière : laboratoire des mythes dans la péninsule Ibérique (Xe –XVe siècle) ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Buresi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers de la Méditerranée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Mythes de la coexistence interreligieuse : Histoire et critique, 86, pp.237-256. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/cdlm.6876⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/cdlm.6876⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">halshs-00967612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...35 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
-              <w:r>
-[...51 lines deleted...]
-            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Valérian (éd.), Islamisation et arabisation de l’Occident musulman médiéval (viie-xiie siècle), Paris, Publications de la Sorbonne, Bibliothèque historique des pays d’islam, 2011, 407 p.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Buresi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue historique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01446232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ROUIGHI, Ramzi. The Making of a Mediterranean Emirate. Ifrīqiyā and Its Andalusis, 1200-1400, Philadelphie: Penn, University of Pennsylvania Press (The Middle Ages Series), 2011, 238 p.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Buresi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mélanges de la Casa de Velázquez</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 43, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/mcv.5381⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01446145v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
-              <w:r>
-[...20 lines deleted...]
-            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jarbel Rodriguez, Captives and Their Saviors in the Medieval Crown of Aragon. Washington (D. C.), Catholic University of America Press, 2007, XXIII-225 pp.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Buresi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers de civilisation médiévale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 55</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01446066v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronald A. Messier, The Almoravids and the meanings of Jihad, Santa Barbara (Ca.), Denver (Co.), Oxford, Praeger, 2010, 248 p.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Buresi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mélanges de la Casa de Velázquez</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 41, </w:t>
+            </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01446066v1</w:t>
+                <w:t xml:space="preserve">⟨10.4000/mcv.4484⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01446078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Appearance of the Frontier Concept in the Iberian Peninsula: at the Crossroads of Local, National and Pontifical Strategies (11 th -13 th Centuries)</w:t>
               </w:r>
@@ -4148,462 +4054,384 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00804456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ronald A. Messier, The Almoravids and the meanings of Jihad, Santa Barbara (Ca.), Denver (Co.), Oxford, Praeger, 2010, 248 p.</w:t>
+                <w:t xml:space="preserve">D'une Péninsule à l'autre : Cordoue, ʿUṯmān (644-656) et les tribus arabes à l'époque almohade (xiie-xiiie siècle) &amp;quot;7-29</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Buresi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mélanges de la Casa de Velázquez</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Al-Qanṭara : revista de estudios árabes </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, XXXI (1), pp.7-29</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00804462v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
-              <w:r>
-[...39 lines deleted...]
-            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les cultes rendus à la tombe du Mahdī Ibn Tūmart à Tinmāl</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Buresi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comptes-rendus des séances de l'Académie des inscriptions et belles-lettres</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, pp.391-438. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/crai.2008.92145⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00804514v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
-              <w:r>
-[...108 lines deleted...]
-            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Traduttore traditore : à propos d’une correspondance entre l’Empire almohade et la cité de Pise (début xiiie siècle)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Buresi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Oriente Moderno</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, Les relations diplomatiques entre le monde musulman et l’Occident latin (xiie-xvie siècle), 88/2, pp.297-309</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01384598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Captifs et rachat de captifs. Du miracle àl'institution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Buresi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers de civilisation médiévale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 50 (198/2), pp.113 - 129. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3406/ccmed.2007.2960⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00277844v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
-              <w:r>
-[...20 lines deleted...]
-            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Els &amp;quot; senyors cristians de la frontera &amp;quot; a la Península Ibèrica (segona meitat del segle XII)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Buresi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recerques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 43, pp.33-46</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00277848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4613,117 +4441,117 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cycle des conférences publiques de l'IISMM : &amp;quot;La Cause almohade : convertir les juifs, les chrétiens… et les musulmans au monothéisme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bulac Bibliothèque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...16 lines deleted...]
-                <w:t xml:space="preserve">Bulac Bibliothèque</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Ruscio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Buresi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03863713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4733,848 +4561,848 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Histoire du Maghreb 11e-15e siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Buresi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Ghouirgate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Armand Colin, 2021, 978-2-200-62982-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03133347v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géo-histoire de l’islam</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Buresi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Belin; Alpha, pp.650, 2018, 978-2-410-01319-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01827061v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Histoire du Maghreb 11e-15e siècle</w:t>
+                <w:t xml:space="preserve">Histoire des pays d’Islam. De la conquête de Constantinople à l’âge des révolutions.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Buresi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Ghouirgate</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Armand Colin, 2021, 978-2-200-62982-3</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Madinier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Lefèvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M’hamed Oualdi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Armand Colin, 2018, Colin U, 978-2-200-61842-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03133347v1</w:t>
-[...23 lines deleted...]
-                <w:t xml:space="preserve">Histoire des pays d’Islam. De la conquête de Constantinople à l’âge des révolutions.</w:t>
+                <w:t xml:space="preserve">halshs-01827062v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gouverner l'Empire. La nomination des fonctionnaires provinciaux dans l'Empire almohade (Maghreb, 1147-1269). édition, traduction et présentation de 77 taqd?m-s (&amp;quot; nominations &amp;quot;)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Buresi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hicham El Aallaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Casa de Velázquez, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03315035v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gouverner en Islam entre le Xe siècle et le XVe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Buresi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Centre Nationale de l'Enseignement à Distance (CNED). 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01439749v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gouverner en Islam Xe-XVe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Vallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Aillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Buresi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Bramoullé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Denoix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Atlande, 2014, Clefs concours. Histoire médiévale, 978-2-35030-273-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01298971v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Maghreb XIe-XVe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Buresi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Ghouirgate</w:t>
               </w:r>
             </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Armand Colin, pp.263, 2013, Cursus, 978-2-200-28222-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00967214v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gouverner l'Empire. La nomination des fonctionnaires provinciaux dans l'Empire almohade (Maghreb, 1147-1269).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Buresi</w:t>
+              </w:r>
+            </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Rémy Madinier</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hicham El Aallaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Casa de Velázquez, pp.568, 2013, BCV, 60, 0213-9758</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00967292v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Governing the Empire. Provincial Administration in the Almohad Caliphate (1224-1269)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Buresi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Corinne Lefèvre</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hicham El Aallaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...18 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Travis Bruce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Brill, 3, pp.xxviii et 540, 2012, "Studies in the History and Society of the Maghrib", </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1163/9789004239715⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">Belin; Alpha, pp.650, 2018, 978-2-410-01319-1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00804491v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Histoire de l'islam</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Buresi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Documentation française, pp.60, 2007, Documentation Photographique n° 8058</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...465 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
-              <w:r>
-[...95 lines deleted...]
-            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00804502v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5584,51 +5412,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les documents de chancellerie au prisme de l’historicité dans l’Islam médiéval</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Buresi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5642,51 +5470,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2013, Lyon, France. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Arabica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 66, pp.199-381, 2019, 0570-5398</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02385984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5696,525 +5524,525 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’islam a-t-il connu des âges d’or ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Buresi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01444240v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cette anarchie à l'origine de l'Islam</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Buresi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01445926v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’islam a-t-il connu des âges d’or ?</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">2015</w:t>
+                <w:t xml:space="preserve">Le droit musulman et les courants islamiques modernes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Buresi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01444240v1</w:t>
+                <w:t xml:space="preserve">halshs-01444266v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le droit musulman et les courants islamiques modernes</w:t>
+                <w:t xml:space="preserve">Mohamed Meouak (éd.), Biografías magrebíes. Identidades y grupos religiosos, sociales y políticos en el Magreb medieval, Madrid, CSIC (Estudios onomástico-biográficos de al-Andalus, 17), 2012, 516 p.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Buresi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01444266v1</w:t>
+                <w:t xml:space="preserve">halshs-01446302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohamed Meouak (éd.), Biografías magrebíes. Identidades y grupos religiosos, sociales y políticos en el Magreb medieval, Madrid, CSIC (Estudios onomástico-biográficos de al-Andalus, 17), 2012, 516 p.</w:t>
+                <w:t xml:space="preserve">« Les Almoravides fondent Marrakech »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Buresi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01446302v1</w:t>
+                <w:t xml:space="preserve">halshs-01445947v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cette anarchie à l'origine de l'Islam</w:t>
+                <w:t xml:space="preserve">Al-Andalus, province des Empires berbères</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Buresi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01445926v1</w:t>
+                <w:t xml:space="preserve">halshs-01444271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Les Almoravides fondent Marrakech »</w:t>
+                <w:t xml:space="preserve">Thierry Bianquis, Pierre Guichard, Mathieu Tillier (dir.), Les débuts du monde musulman (VIIe – Xe siècle). De Muhammad aux dynasties autonomes, Paris, PUF (Nouvelle Clio), 2012, 647 p.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Buresi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01445947v1</w:t>
+                <w:t xml:space="preserve">halshs-01446299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Bianquis, Pierre Guichard, Mathieu Tillier (dir.), Les débuts du monde musulman (VIIe – Xe siècle). De Muhammad aux dynasties autonomes, Paris, PUF (Nouvelle Clio), 2012, 647 p.</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">2013</w:t>
+                <w:t xml:space="preserve">Ο κόσμος του Ισλάμ, Μία πίστη, πολλοί πολιτισμοί</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Buresi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2007, pp.112</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
-              <w:r>
-[...122 lines deleted...]
-            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00804494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6224,207 +6052,207 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les usages linguistiques dans les relations entre Almohades et Pisans (début XIII e siècle)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Buresi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Travis Bruce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Ghouirgate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les langues de la négociation du Moyen Âge à l’époque contemporaine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2012, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01453185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une relique almohade : l’utilisation du coran (attribué à ʿUṯmān b. ʿAffān [644-656]) de la Grande mosquée de Cordoue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Buresi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lieux de cultes : aires votives, temples, églises, mosquées</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SEMPAM, 2005, Tripoli, Libye. pp.273-280</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01384563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId122"/>
+      <w:footerReference w:type="default" r:id="rId120"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -6492,51 +6320,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="CBD75254"/>
+    <w:nsid w:val="3F281987"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6723,51 +6551,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pascal-buresi" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3688-3602" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/058458379" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04708907v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Buresi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Ghouirgate" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04708912v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520209v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520197v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03765655v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfrid Lupano" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onard Chemineau" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03924074v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dargaud.com/bd/la-bibliomule-de-cordoue-bda5292730" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01453038v2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editionsdelasorbonne.fr/fr/livre/?GCOI=28405100428320&amp;amp;fa=author&amp;amp;Person_ID=5540" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03765635v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781315625959-6" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02386032v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.taylorfrancis.com/books/e/9781315203195/chapters/10.4324/9781315203195-9" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471745v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02005894v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471749v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01453002v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01452989v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01439887v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01444227v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01934840v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01439895v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01444192v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01444144v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01440057v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01441927v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01440043v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01440055v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01441948v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01440053v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01440052v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abb&#232;s Zouache" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01441952v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00967611v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00967294v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01440062v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00967613v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00804506v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00412124v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00804510v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01384547v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04555751v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00145170v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03821682v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02757206.2022.2060214" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02385944v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/15700585-12341542" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01453050v2" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01446118v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01446157v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/15700585-12341417" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01446238v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01446014v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01446054v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/15700585-12341290" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00967612v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cdlm.6876" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01446187v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/15700585-12341258" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/ED9B63F7E8B7291E5A3223D0553C946344261196/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01446232v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01446145v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mcv.5381" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01446066v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00804456v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01446078v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mcv.4484" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00804514v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/crai.2008.92145" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00804462v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01384598v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00277844v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ccmed.2007.2960" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00277848v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03863713v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bulac Biblioth&#232;que" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Ruscio" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03133347v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01827062v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Madinier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Lef&#232;vre" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#8217;hamed Oualdi" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01827061v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03315035v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham El Aallaoui" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01439749v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01298971v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Vallet" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Aillet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bramoull&#233;" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Denoix" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00967292v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00967214v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00804491v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Travis Bruce" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004239715" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00804502v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02385984v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01444240v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01444266v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01446302v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01445926v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01445947v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01446299v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01444271v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00804494v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01453185v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01384563v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pascal-buresi" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3688-3602" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/058458379" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520209v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Buresi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Ghouirgate" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520197v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03765655v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfrid Lupano" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onard Chemineau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03924074v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dargaud.com/bd/la-bibliomule-de-cordoue-bda5292730" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01453038v2" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editionsdelasorbonne.fr/fr/livre/?GCOI=28405100428320&amp;amp;fa=author&amp;amp;Person_ID=5540" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03765635v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781315625959-6" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02386032v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.taylorfrancis.com/books/e/9781315203195/chapters/10.4324/9781315203195-9" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471745v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02005894v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471749v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01453002v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01452989v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01439887v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01934840v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01439895v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01444227v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01444192v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01444144v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01440057v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01441927v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01440043v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01440055v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01441948v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01441952v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01440052v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abb&#232;s Zouache" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01440053v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00967611v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00967294v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01440062v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00967613v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00804506v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00412124v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00804510v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01384547v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04555751v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00145170v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03821682v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02757206.2022.2060214" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02385944v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/15700585-12341542" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01453050v2" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01446118v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01446157v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/15700585-12341417" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01446054v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/15700585-12341290" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01446238v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01446014v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01446187v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/15700585-12341258" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/ED9B63F7E8B7291E5A3223D0553C946344261196/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00967612v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cdlm.6876" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01446232v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01446145v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mcv.5381" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01446066v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01446078v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mcv.4484" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00804456v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00804462v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00804514v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/crai.2008.92145" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01384598v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00277844v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ccmed.2007.2960" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00277848v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03863713v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bulac Biblioth&#232;que" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Ruscio" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03133347v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01827061v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01827062v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Madinier" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Lef&#232;vre" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#8217;hamed Oualdi" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03315035v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham El Aallaoui" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01439749v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01298971v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Vallet" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Aillet" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bramoull&#233;" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Denoix" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00967214v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00967292v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00804491v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Travis Bruce" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004239715" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00804502v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02385984v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01444240v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01445926v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01444266v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01446302v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01445947v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01444271v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01446299v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00804494v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01453185v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01384563v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>