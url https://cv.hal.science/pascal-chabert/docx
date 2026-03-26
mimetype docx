--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -832,248 +832,248 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04705087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of the breathing mode development in Hall thrusters using hybrid simulations</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Anne Bourdon</w:t>
+                <w:t xml:space="preserve">Investigation of the directional Faraday cup and improvement of the comparison between direct and indirect thrust measurements of a magnetic nozzle ECR thruster</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Pioch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Désangles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/5.0188859⟩</w:t>
+              <w:t xml:space="preserve">Physics of Plasmas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 31 (4), pp.043516. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0190318⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04476595v1</w:t>
+                <w:t xml:space="preserve">hal-04969105v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of the directional Faraday cup and improvement of the comparison between direct and indirect thrust measurements of a magnetic nozzle ECR thruster</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Victor Désangles</w:t>
+                <w:t xml:space="preserve">Study of the breathing mode development in Hall thrusters using hybrid simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Petronio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alejandro Alvarez Laguna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics of Plasmas</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 31 (4), pp.043516. </w:t>
+              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 135 (7), </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/5.0190318⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/5.0188859⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04969105v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04476595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Two-dimensional effects on electrostatic instabilities in Hall thrusters. II. Comparison of particle-in-cell simulation results with linear theory dispersion relations</w:t>
               </w:r>
@@ -3059,51 +3059,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fast Camera Analysis of Plasma Instabilities in Hall Effect Thrusters Using a POD Method under Different Operating Regimes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Désangles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S.A. Shcherbanev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3447,542 +3447,542 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02877468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Collisionless ion modeling in Hall thrusters: Analytical axial velocity distribution function and heat flux closures</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Plasma-sheath transition in multi-fluid models with inertial terms under low pressure conditions: Comparison with the classical and kinetic theory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alejandro Alvarez-Laguna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Boccelli</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">P. Chabert</w:t>
+                <w:t xml:space="preserve">Thierry E. Magin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Massot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Chabert</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics of Plasmas</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/5.0006258⟩</w:t>
+              <w:t xml:space="preserve">Plasma Sources Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6595/ab6242⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02950586v1</w:t>
+                <w:t xml:space="preserve">hal-02551832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plasma-sheath transition in multi-fluid models with inertial terms under low pressure conditions: Comparison with the classical and kinetic theory</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Collisionless ion modeling in Hall thrusters: Analytical axial velocity distribution function and heat flux closures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Boccelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Charoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alejandro Alvarez-Laguna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Marc Massot</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Chabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plasma Sources Science and Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, </w:t>
+              <w:t xml:space="preserve">Physics of Plasmas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 27 (7), pp.073506. </w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1361-6595/ab6242⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/5.0006258⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02551832v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02950586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">2D axial-azimuthal particle-in-cell benchmark for low-temperature partially magnetized plasmas</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas Charoy</w:t>
+                <w:t xml:space="preserve">Instability-enhanced transport in low temperature magnetized plasma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Lucken</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Pierre Boeuf</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">J. Carlsson</w:t>
+                <w:t xml:space="preserve">M. A. Lieberman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plasma Sources Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-6595/ab46c5⟩</w:t>
+              <w:t xml:space="preserve">Physics of Plasmas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 26, pp.070702. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.5094422⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02336361v1</w:t>
+                <w:t xml:space="preserve">hal-02162938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Instability-enhanced transport in low temperature magnetized plasma</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Romain Lucken</w:t>
+                <w:t xml:space="preserve">2D axial-azimuthal particle-in-cell benchmark for low-temperature partially magnetized plasmas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Charoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Boeuf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. A. Lieberman</w:t>
+                <w:t xml:space="preserve">J. Carlsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics of Plasmas</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 26, pp.070702. </w:t>
+              <w:t xml:space="preserve">Plasma Sources Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 28 (10), pp.105010. </w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.5094422⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1361-6595/ab46c5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02162938v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02336361v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Non-Isothermal Sheath Model for Low Pressure Plasmas</w:t>
               </w:r>
@@ -4202,51 +4202,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pattern Formation in Low-Pressure Radio-Frequency Plasmas due to a Transport Instability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Désangles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Raimbault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5144,291 +5144,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01895556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">2D particle-in-cell simulations of the electron drift instability and associated anomalous electron transport in Hall-effect thrusters</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The role of thermal energy accommodation and atomic recombination probabilities in low pressure oxygen plasmas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zdeněk Bonaventura</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Anne Bourdon</w:t>
+                <w:t xml:space="preserve">Andrew Gibson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Foucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniil Marinov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Gans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plasma Sources Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-6595/aa550f⟩</w:t>
+              <w:t xml:space="preserve">Plasma Physics and Controlled Fusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 59 (2), pp.024004. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6587/59/2/024004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01510374v1</w:t>
+                <w:t xml:space="preserve">hal-01895577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The role of thermal energy accommodation and atomic recombination probabilities in low pressure oxygen plasmas</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Daniil Marinov</w:t>
+                <w:t xml:space="preserve">2D particle-in-cell simulations of the electron drift instability and associated anomalous electron transport in Hall-effect thrusters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vivien Croes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Trevor Lafleur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zdeněk Bonaventura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plasma Physics and Controlled Fusion</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 59 (2), pp.024004. </w:t>
+              <w:t xml:space="preserve">Plasma Sources Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 26 (3), pp.034001 </w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1361-6587/59/2/024004⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1361-6595/aa550f⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01895577v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01510374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characteristics and transport effects of the electron drift instability in Hall-effect thrusters</w:t>
               </w:r>
@@ -5720,272 +5720,302 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01549331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Global model of an iodine gridded plasma thruster</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">High sensitivity ultra-broad-band absorption spectroscopy of inductively coupled chlorine plasma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniil Marinov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Foucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascaline Grondein</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Trevor Lafleur</w:t>
+                <w:t xml:space="preserve">Ewen Campbell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Brouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics of Plasmas</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 23 (3), pp.033514. </w:t>
+              <w:t xml:space="preserve">Plasma Sources Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 25 (3), pp.035019 </w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.4944882⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/0963-0252/25/3/035019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01549330v1</w:t>
+                <w:t xml:space="preserve">hal-01346016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Theory for the anomalous electron transport in Hall effect thrusters. II. Kinetic model</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Global model of an iodine gridded plasma thruster</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascaline Grondein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trevor Lafleur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ane Aanesland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics of Plasmas</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 23 (5), pp.053503. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.4948496⟩</w:t>
+              <w:t xml:space="preserve">, 2016, 23 (3), pp.033514. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4944882⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01549323v1</w:t>
+                <w:t xml:space="preserve">hal-01549330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Theory for the anomalous electron transport in Hall effect thrusters. I. Insights from particle-in-cell simulations</w:t>
+                <w:t xml:space="preserve">Theory for the anomalous electron transport in Hall effect thrusters. II. Kinetic model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trevor Lafleur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. D. Baalrud</w:t>
@@ -5994,255 +6024,225 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics of Plasmas</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 23 (5), pp.053502. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.4948495⟩</w:t>
+              <w:t xml:space="preserve">, 2016, 23 (5), pp.053503. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4948496⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01549324v1</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01549323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High sensitivity ultra-broad-band absorption spectroscopy of inductively coupled chlorine plasma</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Mark Brouard</w:t>
+                <w:t xml:space="preserve">Theory for the anomalous electron transport in Hall effect thrusters. I. Insights from particle-in-cell simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Trevor Lafleur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. D. Baalrud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plasma Sources Science and Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 25 (3), pp.035019 </w:t>
+              <w:t xml:space="preserve">Physics of Plasmas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 23 (5), pp.053502. </w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/0963-0252/25/3/035019⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/1.4948495⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01346016v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01549324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Near-field plume properties of an ion beam formed by alternating extraction and acceleration of oppositely charged ions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Oudini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ane Aanesland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6618,51 +6618,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reply to Comment on &amp;quot;A review on ion-ion plasmas created in weakly magnetized electronegative plasmas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ane Aanesland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bredin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6813,64 +6813,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Highly vibrationally excited O&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt; molecules in low-pressure inductively-coupled plasmas detected by high sensitivity ultra-broad-band optical absorption spectroscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Foucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniil Marinov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emile Carbone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6982,51 +6982,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D.V. Rafalskyi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ane Aanesland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Electric Propulsion Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, pp.IEPC-2015-114/ISTS-2015-b-114</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7270,131 +7270,131 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01229071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electron heating in capacitively coupled plasmas revisited</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Trevor Lafleur</w:t>
+                <w:t xml:space="preserve">Langmuir probe analysis in electronegative plasmas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Bredin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Paul Booth</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ane Aanesland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plasma Sources Science and Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 23 (3), pp.035010. </w:t>
+              <w:t xml:space="preserve">Physics of Plasmas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 21 (12), pp.123502. </w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/0963-0252/23/3/035010⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/1.4903328⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01549379v1</w:t>
+                <w:t xml:space="preserve">hal-01549373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A radio-frequency sheath model for complex waveforms</w:t>
               </w:r>
@@ -7465,131 +7465,131 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01549394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Langmuir probe analysis in electronegative plasmas</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Bredin</w:t>
+                <w:t xml:space="preserve">Electron heating in capacitively coupled plasmas revisited</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Trevor Lafleur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Ane Aanesland</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Booth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics of Plasmas</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 21 (12), pp.123502. </w:t>
+              <w:t xml:space="preserve">Plasma Sources Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 23 (3), pp.035010. </w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.4903328⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/0963-0252/23/3/035010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01549373v1</w:t>
+                <w:t xml:space="preserve">hal-01549379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electron energy distributions in a magnetized inductively coupled plasma</w:t>
               </w:r>
@@ -7686,291 +7686,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01609361v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ground state bromine atom density measurements by two-photon absorption laser-induced fluorescence</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mickaël Foucher</w:t>
+                <w:t xml:space="preserve">Equivalence of the hard-wall and kinetic-fluid models of collisionless electron heating in capacitively coupled discharges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Trevor Lafleur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miles Turner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Booth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plasma Sources Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 23 (6), pp.062003. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/0963-0252/23/6/062003⟩</w:t>
+              <w:t xml:space="preserve">, 2014, 23 (1), pp.015016. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0963-0252/23/1/015016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01549574v1</w:t>
+                <w:t xml:space="preserve">hal-01549398v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Equivalence of the hard-wall and kinetic-fluid models of collisionless electron heating in capacitively coupled discharges</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Trevor Lafleur</w:t>
+                <w:t xml:space="preserve">Ground state bromine atom density measurements by two-photon absorption laser-induced fluorescence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nishant Sirse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Foucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Miles Turner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Booth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plasma Sources Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 23 (1), pp.015016. </w:t>
+              <w:t xml:space="preserve">, 2014, 23 (6), pp.062003. </w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/0963-0252/23/1/015016⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/0963-0252/23/6/062003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01549398v1</w:t>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01549574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A review on ion-ion plasmas created in weakly magnetized electronegative plasmas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ane Aanesland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bredin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8102,51 +8102,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01549387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anomalous collisionality in low-pressure plasmas</w:t>
+                <w:t xml:space="preserve">Theory for the self-bias formation in capacitively coupled plasmas excited by arbitrary waveforms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trevor Lafleur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
@@ -8164,106 +8164,106 @@
                 </w:rPr>
                 <w:t xml:space="preserve">M.M. Turner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Booth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics of Plasmas</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 20 (12), pp.124503. </w:t>
+              <w:t xml:space="preserve">Plasma Sources Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 22 (6), pp.065013. </w:t>
             </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.4859155⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/0963-0252/22/6/065013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01549421v1</w:t>
+                <w:t xml:space="preserve">hal-01549415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Theory for the self-bias formation in capacitively coupled plasmas excited by arbitrary waveforms</w:t>
+                <w:t xml:space="preserve">Anomalous collisionality in low-pressure plasmas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trevor Lafleur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
@@ -8281,112 +8281,112 @@
                 </w:rPr>
                 <w:t xml:space="preserve">M.M. Turner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Booth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plasma Sources Science and Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 22 (6), pp.065013. </w:t>
+              <w:t xml:space="preserve">Physics of Plasmas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 20 (12), pp.124503. </w:t>
             </w:r>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/0963-0252/22/6/065013⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/1.4859155⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01549415v1</w:t>
+                <w:t xml:space="preserve">hal-01549421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chlorine atom densities in the (3p&amp;lt;SUP&amp;gt;5&amp;lt;/SUP&amp;gt;)&amp;lt;SUP&amp;gt;2&amp;lt;/SUP&amp;gt; P&amp;lt;SUP&amp;gt;0&amp;lt;/SUP&amp;gt;&amp;lt;SUB&amp;gt;1/2&amp;lt;/SUB&amp;gt; excited spin-orbit state measured by two-photon absorption laser-induced fluorescence in a chlorine inductively coupled plasma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nishant Sirse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Booth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8615,51 +8615,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Meige</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ane Aanesland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics of Plasmas</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 20, pp.043501. </w:t>
             </w:r>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
@@ -8791,856 +8791,856 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01549417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Langmuir probe analysis of highly electronegative plasmas</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Bredin</w:t>
+                <w:t xml:space="preserve">Reduced electron temperature in a magnetized inductively-coupled plasma with internal coil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Arancibia Monreal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Ane Aanesland</w:t>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Godyak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.4802252⟩</w:t>
+              <w:t xml:space="preserve">Physics of Plasmas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 20, pp.103504. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4825135⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01549411v1</w:t>
+                <w:t xml:space="preserve">hal-01549419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reduced electron temperature in a magnetized inductively-coupled plasma with internal coil</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">J. Arancibia Monreal</w:t>
+                <w:t xml:space="preserve">Langmuir probe analysis of highly electronegative plasmas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Bredin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">V. Godyak</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ane Aanesland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics of Plasmas</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 20, pp.103504. </w:t>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 102, pp.154107. </w:t>
             </w:r>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.4825135⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/1.4802252⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01549419v1</w:t>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01549411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Model of a low-pressure radio-frequency inductive discharge in Ar/O&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt; used for plasma spray deposition</w:t>
+                <w:t xml:space="preserve">Comparison of a hybrid model to a global model of atmospheric pressure radio-frequency capacitive discharges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Lazzaroni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId262" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">M. Nikravech</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.A. Lieberman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.J. Lichtenberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 45, pp.485207. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/0022-3727/45/48/485207⟩</w:t>
+              <w:t xml:space="preserve">, 2012, 45, pp.495204. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0022-3727/45/49/495204⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01549447v1</w:t>
+                <w:t xml:space="preserve">hal-01549441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of a hybrid model to a global model of atmospheric pressure radio-frequency capacitive discharges</w:t>
+                <w:t xml:space="preserve">Model of a low-pressure radio-frequency inductive discharge in Ar/O&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt; used for plasma spray deposition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Lazzaroni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">A.J. Lichtenberg</w:t>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Baba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Nikravech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 45, pp.495204. </w:t>
+              <w:t xml:space="preserve">, 2012, 45, pp.485207. </w:t>
             </w:r>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/0022-3727/45/49/495204⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/0022-3727/45/48/485207⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01549441v1</w:t>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01549447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electron energy distribution function and plasma parameters across magnetic filters</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId177" w:history="1">
+                <w:t xml:space="preserve">Global model of a gridded-ion thruster powered by a radiofrequency inductive coil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Chabert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Arancibia Monreal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Bredin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lara Popelier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ane Aanesland</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">V. Godyak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.3680088⟩</w:t>
+              <w:t xml:space="preserve">Physics of Plasmas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 19, pp.195201. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4737114⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01549442v1</w:t>
+                <w:t xml:space="preserve">hal-01549430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamics of neutral gas depletion investigated by time- and space-resolved measurement of xenon atom ground state density</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId177" w:history="1">
+                <w:t xml:space="preserve">Electron energy distribution function and plasma parameters across magnetic filters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ane Aanesland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Bredin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Godyak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 45, pp.235201. </w:t>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 100, pp.044102. </w:t>
             </w:r>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/0022-3727/45/23/235201⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/1.3680088⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01549429v1</w:t>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01549442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Global model of a gridded-ion thruster powered by a radiofrequency inductive coil</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dynamics of neutral gas depletion investigated by time- and space-resolved measurement of xenon atom ground state density</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Liard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ane Aanesland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Ane Aanesland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics of Plasmas</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 45, pp.235201. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0022-3727/45/23/235201⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.4737114⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01549430v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01549429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analytical-numerical global model of atmospheric-pressure radio-frequency capacitive discharges</w:t>
               </w:r>
@@ -10019,51 +10019,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Booth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yasmina Azamoum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nishant Sirse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10316,51 +10316,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Space Exploration Technologies Pegases A new promising electric propulsion concept</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ane Aanesland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Mazouffre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10420,64 +10420,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Response of an ionion plasma to dc biased electrodes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lara Popelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ane Aanesland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10621,433 +10621,433 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01549455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plasmas froids radiofréquence</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sheath and electron density dynamics in the normal and self-pulsing regime of a micro hollow cathode discharge in argon gas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Lazzaroni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Luc Raimbault</w:t>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Sadeghi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Images de la physique 2009</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The European Physical Journal D : Atomic, molecular, optical and plasma physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 60, pp.555-563. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1140/EPJD/E2010-00259-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02570442v1</w:t>
+                <w:t xml:space="preserve">hal-01005918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A model for the self-pulsing regime of microhollow cathode discharges</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">MD simulations of GaN sputtering by Ar&amp;lt;SUP&amp;gt;+&amp;lt;/SUP&amp;gt; ions : Ion-induced damage and near-surface modification under continuous bombardment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Despiau-Pujo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Antoine Rousseau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.3518533⟩</w:t>
+              <w:t xml:space="preserve">Journal of Vacuum Science &amp; Technology A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 28 (5), pp.1105. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1116/1.3460904⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId305" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01549476v1</w:t>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01549488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sheath and electron density dynamics in the normal and self-pulsing regime of a micro hollow cathode discharge in argon gas</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A model for the self-pulsing regime of microhollow cathode discharges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Chabert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Lazzaroni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">N. Sadeghi</w:t>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Rousseau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The European Physical Journal D : Atomic, molecular, optical and plasma physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1140/EPJD/E2010-00259-4⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 108, pp.113307. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.3518533⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-01005918v1</w:t>
+                <w:t xml:space="preserve">hal-01549476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MD simulations of GaN sputtering by Ar&amp;lt;SUP&amp;gt;+&amp;lt;/SUP&amp;gt; ions : Ion-induced damage and near-surface modification under continuous bombardment</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Plasmas froids radiofréquence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Raimbault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Vacuum Science &amp; Technology A</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Images de la physique 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, p27</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1116/1.3460904⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01549488v1</w:t>
+                <w:t xml:space="preserve">hal-02570442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plasmas froids</w:t>
               </w:r>
@@ -11141,51 +11141,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Lazzaroni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N Sadeghi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11244,51 +11244,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simulations of radical and ion fluxes on wafer in a Cl&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt;/Ar ICP discharge : Confrontation with GaAs and GaN etch experiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Despiau-Pujo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11378,51 +11378,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Low energy Ar&amp;lt;SUP&amp;gt;+&amp;lt;/SUP&amp;gt; bombardment of GaN surfaces : A statistical study of ion reflection and sputtering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Despiau-Pujo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11598,64 +11598,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extraction and acceleration of ions from an ion-ion plasma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lara Popelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ane Aanesland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11728,64 +11728,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Lazzaroni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Chabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Sadeghi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 43, pp.4008. </w:t>
             </w:r>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
@@ -11831,51 +11831,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electric propulsion using ion-ion plasmas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ane Aanesland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Meige</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11929,277 +11929,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01549506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of InP etching mechanisms in a Cl&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt;/H&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt; inductively coupled plasma by optical emission spectroscopy</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">S. Guilet</w:t>
+                <w:t xml:space="preserve">Edge-to-center plasma density ratio in high density plasma sources</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Raimbault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Vacuum Science &amp; Technology A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1116/1.3071950⟩</w:t>
+              <w:t xml:space="preserve">Plasma Sources Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 18, pp.014017. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0963-0252/18/1/014017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01549498v1</w:t>
+                <w:t xml:space="preserve">hal-01549500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edge-to-center plasma density ratio in high density plasma sources</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Luc Raimbault</w:t>
+                <w:t xml:space="preserve">Investigation of InP etching mechanisms in a Cl&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt;/H&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt; inductively coupled plasma by optical emission spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Gatilova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Bouchoule</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Guilet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plasma Sources Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/0963-0252/18/1/014017⟩</w:t>
+              <w:t xml:space="preserve">Journal of Vacuum Science &amp; Technology A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 27, pp.262. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1116/1.3071950⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId346" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01549500v1</w:t>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01549498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Competitive effects of an axial magnetic field and of neutral gas depletion in a positive column</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Liard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Raimbault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12259,51 +12259,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Velocity distribution function of sputtered Ga atoms during inductively-coupled Ar plasma treatment of a GaAs surface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Despiau-Pujo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12311,51 +12311,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Ramos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Cunge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Sadeghi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Vacuum Science &amp; Technology A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 27, pp.356-361. </w:t>
             </w:r>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
@@ -12518,51 +12518,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Global model of instabilities in low pressure inductive chlorine discharges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Despiau-Pujo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -13014,51 +13014,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Plihon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G J M Hagelaar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Boeuf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -14525,51 +14525,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry E. Magin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">74th Annual Gaseous Electronics Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Virtual, United States</w:t>
@@ -14592,148 +14592,148 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03376988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison between kinetic theory and PIC simulations of anomalous electron transport in E x B plasma discharges</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Trevor Lafleur</w:t>
+                <w:t xml:space="preserve">Experimental Diagnostics for Electrons and Atoms in Low Pressure Iodine Plasmas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Esteves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alejandro Alvarez-Laguna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Drag</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Online Plasma Seminar,</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2021, Virtual, France</w:t>
+              <w:t xml:space="preserve">74th Annual Gaseous Electronics Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Virtual, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03322761v1</w:t>
+                <w:t xml:space="preserve">hal-03376980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation of Hall effect thruster instabilities with axial-azimuthal PIC simulation using a collective Thomson scattering approach</w:t>
               </w:r>
@@ -14838,148 +14838,148 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03376990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental Diagnostics for Electrons and Atoms in Low Pressure Iodine Plasmas</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Esteves</w:t>
+                <w:t xml:space="preserve">Comparison between kinetic theory and PIC simulations of anomalous electron transport in E x B plasma discharges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Charoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Trevor Lafleur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alejandro Alvarez-Laguna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cyril Drag</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">74th Annual Gaseous Electronics Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2021, Virtual, United States</w:t>
+              <w:t xml:space="preserve">International Online Plasma Seminar,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2021, Virtual, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03376980v1</w:t>
+                <w:t xml:space="preserve">hal-03322761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High-order moment models for low pressure discharges</w:t>
               </w:r>
@@ -15487,51 +15487,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Reboul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alejandro Alvarez-Laguna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry E. Magin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -15796,515 +15796,515 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03322731v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oscillation analysis in Hall thrusters with 2D (axial-azimuthal) Particle-In-Cell simulations</w:t>
+                <w:t xml:space="preserve">2D axial-azimuthal Particle-In-Cell benchmark for low-temperature magnetized plasmas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Charoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">A. Bourdon</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Boeuf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Bourdon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.A. Carlsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">36th International Electric Propulsion Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Vienna, Austria</w:t>
+              <w:t xml:space="preserve">72th Annual Gaseous Electronics Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, College station, TX, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03099407v1</w:t>
+                <w:t xml:space="preserve">hal-04751906v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId415" w:history="1">
+            <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">2D axial-azimuthal Particle-In-Cell benchmark for low-temperature magnetized plasmas</w:t>
+                <w:t xml:space="preserve">Oscillation analysis in Hall thrusters with 2D (axial-azimuthal) Particle-In-Cell simulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Charoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">J.A. Carlsson</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Trevor Lafleur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Tavant</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">72th Annual Gaseous Electronics Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2019, College station, TX, United States</w:t>
+              <w:t xml:space="preserve">36th International Electric Propulsion Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId415" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04751906v1</w:t>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03099407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hall thrusters instabilities analysis with 2D (axial-azimuthal) Particle-In-Cell simulations</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Trevor Lafleur</w:t>
+                <w:t xml:space="preserve">Global model of a magnetized ion thruster with xenon and iodine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Lucken</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Marmuse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Tavant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Bourdon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne Bourdon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">72nd Annual Gaseous Electronics Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2019, College Station, United States</w:t>
+              <w:t xml:space="preserve">36th International Electric Propulsion Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03099394v1</w:t>
+                <w:t xml:space="preserve">hal-02341687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Global model of a magnetized ion thruster with xenon and iodine</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Florian Marmuse</w:t>
+                <w:t xml:space="preserve">Hall thrusters instabilities analysis with 2D (axial-azimuthal) Particle-In-Cell simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Charoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Trevor Lafleur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Tavant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Chabert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bourdon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">36th International Electric Propulsion Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Vienna, Austria</w:t>
+              <w:t xml:space="preserve">72nd Annual Gaseous Electronics Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, College Station, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02341687v1</w:t>
+                <w:t xml:space="preserve">hal-03099394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optical and electrical diagnostics in an iodine plasma</w:t>
               </w:r>
@@ -16428,77 +16428,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2D (axial-azimuthal) Particle-In-Cell Benchmark for ExB Discharges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Charoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Boeuf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId416" w:history="1">
+            <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.A. Carlsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -16553,51 +16553,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Challenges in the modeling of low temperature partially magnetized plasmas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Charoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Boeuf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Tavant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16871,528 +16871,528 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02342237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anomalous transport in a magnetized plasma column under laboratory conditions</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Antoine Tavant</w:t>
+                <w:t xml:space="preserve">Asymptotic-preserving finite volume scheme for the multi-fluid equations towards electric propulsion applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alejandro Alvarez-Laguna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId425" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Magin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Chabert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId426" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Massot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bourdon</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">71st Annual Gaseous Electronics Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2018, Portland, Oregon, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02342223v1</w:t>
+                <w:t xml:space="preserve">hal-02342232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId425" w:history="1">
+            <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of electron-drift instability in 1D fluid simulations of Hall Effect Thrusters</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Trevor Lafleur</w:t>
+                <w:t xml:space="preserve">Enhanced transport in magnetized low temperature discharges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Lucken</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Tavant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">71st Annual Gaseous Electronics Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2018, Portland, Oregon, United States</w:t>
+              <w:t xml:space="preserve">ESCAMPIG XXIV</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Glasgow, Scotland, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId425" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02342231v1</w:t>
+            <w:hyperlink r:id="rId427" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02341677v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId426" w:history="1">
+            <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhanced transport in magnetized low temperature discharges</w:t>
+                <w:t xml:space="preserve">Anomalous transport in a magnetized plasma column under laboratory conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Lucken</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Tavant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bourdon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.A. Lieberman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESCAMPIG XXIV</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Glasgow, Scotland, United Kingdom</w:t>
+              <w:t xml:space="preserve">71st Annual Gaseous Electronics Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Portland, Oregon, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId426" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02341677v1</w:t>
+            <w:hyperlink r:id="rId428" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02342223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId427" w:history="1">
+            <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Asymptotic-preserving finite volume scheme for the multi-fluid equations towards electric propulsion applications</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">T. Magin</w:t>
+                <w:t xml:space="preserve">Effects of electron-drift instability in 1D fluid simulations of Hall Effect Thrusters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Martorelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Trevor Lafleur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Anne Bourdon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">71st Annual Gaseous Electronics Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2018, Portland, Oregon, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId427" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02342232v1</w:t>
+            <w:hyperlink r:id="rId429" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02342231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In LANDMARK : The 2D axial-azimuthal Particle-In-Cell benchmark on ExB discharges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Charoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Boeuf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Willca Villafana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -18123,148 +18123,152 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02342233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Entangled effects of electron drift instability and secondary electron emissions in Hall effect thrusters : Insights from 2D PIC computations</w:t>
+                <w:t xml:space="preserve">Electron drift instability and secondary electron emission in Hall effect thrusters: Insights from 2D PIC simulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vivien Croes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Tavant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Lucken</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trevor Lafleur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">70th Annual Gaseous Electronics Conference (GEC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2017, Pittsburgh, Pennsylvania, United States</w:t>
+              <w:t xml:space="preserve">International Workshop on Ion Propulsion and Accelerator Industrial Application</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2017, CNR Nanotech, Bari, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02593734v1</w:t>
+                <w:t xml:space="preserve">hal-02593699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling wall ion fluxes in an RF discharge: insights from 2D PIC simulation</w:t>
               </w:r>
@@ -18494,297 +18498,297 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02593738v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electron drift instability and secondary electron emission in Hall effect thrusters: Insights from 2D PIC simulations</w:t>
+                <w:t xml:space="preserve">Entangled effects of electron drift instability and secondary electron emissions in Hall effect thrusters : Insights from 2D PIC computations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vivien Croes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Tavant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trevor Lafleur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Chabert</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Workshop on Ion Propulsion and Accelerator Industrial Application</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2017, CNR Nanotech, Bari, Italy</w:t>
+              <w:t xml:space="preserve">70th Annual Gaseous Electronics Conference (GEC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Pittsburgh, Pennsylvania, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02593699v1</w:t>
+                <w:t xml:space="preserve">hal-02593734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bi-dimensional Particle-In-Cell simulations of Hall thrusters: Electron drift instability and secondary electron emissions</w:t>
+                <w:t xml:space="preserve">Study of electron transport in a Hall effect thruster with 2D (r-theta) Particle-In-Cell simulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vivien Croes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Tavant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Lucken</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trevor Lafleur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th Workshop on Radio-Frequency Discharges</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Presqu île de Giens, France</w:t>
+              <w:t xml:space="preserve">35th International Electric Propulsion Conference (IEPC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Atlanta, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02593702v1</w:t>
+                <w:t xml:space="preserve">hal-02588026v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">2D simulations of Hall effect thrusters</w:t>
+                <w:t xml:space="preserve">Bi-dimensional Particle-In-Cell simulations of Hall thrusters: Electron drift instability and secondary electron emissions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vivien Croes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Tavant</w:t>
@@ -18815,198 +18819,194 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plas@par Young researcher's day</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Sorbonne Université, Paris, France</w:t>
+              <w:t xml:space="preserve">6th Workshop on Radio-Frequency Discharges</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Presqu île de Giens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02593701v1</w:t>
+                <w:t xml:space="preserve">hal-02593702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of electron transport in a Hall effect thruster with 2D (r-theta) Particle-In-Cell simulations</w:t>
+                <w:t xml:space="preserve">2D simulations of Hall effect thrusters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vivien Croes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Tavant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trevor Lafleur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Chabert</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">35th International Electric Propulsion Conference (IEPC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2017, Atlanta, United States</w:t>
+              <w:t xml:space="preserve">Plas@par Young researcher's day</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Sorbonne Université, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02588026v1</w:t>
+                <w:t xml:space="preserve">hal-02593701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Global models of plasma thrusters: Insights from PIC simulation and fluid theory</w:t>
               </w:r>
@@ -19491,553 +19491,553 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02588043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What could be the role of numerical simulations in our field?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The role of surface interaction probabilities in reactive plasma modelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew Gibson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Foucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniil Marinov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Gans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">69th Annual Gaseous Electronics Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2016, Bochum, Germany</w:t>
+              <w:t xml:space="preserve">ESCAMPIG</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Bratislava, Slovakia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02573365v1</w:t>
+                <w:t xml:space="preserve">hal-02593684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId450" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The role of surface interaction probabilities in reactive plasma modelling</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">T. Gans</w:t>
+                <w:t xml:space="preserve">2D Particle-In-Cell simulations of the electron-cyclotron instability and associated anomalous transport in Hall-Effect Thrusters.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vivien Croes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Trevor Lafleur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId451" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Z. Bonaventura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId452" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Pechereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESCAMPIG</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2016, Bratislava, Slovakia</w:t>
+              <w:t xml:space="preserve">69th Annual Gaseous Electronics Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Ruhr-Universität Bochum, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId450" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02593684v1</w:t>
+                <w:t xml:space="preserve">hal-02593697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId451" w:history="1">
+            <w:hyperlink r:id="rId453" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">2D Particle-In-Cell simulations of the electron-cyclotron instability and associated anomalous transport in Hall-Effect Thrusters.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Anne Bourdon</w:t>
+                <w:t xml:space="preserve">Vibrational excitation in O&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt; and Cl&amp;lt;SUB&amp;gt;2 &amp;lt;/SUB&amp;gt; inductively-coupled plasmas and DC discharges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Booth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Foucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniil Marinov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew Gibson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">69th Annual Gaseous Electronics Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2016, Ruhr-Universität Bochum, Germany</w:t>
+              <w:t xml:space="preserve">ESCAMPIG Workshop on electron processes active in low temperature plasmas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Bratislava, Slovakia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId451" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02593697v1</w:t>
+            <w:hyperlink r:id="rId453" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02573355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vibrational excitation in O&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt; and Cl&amp;lt;SUB&amp;gt;2 &amp;lt;/SUB&amp;gt; inductively-coupled plasmas and DC discharges</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">What could be the role of numerical simulations in our field?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESCAMPIG Workshop on electron processes active in low temperature plasmas</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2016, Bratislava, Slovakia</w:t>
+              <w:t xml:space="preserve">69th Annual Gaseous Electronics Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Bochum, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02573355v1</w:t>
+                <w:t xml:space="preserve">hal-02573365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId455" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charged and neutral particle dynamics in low pressure chlorine and oxygen plasmas: the role of collisional processes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew Gibson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Foucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniil Marinov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Chabert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Gans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EPS Plasma</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2016, Leuven, Belgium</w:t>
@@ -20187,51 +20187,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vivien Croes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trevor Lafleur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId452" w:history="1">
+            <w:hyperlink r:id="rId451" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Z. Bonaventura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -20282,77 +20282,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId458" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamics of inductive plasmas in Cl&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt;, O&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt; and Cl&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt;/O&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt; mixtures: quantitative diagnostics and numerical modelling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniil Marinov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Foucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew Gibson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -20403,103 +20403,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The importance of surface interaction probabilities in low pressure plasma simulations for process design</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew Gibson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Foucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniil Marinov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Chabert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Gans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PESM (Plasma Etch and Strip for Microelectronics)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2016, Grenoble, France</w:t>
@@ -20649,51 +20649,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Validation of Inductively Coupled Plasmas Sustained in Halogen Chemistries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ankur Agarwal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Foucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Rauf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -20774,90 +20774,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inductively-coupled plasmas in Cl&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt; and O&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt;: Comparing HPEM with advanced diagnostic measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Booth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Foucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew Gibson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniil Marinov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nishant Sirse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quantumol Workshop -Linking Simulation with Experiment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2015, London, United Kingdom</w:t>
@@ -20880,454 +20880,454 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02573341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Density and temperature measurements in ICP's of Cl&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt;/O&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt; using high sensitivity ultra broad-band absorption spectroscopy</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId160" w:history="1">
+                <w:t xml:space="preserve">Modelling the influence of neutral gas heating mechanisms on particle densities in inductively coupled chlorine discharges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew Gibson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Gans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Foucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniil Marinov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium on Plasma Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2015, Anvers, Belgium</w:t>
+              <w:t xml:space="preserve">Gaseous Electronics Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2015, Honolulu, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02593678v1</w:t>
+                <w:t xml:space="preserve">hal-02593670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vibrational kinetics in Cl&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt; and O&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt; low-pressure inductively-coupled plasmas</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Density and temperature measurements in ICP's of Cl&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt;/O&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt; using high sensitivity ultra broad-band absorption spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Foucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniil Marinov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emile Carbone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Chabert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Booth</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gaseous Electronics Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2015, Honolulu, United States</w:t>
+              <w:t xml:space="preserve">International Symposium on Plasma Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2015, Anvers, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02593669v1</w:t>
+                <w:t xml:space="preserve">hal-02593678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId468" w:history="1">
+            <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling the influence of neutral gas heating mechanisms on particle densities in inductively coupled chlorine discharges</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId160" w:history="1">
+                <w:t xml:space="preserve">Vibrational kinetics in Cl&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt; and O&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt; low-pressure inductively-coupled plasmas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Booth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Foucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniil Marinov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId468" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adriana Annusova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gaseous Electronics Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2015, Honolulu, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId468" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02593670v1</w:t>
+            <w:hyperlink r:id="rId467" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02593669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId469" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ultra broad-band high sensitivity absorption spectroscopy of inductively-coupled plasmas in Cl&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt;/O&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt; mixtures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Booth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Foucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniil Marinov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -21378,64 +21378,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantitative Diagnostics of Inductive Plasmas in Cl&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt;, O&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt; AND Cl&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt;/O&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt; Mixtures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Booth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Foucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniil Marinov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -21486,64 +21486,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Comprehensive Quantitative Study of Low Pressure Inductively-Coupled Plasmas in Cl&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt;, O&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt; and Mixtures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Booth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Foucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniil Marinov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -21611,64 +21611,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantitative Diagnostics of Inductive Plasmas in Chlorine, Oxygen and Chlorine-Oxygen Mixtures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Booth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Foucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniil Marinov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -21857,51 +21857,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId475" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inductively-coupled plasmas of Cl&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt;, O&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt; and mixtures : measurement of atoms, Cl&amp;lt;SUB&amp;gt;x&amp;lt;/SUB&amp;gt;O&amp;lt;SUB&amp;gt;y&amp;lt;/SUB&amp;gt; and electron densities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Foucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emile Carbone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -21965,90 +21965,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId476" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development and test of the negative and positive ion thruster PEGASES</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ane Aanesland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D.V. Rafalskyi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trevor Lafleur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascaline Grondein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -22099,64 +22099,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId478" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inductively-coupled plasmas of Cl&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt;, O&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt; and mixtures : measurement of atoms, Cl&amp;lt;SUB&amp;gt;x&amp;lt;/SUB&amp;gt;O&amp;lt;SUB&amp;gt;y&amp;lt;/SUB&amp;gt; and electron densities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Foucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniil Marinov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emile Carbone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -22220,64 +22220,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId479" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diagnostics of Cl&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt;/O&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt; Inductively-Coupled Plasmas by Ultra-High sensitivity Broad-Band Absorption Spectroscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Foucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniil Marinov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emile Carbone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -22404,368 +22404,368 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02573361v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId481" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Living on the edge: fifteen years un RF sheaths (Crookes Prize Lecture)</w:t>
+                <w:t xml:space="preserve">A model for capacitive discharges with arbitrary RF waveform excitation including the electrical asymmetry effect and the associated self-bias</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Trevor Lafleur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Booth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miles Turner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXII Europhysics Conference on Atomic and Molecular Physics of Ionized Gases (ESCAMPIG)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2014, Greifswald, Germany</w:t>
+              <w:t xml:space="preserve">8th International Conference on reactive Plasma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2014, Fukuoka, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId481" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02573362v1</w:t>
+                <w:t xml:space="preserve">hal-02573360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId482" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A model for capacitive discharges with arbitrary RF waveform excitation including the electrical asymmetry effect and the associated self-bias</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dynamique des Plasmas à Couplage Inductive dans les gaz HBr, Cl&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt; et O&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt; et mixtures: Diagnostiques Laser et Absorption Ultraviolet Large-Bande</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Booth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Foucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Miles Turner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th International Conference on reactive Plasma</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2014, Fukuoka, Japan</w:t>
+              <w:t xml:space="preserve">Colloque de Plasma-Québec</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Montreal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId482" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02573360v1</w:t>
+                <w:t xml:space="preserve">hal-02573338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamique des Plasmas à Couplage Inductive dans les gaz HBr, Cl&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt; et O&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt; et mixtures: Diagnostiques Laser et Absorption Ultraviolet Large-Bande</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Living on the edge: fifteen years un RF sheaths (Crookes Prize Lecture)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque de Plasma-Québec</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2014, Montreal, Canada</w:t>
+              <w:t xml:space="preserve">XXII Europhysics Conference on Atomic and Molecular Physics of Ionized Gases (ESCAMPIG)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Greifswald, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02573338v1</w:t>
+                <w:t xml:space="preserve">hal-02573362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId484" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diagnostics of Inductively-Coupled Plasmas in Hydrogen Bromide : Bromine Atom and Electron Densities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Booth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nishant Sirse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Foucher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AVS Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2013, Long Beach, California, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -22784,459 +22784,459 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02594800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId485" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diagnostics of inductively-coupled plasmas in HBr : Bromine atom and electron densities</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">E×B probe investigation of the PEGASES thruster ion beam in Xe and SF6</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId486" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robert Soriano</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mickaël Foucher</w:t>
+                <w:t xml:space="preserve">Dennis Gerst</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId487" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Renaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Mazouffre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ane Aanesland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gaseous Electronics Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2013, Princeton, New Jersey, United States</w:t>
+              <w:t xml:space="preserve">33rd International Electric Propulsion Conference (IEPC2013)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2013, Washington, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId485" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02594803v1</w:t>
+                <w:t xml:space="preserve">hal-02570452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId487" w:history="1">
+            <w:hyperlink r:id="rId488" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A model for the radiofrequency sheath with arbitrary waveforms</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Diagnostics of inductively-coupled plasmas in HBr : Bromine atom and electron densities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Booth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nishant Sirse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId489" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Soriano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Foucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Miles Turner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Plasma and Nanotechnology (ICPLANTS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2013, Gero, Japan</w:t>
+              <w:t xml:space="preserve">Gaseous Electronics Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2013, Princeton, New Jersey, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId487" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02573322v1</w:t>
+            <w:hyperlink r:id="rId488" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02594803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId488" w:history="1">
+            <w:hyperlink r:id="rId490" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling of atmospheric pressure capacitive microdischarges in He/O&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt;</w:t>
+                <w:t xml:space="preserve">A model for the radiofrequency sheath with arbitrary waveforms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">A.J. Lichtenberg</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miles Turner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium on Plasmas (ISP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2013, Nagoya, Japan</w:t>
+              <w:t xml:space="preserve">International Conference on Plasma and Nanotechnology (ICPLANTS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2013, Gero, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId488" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02573321v1</w:t>
+            <w:hyperlink r:id="rId490" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02573322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId489" w:history="1">
+            <w:hyperlink r:id="rId491" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E×B probe investigation of the PEGASES thruster ion beam in Xe and SF6</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modelling of atmospheric pressure capacitive microdischarges in He/O&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Ane Aanesland</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Lazzaroni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.A. Lieberman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.J. Lichtenberg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">33rd International Electric Propulsion Conference (IEPC2013)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2013, Washington, United States</w:t>
+              <w:t xml:space="preserve">International Symposium on Plasmas (ISP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2013, Nagoya, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId489" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02570452v1</w:t>
+            <w:hyperlink r:id="rId491" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02573321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId492" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electron heating in capacitively coupled plasmas revisited: single and multi-frequency discharges</w:t>
               </w:r>
@@ -23330,64 +23330,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId493" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ground state bromine atom density measurements by two-photon absorption laser-induced fluorescence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Foucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nishant Sirse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Booth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -23464,51 +23464,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Booth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nishant Sirse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Indelicato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -23576,51 +23576,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inductively-coupled plasmas in pure chlorine: comparison of atom density, electron density and gas temperature measurements with the HPEM hybrid model.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Booth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nishant Sirse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -23678,385 +23678,385 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02573293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamics of Cl&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt; inductively-coupled plasmas: Role of electronic and vibrational excitation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Vibrational kinetics in a Cl2 inductively-coupled plasma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId497" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Pruvost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Booth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nishant Sirse</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Foucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">A. Surzhykov</w:t>
+            <w:hyperlink r:id="rId499" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Guerra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FLTPD</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2013, Rolduc, Netherlands</w:t>
+              <w:t xml:space="preserve">Gaseous Electronics Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2013, Princeton, New Jersey, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02573290v1</w:t>
+                <w:t xml:space="preserve">hal-02594801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId499" w:history="1">
+            <w:hyperlink r:id="rId500" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vibrational kinetics in a Cl2 inductively-coupled plasma</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Diagnostics of inductively-coupled plasmas in hydrogen bromide : Bromine atom and electron densities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Booth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nishant Sirse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Chabert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Foucher</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gaseous Electronics Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2013, Princeton, New Jersey, United States</w:t>
+              <w:t xml:space="preserve">UK Technological Plasmas Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2013, York, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId499" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02594801v1</w:t>
+            <w:hyperlink r:id="rId500" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02594799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId501" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diagnostics of inductively-coupled plasmas in hydrogen bromide : Bromine atom and electron densities</w:t>
+                <w:t xml:space="preserve">Dynamics of Cl&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt; inductively-coupled plasmas: Role of electronic and vibrational excitation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Booth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nishant Sirse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Indelicato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Surzhykov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">UK Technological Plasmas Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2013, York, United Kingdom</w:t>
+              <w:t xml:space="preserve">FLTPD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2013, Rolduc, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId501" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02594799v1</w:t>
+                <w:t xml:space="preserve">hal-02573290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId502" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chlorine atom and molecule dynamics in an inductively coupled plasma in pure Cl&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt;</w:t>
               </w:r>
@@ -24081,51 +24081,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yasmina Azamoum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nishant Sirse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plasma Etch and Strip in Microelectronics (PESM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2012, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -24163,77 +24163,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electron energy distribution function and plasma parameters across magnetic filters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bredin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ane Aanesland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Godyak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">DOE Plasma Science Center Annual Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2012, Princeton, New Jersey, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -24252,519 +24252,519 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02573359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId504" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Absolute Cl and Cl&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt; densities in a Cl&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt; ICP determined by TALIF with a new calibration method</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Physics of low pressure radio-frequency plasmas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Technological Plasmas Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2012, Manchester, United Kingdom</w:t>
+              <w:t xml:space="preserve">International Conference on Plasma and Nanotechnology (ICPLANTS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2012, Inuyama, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId504" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02594794v1</w:t>
+                <w:t xml:space="preserve">hal-02573286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling of atmospheric pressure capacitive discharges</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Absolute Cl and Cl&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt; densities in a Cl&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt; ICP determined by TALIF with a new calibration method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Booth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nishant Sirse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasmina Azamoum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">65th Annual Gaseous Electronics Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2012, Austin, Texas, United States</w:t>
+              <w:t xml:space="preserve">Technological Plasmas Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2012, Manchester, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02573277v1</w:t>
+                <w:t xml:space="preserve">hal-02594794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId506" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A continuous dual ion beam formed by successive acceleration of positive and negative ions</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modelling of atmospheric pressure capacitive discharges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">65th Gaseous Electronics Conference (GEC)</w:t>
+              <w:t xml:space="preserve">65th Annual Gaseous Electronics Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2012, Austin, Texas, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId506" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02594792v1</w:t>
+                <w:t xml:space="preserve">hal-02573277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId507" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PEGASES - Plasma Propulsion with Electronegative gases - A status update</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId177" w:history="1">
+                <w:t xml:space="preserve">A continuous dual ion beam formed by successive acceleration of positive and negative ions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ane Aanesland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lara Popelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Mazouffre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Space Propulsion 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2012, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">65th Gaseous Electronics Conference (GEC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2012, Austin, Texas, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId507" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02594789v1</w:t>
+                <w:t xml:space="preserve">hal-02594792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId509" w:history="1">
+            <w:hyperlink r:id="rId508" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physics of low pressure radio-frequency plasmas</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">PEGASES - Plasma Propulsion with Electronegative gases - A status update</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ane Aanesland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lara Popelier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Bredin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId509" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Mazouffre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Plasma and Nanotechnology (ICPLANTS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2012, Inuyama, Japan</w:t>
+              <w:t xml:space="preserve">Space Propulsion 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2012, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId509" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02573286v1</w:t>
+            <w:hyperlink r:id="rId508" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02594789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId510" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transport des électrons et des ions négatifs au travers d'une barrière de champ magnétique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ane Aanesland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bredin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -24854,51 +24854,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yasmina Azamoum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nishant Sirse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Workshop on Plasma Spectroscopy (IPS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2012, Presqu ile de Giens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -24962,51 +24962,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Meige</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ane Aanesland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">39th IEEE International Conference on Plasma Science (ICOPS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2012, Edinburgh, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -25057,51 +25057,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bredin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ane Aanesland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gaseous Electronics Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2012, Austin, Texas, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -25120,381 +25120,381 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02594753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId514" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gas temperature measurement in Ar and Ar-Cl&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt; based ICP discharge: Comparison between experiments and simulations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nishant Sirse</w:t>
+                <w:t xml:space="preserve">Electron temperature and plasma density distribution measurement along magnetic barrier in the PEGASES thruster</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Bredin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ane Aanesland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId515" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quentin Délivré</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Pascal Chabert</w:t>
+                <w:t xml:space="preserve">Valery Godyak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Conference on Plasma Science (ICOPS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2012, Edinburgh, United Kingdom</w:t>
+              <w:t xml:space="preserve">Workshop on Plasma Cross Field Diffusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2012, Austin, Texas, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId514" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02594795v1</w:t>
+                <w:t xml:space="preserve">hal-02594752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId516" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electron temperature and plasma density distribution measurement along magnetic barrier in the PEGASES thruster</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ane Aanesland</w:t>
+                <w:t xml:space="preserve">Inductively-coupled plasmas in pure chlorine: comparison experiments/HPEM</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Booth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nishant Sirse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasmina Azamoum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Valery Godyak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop on Plasma Cross Field Diffusion</w:t>
+              <w:t xml:space="preserve">GEC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2012, Austin, Texas, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId516" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02594752v1</w:t>
+                <w:t xml:space="preserve">hal-02594735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId518" w:history="1">
+            <w:hyperlink r:id="rId517" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inductively-coupled plasmas in pure chlorine: comparison experiments/HPEM</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Gas temperature measurement in Ar and Ar-Cl&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt; based ICP discharge: Comparison between experiments and simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nishant Sirse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId518" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Délivré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Booth</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yasmina Azamoum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GEC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2012, Austin, Texas, United States</w:t>
+              <w:t xml:space="preserve">IEEE International Conference on Plasma Science (ICOPS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Edinburgh, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId518" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02594735v1</w:t>
+            <w:hyperlink r:id="rId517" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02594795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId519" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Absolute Cl and Cl&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt; densities in a Cl&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt; ICP determined by TALIF with a new calibration method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nishant Sirse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yasmina Azamoum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -25552,489 +25552,489 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02594750v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId520" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A global model of the self-pulsing regime of micro-hollow cathode discharges</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Claudia Lazzaroni</w:t>
+                <w:t xml:space="preserve">Atomic Chlorine absolute densities and surface recombination coefficients in inductively coupled plasmas in Cl&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Booth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nishant Sirse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasmina Azamoum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">64nd Gaseous Electronics Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2011, Salt Lake City, Utah, United States</w:t>
+              <w:t xml:space="preserve">AVS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2011, Nashville, Tennessee, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId520" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02594796v1</w:t>
+                <w:t xml:space="preserve">hal-02594749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId521" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Global models of microdischarges</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Recombination coefficients of Cl atoms on Al&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt;O&amp;lt;SUB&amp;gt;3&amp;lt;/SUB&amp;gt; walls determined by TALIF</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Booth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nishant Sirse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasmina Azamoum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId522" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mujahid Zaka-Ul-Islam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">A.J. Lichtenberg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Phenomena in Ionized Gases (ICPIG)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2011, Belfast, Northern, Ireland</w:t>
+              <w:t xml:space="preserve">Plasma Etch and Strip for Microelectronics (PESM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2011, Mechelen, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId521" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02573323v1</w:t>
+                <w:t xml:space="preserve">hal-02594744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId522" w:history="1">
+            <w:hyperlink r:id="rId523" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atomic Chlorine absolute densities and surface recombination coefficients in inductively coupled plasmas in Cl&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt;</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Yasmina Azamoum</w:t>
+                <w:t xml:space="preserve">A global model of the self-pulsing regime of micro-hollow cathode discharges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Lazzaroni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AVS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2011, Nashville, Tennessee, United States</w:t>
+              <w:t xml:space="preserve">64nd Gaseous Electronics Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2011, Salt Lake City, Utah, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId522" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02594749v1</w:t>
+            <w:hyperlink r:id="rId523" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02594796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId523" w:history="1">
+            <w:hyperlink r:id="rId524" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recombination coefficients of Cl atoms on Al&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt;O&amp;lt;SUB&amp;gt;3&amp;lt;/SUB&amp;gt; walls determined by TALIF</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Global models of microdischarges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Lazzaroni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.A. Lieberman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.J. Lichtenberg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plasma Etch and Strip for Microelectronics (PESM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2011, Mechelen, Belgium</w:t>
+              <w:t xml:space="preserve">International Conference on Phenomena in Ionized Gases (ICPIG)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2011, Belfast, Northern, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId523" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02594744v1</w:t>
+            <w:hyperlink r:id="rId524" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02573323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId525" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Absolute atomic chlorine densities in a Cl&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt; ICP determined by TALIF with a new calibration method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Booth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nishant Sirse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yasmina Azamoum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -26085,90 +26085,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId526" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">INCLINE - Inductively coupled plasma for CMOS-compatible etching of III-V integrated laser sources</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Bouchoule</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Gatilova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId527" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Patriarche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Guilet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId528" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Le Gratiet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -26223,51 +26223,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Detection of atomic chlorine in an inductively-coupled plasma by TALIF:Absolute densities and surface recombination coefficients</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Booth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nishant Sirse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yasmina Azamoum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -26426,51 +26426,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId532" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Sarot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId524" w:history="1">
+            <w:hyperlink r:id="rId522" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mujahid Zaka-Ul-Islam</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IS-Plasma (International Symposium-Plasma)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2011, Nagoya, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -26521,51 +26521,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Lazzaroni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Rousseau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Plasma and Nanotechnology (ICPLANTS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2011, Takayama, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -26584,645 +26584,645 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02573328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId534" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cl atom recombination coefficients in a Cl&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt; ICP determined by TALIF</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Paul Booth</w:t>
+                <w:t xml:space="preserve">Study of the EEDF and electronic temperature through various magnetic field barriers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Bredin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ane Aanesland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId535" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Mujahid Zaka-Ul-Islam</w:t>
+            <w:hyperlink r:id="rId515" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valery Godyak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Low Temperature Plasma Diagnostics (FLTPD)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2011, Zinnowitz, Germany</w:t>
+              <w:t xml:space="preserve">Gaseous Electronics Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2011, Salt Lake City, Utah, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId534" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02594745v1</w:t>
+                <w:t xml:space="preserve">hal-02594751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId536" w:history="1">
+            <w:hyperlink r:id="rId535" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The acceleration scheme in the PEGASES innovative thruster</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId276" w:history="1">
+                <w:t xml:space="preserve">Extraction and acceleration of ions from an ion-ion plasma - application to space propulsion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lara Popelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ane Aanesland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Mazouffre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">32nd International Electric Propulsion Conference (IEPC)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">5th International Conference on Recent Advances in Space Technologies (RAST)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2011, Istanbul, Turkey. pp.708-711, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId536" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/RAST.2011.5966933⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId536" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02594791v1</w:t>
+            <w:hyperlink r:id="rId535" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02587976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId537" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of the EEDF and electronic temperature through various magnetic field barriers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The acceleration scheme in the PEGASES innovative thruster</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lara Popelier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bredin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ane Aanesland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Valery Godyak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gaseous Electronics Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2011, Salt Lake City, Utah, United States</w:t>
+              <w:t xml:space="preserve">32nd International Electric Propulsion Conference (IEPC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2011, Wiesbaden, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId537" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02594751v1</w:t>
+                <w:t xml:space="preserve">hal-02594791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId538" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extraction and acceleration of ions from an ion-ion plasma - application to space propulsion</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">S. Mazouffre</w:t>
+                <w:t xml:space="preserve">Cl atom recombination coefficients in a Cl&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt; ICP determined by TALIF</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Booth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId539" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Boutaiba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId522" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mujahid Zaka-Ul-Islam</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th International Conference on Recent Advances in Space Technologies (RAST)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Frontiers in Low Temperature Plasma Diagnostics (FLTPD)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2011, Zinnowitz, Germany</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId538" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02587976v1</w:t>
+                <w:t xml:space="preserve">hal-02594745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId540" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Model of the dynamics of the self-pulsing regime in a MHCD in argon</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modelling of chlorine inductive discharges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId306" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Antoine Rousseau</w:t>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Despiau-Pujo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">63rd Gaseous Electronics Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2010, Paris, France</w:t>
+              <w:t xml:space="preserve">25th Summer School and International Symposium on the Physics of Ionized Gases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2010, Donji Milanovac, Serbia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId540" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02595190v1</w:t>
+                <w:t xml:space="preserve">hal-02573325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId541" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling of chlorine inductive discharges</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Model of the dynamics of the self-pulsing regime in a MHCD in argon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Lazzaroni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId314" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Emilie Despiau-Pujo</w:t>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Rousseau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25th Summer School and International Symposium on the Physics of Ionized Gases</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2010, Donji Milanovac, Serbia</w:t>
+              <w:t xml:space="preserve">63rd Gaseous Electronics Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2010, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId541" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02573325v1</w:t>
+                <w:t xml:space="preserve">hal-02595190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId542" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of low-frequency power on electron density and ion flux in dual-frequency capacitive radiofrequency discharges</w:t>
               </w:r>
@@ -27316,51 +27316,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling of chlorine inductive discharges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Despiau-Pujo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Plasma and Nanotechnology (ICPLANTS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2010, Nagoya, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -27666,51 +27666,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Ramos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Cunge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Sadeghi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">55th International AVS Symposium &amp; Topical Conferences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2008, boston, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -28363,51 +28363,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Booth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Drag</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ane Aanesland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">71st Annual Gaseous Electronics Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2018, Portland, Oregon, United States. 2018</w:t>
@@ -28695,51 +28695,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Lucken</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trevor Lafleur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascaline Grondein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -29152,64 +29152,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId570" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Highly vibrationally excited O&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt; molecules in low pressure oxygen plasmas: 1. Broad-band absorption spectroscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniil Marinov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Foucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId571" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Guaitella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -29277,103 +29277,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId573" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The role of gas kinetics and surface interaction probabilities in simulations of industrial plasma sources at low pressure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew Gibson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Foucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniil Marinov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Chabert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Gans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium on Gas Kinetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2016, York, United Kingdom. 2016</w:t>
@@ -29510,90 +29510,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vibrational kinetics in Cl&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt; and O&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt; low-pressure inductively-coupled plasmas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Booth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Foucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniil Marinov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId467" w:history="1">
+            <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adriana Annusova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">POSMOL</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2015, Lisbon, Portugal. 2015</w:t>
@@ -29622,103 +29622,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId576" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A model for inductively coupled plasmas in O2 including vibrational kinetics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId467" w:history="1">
+            <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adriana Annusova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId500" w:history="1">
+            <w:hyperlink r:id="rId499" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Guerra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Booth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Foucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniil Marinov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EPS Plasma</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2015, Lisbon, Portugal. 2015</w:t>
@@ -29741,541 +29741,541 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02611333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId577" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parameter mapping of ion-ion plasma formation downstream localized magnetic barriers in Ar/SF6 mixtures</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Bredin</w:t>
+                <w:t xml:space="preserve">Ground-state bromine atoms measurements by Two-Photon Absorption Laser-Induced Fluorescence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Foucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emile Carbone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Booth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ane Aanesland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22th Europhysics Conference on Atomic and Molecular Physics of Ionized Gases</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2014, Greifswald, Germany. 2014</w:t>
+              <w:t xml:space="preserve">PESM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2014, Grenoble, France. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId577" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02611319v1</w:t>
+                <w:t xml:space="preserve">hal-02611326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId578" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inductively-coupled plasmas (ICP) of Cl&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt;,O&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt; and mixtures : measurements of atoms, ClxOy and electron densities</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId160" w:history="1">
+                <w:t xml:space="preserve">High sensitivity ultra-broad-band absorption spectroscopy applied to etching plasmas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Foucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniil Marinov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emile Carbone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Booth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PESM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2014, Grenoble, France. 2014</w:t>
+              <w:t xml:space="preserve">GEC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2014, Raleigh, North Carolina, United States. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId578" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02611325v1</w:t>
+                <w:t xml:space="preserve">hal-02611330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId579" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ground-state bromine atoms measurements by Two-Photon Absorption Laser-Induced Fluorescence</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jean-Paul Booth</w:t>
+                <w:t xml:space="preserve">Parameter mapping of ion-ion plasma formation downstream localized magnetic barriers in Ar/SF6 mixtures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascaline Grondein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Bredin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ane Aanesland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PESM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2014, Grenoble, France. 2014</w:t>
+              <w:t xml:space="preserve">22th Europhysics Conference on Atomic and Molecular Physics of Ionized Gases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Greifswald, Germany. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId579" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02611326v1</w:t>
+                <w:t xml:space="preserve">hal-02611319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId580" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High sensitivity ultra-broad-band absorption spectroscopy applied to etching plasmas</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId160" w:history="1">
+                <w:t xml:space="preserve">Inductively-coupled plasmas (ICP) of Cl&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt;,O&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt; and mixtures : measurements of atoms, ClxOy and electron densities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Foucher</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Daniil Marinov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emile Carbone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Booth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GEC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2014, Raleigh, North Carolina, United States. 2014</w:t>
+              <w:t xml:space="preserve">PESM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2014, Grenoble, France. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId580" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02611330v1</w:t>
+                <w:t xml:space="preserve">hal-02611325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId581" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iodine as propellant for electric space propulsion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascaline Grondein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trevor Lafleur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ane Aanesland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">67th Annual Gaseous Electronics Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2014, Raleigh, North Carolina, United States. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -30300,64 +30300,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId582" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inductively-coupled plasmas (ICP) of Cl&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt;, O&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt; and mixtures : measurements of atoms, ClxOy and electron densities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Foucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniil Marinov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emile Carbone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -30421,51 +30421,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId583" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inductively-coupled plasmas in pure Cl&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt;, O&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt; and mixtures: measurements of atom, Cl&amp;lt;SUB&amp;gt;x&amp;lt;/SUB&amp;gt;O&amp;lt;SUB&amp;gt;y&amp;lt;/SUB&amp;gt; and electron densities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Foucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -30516,51 +30516,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId584" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High sensitivity ultra-broad-band absorption spectroscopy applied to etching plasmas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Foucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emile Carbone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -30624,51 +30624,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId585" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inductively-coupled plasmas (ICP) of Cl&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt;, O&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt; and mixtures : measurements of atoms, ClxOy and electron densit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Foucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emile Carbone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -30726,243 +30726,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02611327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId586" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamique des plasmas radio-fréquences pulsés à couplage inductif en gaz halogénés simples</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">B. Pruvost</w:t>
+                <w:t xml:space="preserve">RF measurements in the ferrite-enhanced PEGASES II space thruster prototype : power efficiency and range of operation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D.V. Rafalskyi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ane Aanesland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Bredin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée de l'industrie Plas@par</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2013, Paris, France. 2013</w:t>
+              <w:t xml:space="preserve">4th Workshop on Radio Frequency Discharges</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, Presqu île de Giens, France. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId586" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02611324v1</w:t>
+                <w:t xml:space="preserve">hal-02611294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId587" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">RF measurements in the ferrite-enhanced PEGASES II space thruster prototype : power efficiency and range of operation</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Bredin</w:t>
+                <w:t xml:space="preserve">Dynamique des plasmas radio-fréquences pulsés à couplage inductif en gaz halogénés simples</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Foucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Booth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId497" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Pruvost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th Workshop on Radio Frequency Discharges</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2013, Presqu île de Giens, France. 2013</w:t>
+              <w:t xml:space="preserve">Journée de l'industrie Plas@par</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2013, Paris, France. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId587" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02611294v1</w:t>
+                <w:t xml:space="preserve">hal-02611324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId588" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The influence of the characteristic size of electropositive and electronegative plasmas with a localized magnetic field</w:t>
               </w:r>
@@ -30974,51 +30974,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bredin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ane Aanesland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th Workshop on Radio Frequency Discharges</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2013, Presqu île de Giens, France. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -31069,51 +31069,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Oudini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Meige</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ane Aanesland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Raimbault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -31177,77 +31177,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution de la FDEE et de la température électronique au travers de différentes configurations de champs magnétiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bredin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ane Aanesland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId517" w:history="1">
+            <w:hyperlink r:id="rId515" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valery Godyak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès de la Société Française de Physique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2012, Orléans, France. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -31285,90 +31285,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution of electron temperature and negative ion density through a magnetic barrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bredin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lara Popelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId517" w:history="1">
+            <w:hyperlink r:id="rId515" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valery Godyak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ane Aanesland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Europhysics Conference on the Atomic and Molecular Physics of Ionized Gases</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2012, Viana do Castelo, Portugal. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -31406,64 +31406,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gas temperature and electron density measurements in Ar and Ar&amp;lt;SUB&amp;gt;-&amp;lt;/SUB&amp;gt;Cl&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt; ICP discharges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Booth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nishant Sirse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId515" w:history="1">
+            <w:hyperlink r:id="rId518" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Délivré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -31527,51 +31527,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Oudini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Meige</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ane Aanesland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Raimbault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -31626,64 +31626,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId594" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Space charge neutralisation of continuous dual ion beams</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ane Aanesland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lara Popelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Oudini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -31728,135 +31728,135 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02611303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId595" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of the PEGASES thruster performances</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Study of the EEDF and electronic temperature through a magnetic field measured in the PEGASES thruster</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bredin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ane Aanesland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId515" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valery Godyak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">30th International Conference on Phenomena in Ionized Gases (ICPIG)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2011, Belfast, Northern Ireland, United Kingdom. 2011</w:t>
+              <w:t xml:space="preserve">Workshop on Radio-Frequency Discharges</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2011, Dublin, Ireland. 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId595" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02611297v1</w:t>
+                <w:t xml:space="preserve">hal-02611285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId596" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Global model of atmospheric pressure radio-frequency capacitive discharges</w:t>
               </w:r>
@@ -31944,381 +31944,381 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02611306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId597" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of the EEDF and electronic temperature through a magnetic field measured in the PEGASES thruster</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evaluation of the PEGASES thruster performances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lara Popelier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bredin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ane Aanesland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Valery Godyak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop on Radio-Frequency Discharges</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2011, Dublin, Ireland. 2011</w:t>
+              <w:t xml:space="preserve">30th International Conference on Phenomena in Ionized Gases (ICPIG)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2011, Belfast, Northern Ireland, United Kingdom. 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId597" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02611285v1</w:t>
+                <w:t xml:space="preserve">hal-02611297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId598" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plasma biasing and potential across the magnetic field in the PEGASES thruster</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ane Aanesland</w:t>
+                <w:t xml:space="preserve">Electron density comparison between experiments and simulations in Chlorine based ICP discharge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Booth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nishant Sirse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasmina Azamoum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3rd Workshop on Radio-Frequency Discharges</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2011, Dublin, Ireland. 2011</w:t>
+              <w:t xml:space="preserve">ICPIG</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2011, Belfast, Northern Ireland, United Kingdom. 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId598" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02611298v1</w:t>
+                <w:t xml:space="preserve">hal-02611275v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId599" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electron density comparison between experiments and simulations in Chlorine based ICP discharge</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Yasmina Azamoum</w:t>
+                <w:t xml:space="preserve">Plasma biasing and potential across the magnetic field in the PEGASES thruster</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lara Popelier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ane Aanesland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICPIG</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2011, Belfast, Northern Ireland, United Kingdom. 2011</w:t>
+              <w:t xml:space="preserve">3rd Workshop on Radio-Frequency Discharges</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2011, Dublin, Ireland. 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId599" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02611275v1</w:t>
+                <w:t xml:space="preserve">hal-02611298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId600" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of an ion-ion plasma by biasing a large planar probe with square waveforms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bredin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ane Aanesland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -32369,90 +32369,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recombination coefficient of Cl atoms on Al&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt;O&amp;lt;SUB&amp;gt;3&amp;lt;/SUB&amp;gt; walls determined byTwo-Photon Laser-Induced Fluorescence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Booth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nishant Sirse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yasmina Azamoum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId524" w:history="1">
+            <w:hyperlink r:id="rId522" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mujahid Zaka-Ul-Islam</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICPIG</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2011, Belfast, Northern Ireland, United Kingdom. 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -32471,165 +32471,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02611274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId602" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plasma propulsion with electronegative gases</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ane Aanesland</w:t>
+                <w:t xml:space="preserve">Etude théorique d'une micro décharge à cathode creuse dargo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Lazzaroni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Sadeghi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIe Congrès de la Division Plasma de la Société Française de Physique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2010, Talence, France. 2010</w:t>
+              <w:t xml:space="preserve">XIème Congrès de la Division Plasmas de la SFP,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2010, Bordeaux, France. 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId602" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02611299v1</w:t>
+                <w:t xml:space="preserve">hal-02611309v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId603" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Control of the plasma potential in strong electronegative plasmas and ion-ion plasmas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lara Popelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ane Aanesland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -32661,463 +32674,450 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02611300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId604" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude théorique d'une micro décharge à cathode creuse dargo</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Claudia Lazzaroni</w:t>
+                <w:t xml:space="preserve">Plasma propulsion with electronegative gases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lara Popelier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ane Aanesland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">N. Sadeghi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIème Congrès de la Division Plasmas de la SFP,</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2010, Bordeaux, France. 2010</w:t>
+              <w:t xml:space="preserve">XIe Congrès de la Division Plasma de la Société Française de Physique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2010, Talence, France. 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId604" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02611309v1</w:t>
+                <w:t xml:space="preserve">hal-02611299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId605" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Control of plasma potential in an ion-ion plasma for negative ion acceleration</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId177" w:history="1">
+                <w:t xml:space="preserve">A parametric study of the stratification of electronegative plasmas and the formation of ion-ion plasmas due to magnetic filtering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Bredin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId518" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Délivré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ane Aanesland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd International Symposium on Negative Ions, Beams and Sources (NIBS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2010, Takayama, Japan. 2010</w:t>
+              <w:t xml:space="preserve">Gaseous Electronics Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2010, Paris, France. 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId605" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02611296v1</w:t>
+                <w:t xml:space="preserve">hal-02611284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId606" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A parametric study of the stratification of electronegative plasmas and the formation of ion-ion plasmas due to magnetic filtering</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Ane Aanesland</w:t>
+                <w:t xml:space="preserve">Electron densities and temperatures in a Cl&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt;/Ar ICP</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Booth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId532" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Sarot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Despiau-Pujo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Gatilova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gaseous Electronics Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2010, Paris, France. 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId606" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02611284v1</w:t>
+                <w:t xml:space="preserve">hal-02611281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId607" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electron densities and temperatures in a Cl&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt;/Ar ICP</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Emilie Despiau-Pujo</w:t>
+                <w:t xml:space="preserve">Control of plasma potential in an ion-ion plasma for negative ion acceleration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lara Popelier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ane Aanesland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gaseous Electronics Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2010, Paris, France. 2010</w:t>
+              <w:t xml:space="preserve">2nd International Symposium on Negative Ions, Beams and Sources (NIBS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2010, Takayama, Japan. 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId607" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02611281v1</w:t>
+                <w:t xml:space="preserve">hal-02611296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId608" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sheath and electron density dynamics in a micro hollow cathode discharge in argon</w:t>
               </w:r>
@@ -33129,64 +33129,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Lazzaroni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId306" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Sadeghi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">63rd Gaseous Electronics Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2010, Paris, France. 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -33224,51 +33224,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inductive plasmas in Cl&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt;/Ar :Comparison of hybrid model results with experimental measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Booth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Despiau-Pujo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -33345,77 +33345,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Booth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId532" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Sarot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Despiau-Pujo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Gatilova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESCAMPIG</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2010, Novi Sad, Serbia. 2010</w:t>
@@ -33470,64 +33470,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Lazzaroni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId306" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Sadeghi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">20th European Conference on the Atomic and Molecular of Ionized Gases</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2010, Novi Sad, Serbia. 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -33565,90 +33565,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plasma inductif en Cl&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt;/Ar : comparaison entre simulations hybrides et expériences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId532" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Sarot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Despiau-Pujo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Booth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Gatilova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congres de la Division Plasma du SFP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2010, Bordeaux, France. 2010</w:t>
@@ -33703,64 +33703,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Lazzaroni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId306" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Sadeghi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th workshop on Frontiers in Low Temperature Plasma Diagnostics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2009, Blansko, Czech Republic. 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -33779,286 +33779,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02611313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId614" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structure of a MHCD in the normal regime in pure argon</w:t>
+                <w:t xml:space="preserve">Structure of a MHCD in the normal regime at medium pressure range in pure argon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Lazzaroni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId306" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Sadeghi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">29th International Conference on Phenomena in Ionized Gases</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2009, Cancún, Mexico. 2009</w:t>
+              <w:t xml:space="preserve">62nd Gaseous Electronics Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2009, Saratoga springs, United States. 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId614" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02611314v1</w:t>
+                <w:t xml:space="preserve">hal-02611311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId615" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structure of a MHCD in the normal regime at medium pressure range in pure argon</w:t>
+                <w:t xml:space="preserve">Structure of a MHCD in the normal regime in pure argon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Lazzaroni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId306" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Sadeghi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">62nd Gaseous Electronics Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2009, Saratoga springs, United States. 2009</w:t>
+              <w:t xml:space="preserve">29th International Conference on Phenomena in Ionized Gases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2009, Cancún, Mexico. 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId615" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02611311v1</w:t>
+                <w:t xml:space="preserve">hal-02611314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId616" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Progress on the electronegative plasma thruster PEGASES</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lara Popelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ane Aanesland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -34366,77 +34366,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId626" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Direction for the future - Successive acceleration of positive and negative ions applied to space propulsion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ane Aanesland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bredin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lara Popelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chabert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -34643,51 +34643,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05535223v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Petronio" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Alvarez Laguna" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bourdon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trevor Lafleur" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Chabert" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0305019" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05192813v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Esteves" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0263183" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05445110v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Drag" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/ae2b7e" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05183698v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Jacques Guillon" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0274535" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752706v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarek Ben Slimane" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Leduc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Schiesko" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0214760" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705087v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0220130" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476595v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0188859" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969105v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pioch" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor D&#233;sangles" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0190318" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03946320v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Charoy" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0119255" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993137v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Blondel" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6455/acb7b6" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03935095v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0119253" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04053504v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Esteves" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-L Raimbault" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Bourdon" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Chabert" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6587/acc422" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03812518v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Marmuse" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Drag" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Alvarez Laguna" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/ac8288" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03551302v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Honor&#233;" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0073215" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758363v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Esteves" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bourdon" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Chabert" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0095019" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03285311v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W Villafana" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Denig" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Jimenez" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Eremin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/ac0a4a" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03232799v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Alvarez-Laguna" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/ac02b3" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03320731v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Lafleur" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0057095" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03200269v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Kawamura" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Lieberman" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Lichtenberg" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/abde22" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03200271v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tsanko Vaskov Tsankov" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uwe Czarnetzki" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/abc814" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03220442v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Tavant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0046843" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03220437v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Habl" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Lafleur" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Rafalskyi" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/abf1d5" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03101229v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Kaganovich" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei Smolyakov" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yevgeny Raitses" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Ahedo" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioannis Mikellides" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0010135" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116610v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teddy Pichard" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Magin" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2020.109634" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02870752v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.A. Shcherbanev" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233; Cl&#233;ment" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarence Deltel" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/atmos11050518" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342266v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Lucken" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mike Lieberman" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/ab38b2" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02877468v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0003978" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02950586v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Boccelli" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0006258" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02551832v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry E. Magin" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Massot" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/ab6242" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336361v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Boeuf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Carlsson" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/ab46c5" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02162938v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. A. Lieberman" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5094422" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02272113v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/ab279b" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02272112v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Martorelli" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5089008" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427868v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Raimbault" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Poy&#233;" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Plihon" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.123.265001" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895564v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5017626" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895562v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yue Liu" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Booth" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/aabfb4" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01860436v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Croes" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/aaaf61" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02017799v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/aaeccd" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895566v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/aa9efe" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898210v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5033492" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895556v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/aaa86e" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01510374v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zden&#283;k Bonaventura" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/aa550f" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895577v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Gibson" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Foucher" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniil Marinov" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Gans" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6587/59/2/024004" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895570v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. D. Baalrud" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/aa56e2" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895569v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miles Turner" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/aa6e42" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549331v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Lieberman" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.J. Lichtenberg" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Kawamura" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4938204" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549330v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Grondein" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ane Aanesland" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4944882" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549323v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4948496" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549324v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4948495" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01346016v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewen Campbell" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Brouard" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0963-0252/25/3/035019" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549337v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Oudini" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lounes-Mahloul" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bendib" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0963-0252/25/5/055013" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549336v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0963-0252/25/2/025010" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549348v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Lazzaroni" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0963-0252/25/6/065015" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549335v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Efe Kemaneci" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan van Dijk" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Mussenbrock" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0963-0252/25/2/025025" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549353v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bredin" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0963-0252/24/3/038002" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01617258v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0963-0252/24/4/044002" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549357v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emile Carbone" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0963-0252/24/4/042001" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02570456v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.V. Rafalskyi" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01617255v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0963-0252/24/2/025017" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01229071v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cannat" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Jarrige" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.Q. Elias" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4920966" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549379v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0963-0252/23/3/035010" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549394v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.M. Turner" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4872172" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549373v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4903328" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01609361v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sang-Heon Song" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Yang" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.J. Kushner" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4896711" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549574v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nishant Sirse" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0963-0252/23/6/062003" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549398v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0963-0252/23/1/015016" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549397v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0963-0252/23/4/044003" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549387v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0963-0252/23/6/065042" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549421v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4859155" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549415v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0963-0252/22/6/065013" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549418v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Surzhykov" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Indelicato" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/46/29/295203" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549399v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/46/45/455203" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549410v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Meige" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4798501" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549417v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/46/13/135201" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549411v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4802252" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549419v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Arancibia Monreal" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Godyak" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4825135" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549447v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Baba" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Nikravech" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/45/48/485207" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/5A06F67FBC54DCD276795B78508FDAFAF0C12827/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549441v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/45/49/495204" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/52B29F60BB444128B056A53D21D0889B85985973/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549442v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3680088" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549429v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Liard" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/45/23/235201" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/C0B5313F4889A0A8D9AC9D0528A25665A5B2825F/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549430v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Popelier" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4737114" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549431v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Leblanc" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0963-0252/21/3/035013" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/45373BD288A12CAE95455E016D5BDB6385D37A9D/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549436v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3690943" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549452v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Garrigues" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4762855" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549434v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmina Azamoum" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/45/19/195201" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/FEC768D508FE6B0FFFF745F153F6D3FB8850A1DB/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01113303v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3620405" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549462v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0963-0252/20/5/055004" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/4473348A83768807D9438B30C7D705173D05A95B/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549457v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mazouffre" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epn/2011604" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00642365v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/44/31/315203" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549455v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/44/44/445202" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/FE9660125835B894A7F45C9E6C2A2DBDB820F2DE/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02570442v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549476v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Rousseau" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3518533" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01005918v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rousseau" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Sadeghi" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/EPJD/E2010-00259-4" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-F9VJC7Z6-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549488v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Despiau-Pujo" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1116/1.3460904" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02570443v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00569559v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Sadeghi" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/43/12/124008" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-6DN02814-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549482v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bansropun" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Thenot" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Plouhinec" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1116/1.3437492" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549491v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1116/1.3480344" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549466v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Curley" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Mari&#263;" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0963-0252/19/1/015005" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/D6F9DD39D7B85B6BEA00BFE5B35611B6876AF548/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549479v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3637439" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01005900v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lazzaroni" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549506v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/162/1/012009" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549498v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gatilova" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bouchoule" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Guilet" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1116/1.3071950" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549500v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0963-0252/18/1/014017" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/5270518AE4369B61953A61F19F87D34B86446F16/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549495v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3139262" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00462482v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ramos" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Cunge" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1116/1.3081967" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549499v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gary Leray" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/42/19/194020" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/7254F7B59DBE795B92A2A88D063204FFC732A27D/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00462483v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0963-0252/18/4/045028" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-9C3HX9CV-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00462480v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.S. Corr" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Despiau-Pujo" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.G. Graham" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.G. Marro" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/41/18/185202" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-L7KL9VQ3-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00462479v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.B. Graves" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1116/1.2836408" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01140492v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2424429" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01140488v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Meige" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G J M Hagelaar" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2736946" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01140494v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2191431" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01140498v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1947387" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01140499v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01140500v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Sutherland" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rod Boswell" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1785790" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00475790v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Cunge" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1371940" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00475792v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05296595v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Laurent" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05482228v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Amadio" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04888511v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05482220v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Alvarez Laguna" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04465742v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04465476v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376988v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Reboul" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322761v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376990v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376980v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376986v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376991v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322739v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willca Villafana" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Cuenot" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kentaro Hara" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322751v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Marmuse" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322743v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03099419v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322731v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03099407v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04751906v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.A. Carlsson" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03099394v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02341687v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02341690v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04751932v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02341782v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342239v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342237v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342223v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342231v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02341677v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342232v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Magin" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Massot" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342238v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342234v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02341770v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02341771v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342222v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02341681v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342233v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02593734v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02593715v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02593738v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02593699v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02593702v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02593701v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02588026v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02588028v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573413v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02593707v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02593703v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02588043v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573365v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02593684v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02593697v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Bonaventura" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Pechereau" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573355v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573351v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02593691v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02593696v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573356v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02593686v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02593698v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02593676v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ankur Agarwal" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rauf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573341v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02593678v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02593669v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Annusova" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02593670v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02593663v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573337v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02593682v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573344v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573364v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573363v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02593657v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02570448v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2014-3424" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02593658v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02593659v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573361v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573362v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573360v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573338v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02594800v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02594803v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Soriano" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573322v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573321v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02570452v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dennis Gerst" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Renaud" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573333v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02594807v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573296v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Surzykov" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573293v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Pruvost" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573290v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02594801v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Guerra" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02594799v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02594730v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573359v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02594794v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573277v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02594792v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02594789v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mazouffre" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573286v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573280v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02594731v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02594788v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02594753v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02594795v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin D&#233;livr&#233;" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02594752v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valery Godyak" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02594735v1" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02594750v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02594796v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573323v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02594749v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02594744v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mujahid Zaka-Ul-Islam" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02594798v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02594797v1" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Patriarche" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Le Gratiet" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573303v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573324v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573300v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Sarot" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573328v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02594745v1" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Boutaiba" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02594791v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02594751v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02587976v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RAST.2011.5966933" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02595190v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573325v1" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02595157v1" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573326v1" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573327v1" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Levif" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02595163v1" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Maric" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400658v1" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03964630v1" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerjan Hagelaar" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00494528v1" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P Booth" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Abada" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00486179v1" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00481964v1" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Perrin" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02341688v1" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02864740v1" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theo Courtois" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02864737v1" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Donk&#243;" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aranka Derszi" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Eremin" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02341685v1" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611348v1" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611349v1" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wahid Mainassara" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611371v1" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611350v1" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611336v1" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Guaitella" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Engeln" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611343v1" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611334v1" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611335v1" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611333v1" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611319v1" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611325v1" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611326v1" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611330v1" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611320v1" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611329v1" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611331v1" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611328v1" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611327v1" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611324v1" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611294v1" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611292v1" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611305v1" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611288v1" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611287v1" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611271v1" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611304v1" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611303v1" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611297v1" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611306v1" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611285v1" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611298v1" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611275v1" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611286v1" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611274v1" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611299v1" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611300v1" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611309v1" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611296v1" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611284v1" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611281v1" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611307v1" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611282v1" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611280v1" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611308v1" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611278v1" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611313v1" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611314v1" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611311v1" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611302v1" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318170v1" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Le Merrer" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Pierre" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Budtova" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Smallenburg" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannelore Derluyn" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/physique-et-astrophysique/etonnante-physique/" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02571143v1" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Braithwaite" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02571146v1" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05535223v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Petronio" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Alvarez Laguna" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bourdon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trevor Lafleur" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Chabert" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0305019" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05192813v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Esteves" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0263183" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05445110v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Drag" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/ae2b7e" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05183698v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Jacques Guillon" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0274535" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752706v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarek Ben Slimane" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Leduc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Schiesko" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0214760" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705087v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0220130" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969105v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pioch" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor D&#233;sangles" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0190318" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476595v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0188859" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03946320v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Charoy" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0119255" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993137v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Blondel" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6455/acb7b6" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03935095v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0119253" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04053504v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Esteves" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-L Raimbault" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Bourdon" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Chabert" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6587/acc422" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03812518v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Marmuse" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Drag" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Alvarez Laguna" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/ac8288" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03551302v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Honor&#233;" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0073215" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758363v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Esteves" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bourdon" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Chabert" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0095019" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03285311v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W Villafana" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Denig" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Jimenez" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Eremin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/ac0a4a" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03232799v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Alvarez-Laguna" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/ac02b3" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03320731v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Lafleur" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0057095" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03200269v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Kawamura" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Lieberman" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Lichtenberg" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/abde22" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03200271v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tsanko Vaskov Tsankov" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uwe Czarnetzki" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/abc814" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03220442v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Tavant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0046843" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03220437v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Habl" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Lafleur" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Rafalskyi" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/abf1d5" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03101229v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Kaganovich" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei Smolyakov" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yevgeny Raitses" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Ahedo" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioannis Mikellides" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0010135" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116610v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teddy Pichard" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Magin" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2020.109634" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02870752v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.A. Shcherbanev" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233; Cl&#233;ment" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarence Deltel" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/atmos11050518" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342266v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Lucken" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mike Lieberman" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/ab38b2" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02877468v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0003978" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02551832v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry E. Magin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Massot" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/ab6242" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02950586v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Boccelli" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0006258" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02162938v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. A. Lieberman" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5094422" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336361v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Boeuf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Carlsson" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/ab46c5" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02272113v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/ab279b" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02272112v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Martorelli" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5089008" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427868v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Raimbault" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Poy&#233;" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Plihon" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.123.265001" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895564v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5017626" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895562v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yue Liu" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Booth" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/aabfb4" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01860436v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Croes" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/aaaf61" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02017799v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/aaeccd" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895566v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/aa9efe" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898210v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5033492" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895556v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/aaa86e" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895577v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Gibson" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Foucher" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniil Marinov" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Gans" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6587/59/2/024004" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01510374v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zden&#283;k Bonaventura" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/aa550f" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895570v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. D. Baalrud" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/aa56e2" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895569v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miles Turner" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/aa6e42" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549331v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Lieberman" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.J. Lichtenberg" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Kawamura" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4938204" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01346016v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewen Campbell" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Brouard" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0963-0252/25/3/035019" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549330v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Grondein" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ane Aanesland" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4944882" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549323v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4948496" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549324v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4948495" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549337v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Oudini" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lounes-Mahloul" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bendib" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0963-0252/25/5/055013" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549336v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0963-0252/25/2/025010" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549348v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Lazzaroni" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0963-0252/25/6/065015" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549335v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Efe Kemaneci" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan van Dijk" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Mussenbrock" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0963-0252/25/2/025025" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549353v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bredin" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0963-0252/24/3/038002" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01617258v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0963-0252/24/4/044002" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549357v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emile Carbone" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0963-0252/24/4/042001" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02570456v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.V. Rafalskyi" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01617255v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0963-0252/24/2/025017" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01229071v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cannat" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Jarrige" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.Q. Elias" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4920966" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549373v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4903328" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549394v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.M. Turner" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4872172" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549379v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0963-0252/23/3/035010" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01609361v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sang-Heon Song" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Yang" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.J. Kushner" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4896711" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549398v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0963-0252/23/1/015016" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549574v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nishant Sirse" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0963-0252/23/6/062003" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549397v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0963-0252/23/4/044003" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549387v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0963-0252/23/6/065042" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549415v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0963-0252/22/6/065013" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549421v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4859155" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549418v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Surzhykov" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Indelicato" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/46/29/295203" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549399v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/46/45/455203" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549410v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Meige" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4798501" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549417v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/46/13/135201" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549419v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Arancibia Monreal" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Godyak" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4825135" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549411v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4802252" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549441v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/45/49/495204" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/52B29F60BB444128B056A53D21D0889B85985973/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549447v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Baba" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Nikravech" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/45/48/485207" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/5A06F67FBC54DCD276795B78508FDAFAF0C12827/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549430v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Popelier" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4737114" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549442v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3680088" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549429v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Liard" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/45/23/235201" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/C0B5313F4889A0A8D9AC9D0528A25665A5B2825F/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549431v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Leblanc" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0963-0252/21/3/035013" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/45373BD288A12CAE95455E016D5BDB6385D37A9D/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549436v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3690943" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549452v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Garrigues" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4762855" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549434v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmina Azamoum" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/45/19/195201" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/FEC768D508FE6B0FFFF745F153F6D3FB8850A1DB/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01113303v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3620405" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549462v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0963-0252/20/5/055004" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/4473348A83768807D9438B30C7D705173D05A95B/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549457v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mazouffre" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epn/2011604" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00642365v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/44/31/315203" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549455v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/44/44/445202" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/FE9660125835B894A7F45C9E6C2A2DBDB820F2DE/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01005918v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rousseau" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Sadeghi" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/EPJD/E2010-00259-4" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-F9VJC7Z6-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549488v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Despiau-Pujo" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1116/1.3460904" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549476v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Rousseau" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3518533" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02570442v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02570443v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00569559v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Sadeghi" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/43/12/124008" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-6DN02814-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549482v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bansropun" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Thenot" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Plouhinec" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1116/1.3437492" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549491v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1116/1.3480344" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549466v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Curley" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Mari&#263;" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0963-0252/19/1/015005" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/D6F9DD39D7B85B6BEA00BFE5B35611B6876AF548/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549479v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3637439" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01005900v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lazzaroni" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549506v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/162/1/012009" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549500v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0963-0252/18/1/014017" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/5270518AE4369B61953A61F19F87D34B86446F16/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549498v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gatilova" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bouchoule" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Guilet" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1116/1.3071950" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549495v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3139262" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00462482v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ramos" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Cunge" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1116/1.3081967" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549499v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gary Leray" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/42/19/194020" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/7254F7B59DBE795B92A2A88D063204FFC732A27D/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00462483v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0963-0252/18/4/045028" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-9C3HX9CV-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00462480v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.S. Corr" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Despiau-Pujo" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.G. Graham" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.G. Marro" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/41/18/185202" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-L7KL9VQ3-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00462479v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.B. Graves" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1116/1.2836408" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01140492v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2424429" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01140488v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Meige" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G J M Hagelaar" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2736946" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01140494v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2191431" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01140498v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1947387" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01140499v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01140500v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Sutherland" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rod Boswell" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1785790" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00475790v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Cunge" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1371940" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00475792v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05296595v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Laurent" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05482228v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Amadio" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04888511v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05482220v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Alvarez Laguna" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04465742v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04465476v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376988v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Reboul" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376980v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376990v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322761v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376986v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376991v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322739v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willca Villafana" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Cuenot" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kentaro Hara" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322751v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Marmuse" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322743v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03099419v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322731v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04751906v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.A. Carlsson" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03099407v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02341687v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03099394v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02341690v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04751932v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02341782v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342239v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342237v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342232v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Magin" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Massot" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02341677v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342223v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342231v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342238v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342234v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02341770v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02341771v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342222v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02341681v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342233v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02593699v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02593715v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02593738v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02593734v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02588026v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02593702v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02593701v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02588028v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573413v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02593707v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02593703v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02588043v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02593684v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02593697v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Bonaventura" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Pechereau" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573355v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573365v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573351v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02593691v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02593696v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573356v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02593686v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02593698v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02593676v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ankur Agarwal" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rauf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573341v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02593670v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02593678v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02593669v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Annusova" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02593663v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573337v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02593682v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573344v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573364v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573363v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02593657v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02570448v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2014-3424" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02593658v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02593659v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573361v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573360v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573338v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573362v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02594800v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02570452v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dennis Gerst" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Renaud" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02594803v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Soriano" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573322v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573321v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573333v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02594807v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573296v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Surzykov" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573293v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Pruvost" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02594801v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Guerra" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02594799v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573290v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02594730v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573359v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573286v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02594794v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573277v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02594792v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02594789v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mazouffre" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573280v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02594731v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02594788v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02594753v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02594752v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valery Godyak" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02594735v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02594795v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin D&#233;livr&#233;" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02594750v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02594749v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02594744v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mujahid Zaka-Ul-Islam" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02594796v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573323v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02594798v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02594797v1" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Patriarche" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Le Gratiet" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573303v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573324v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573300v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Sarot" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573328v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02594751v1" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02587976v1" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RAST.2011.5966933" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02594791v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02594745v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Boutaiba" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573325v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02595190v1" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02595157v1" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573326v1" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573327v1" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Levif" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02595163v1" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Maric" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400658v1" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03964630v1" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerjan Hagelaar" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00494528v1" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P Booth" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Abada" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00486179v1" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00481964v1" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Perrin" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02341688v1" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02864740v1" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theo Courtois" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02864737v1" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Donk&#243;" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aranka Derszi" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Eremin" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02341685v1" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611348v1" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611349v1" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wahid Mainassara" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611371v1" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611350v1" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611336v1" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Guaitella" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Engeln" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611343v1" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611334v1" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611335v1" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611333v1" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611326v1" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611330v1" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611319v1" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611325v1" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611320v1" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611329v1" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611331v1" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611328v1" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611327v1" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611294v1" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611324v1" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611292v1" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611305v1" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611288v1" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611287v1" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611271v1" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611304v1" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611303v1" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611285v1" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611306v1" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611297v1" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611275v1" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611298v1" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611286v1" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611274v1" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611309v1" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611300v1" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611299v1" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611284v1" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611281v1" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611296v1" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611307v1" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611282v1" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611280v1" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611308v1" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611278v1" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611313v1" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611311v1" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611314v1" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611302v1" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318170v1" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Le Merrer" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Pierre" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Budtova" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Smallenburg" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannelore Derluyn" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/physique-et-astrophysique/etonnante-physique/" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02571143v1" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Braithwaite" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02571146v1" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>