--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Pascal Dupuis </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pascal-dupuis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-2966-9424</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">228241154</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ResearcherID : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.researcherid.com/rid/B-6094-2018</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (30)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photometrically consistent real-time rendering pipeline for street-lighting digital twins: A road-section study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghassen Ben Hnia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zouhour Araoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physica Scripta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1402-4896/ae49c2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05531094v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Growth and Floral Induction in Okra (Abelmoschus esculentus L.) Under Blue and Red LED Light and Their Alternation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yao Hervé Yao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Banah Florent Degni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arouna Khalil Fanny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Horticulturae</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 11 (5), pp.548. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/horticulturae11050548⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05074509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of Photosynthetic Photon Flux Distribution under LED Lighting using Genetic Algorithm for Efficient Okra Cultivation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yao Hervé Yao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Banah Florent Degni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théodore Cissé Haba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Industry Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.1-10. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TIA.2025.3635588⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05392419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flicker Visibility and Irritability Threshold Measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leos Kukacka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jana Svobodova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jakub Necasek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Svobodova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Hergesel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Industry Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.1-10. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TIA.2025.3620330⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05310287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of Lighting on Humans and the Biotope: Physics, Measurement Systems, and Influences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pia Marchant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leoš Kukačka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Industry Applications Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, pp.2-13. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MIAS.2024.3488369⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04861263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optically Transparent Honeycomb Mesh Antenna Integrated into OLED Light Source</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha El Halaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Pigaglio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Asselman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 13 (2), pp.289. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/electronics13020289⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04384061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Status of Lighting Technology Application in Indonesia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Umar Khayam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arpan Zaeni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Marojahan Banjar-Nahor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deny Hamdani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngapuli Irmea Sinisuka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 15 (7), pp.6283. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/su15076283⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04061624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Critical Flicker Frequency and Auditory Stimuli – Procedure Settings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leoš Kukačka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaela Chmelařová</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Hergesel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Industry Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.1-8. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TIA.2023.3316999⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04214486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling OLED luminance decay under thermal, constant and cyclic electrical stress</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Al Haddad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Industry Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, 59 (1), pp.676 - 683. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TIA.2022.3206286⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03779722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Determination of the Deep Optical Properties of Healthy and Diseased Skin Using Diffuse Reflectance Spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Yable</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théodore Cissé Haba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Optics and Photonics Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 12 (08), pp.191-199. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4236/opj.2022.128014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03754999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Confidence Intervals for Luminous Flicker Measurements: Comparison of Various Approaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leos Kukacka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michal Vik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ales Richter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Industry Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 57 (5), pp.5499-5506. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TIA.2021.3091083⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03328105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prediction of OLED luminance using impedance measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Al Haddad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Industry Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 58 (1), pp.996 - 1004. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TIA.2021.3123096⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling of High Pressure Short-Arc Xenon Discharge With a Thoriated Cathode</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nikolai Timofeev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Sukhomlinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Indzhira Yu Mukharaeva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dmitrii Mikhaylov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Plasma Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 49 (8), pp.2387-2396. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TPS.2021.3093816⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03319639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Approach for Designing Mixed Light-Emitting Diodes to Match Greenhouse Plant Absorption Spectra</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Latifa Bachouch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neermalsing Sewraj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 13 (8), pp.4329. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/su13084329⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03198285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Моделирование плазмы короткодугового ксенонового разряда сверхвысокого давления</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Н.А. Тимофеев</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">В.С. Сухомлинов</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">И.Ю. Мухараева</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Д.В. Михайлов</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Журнал технической физики</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 89 (10), pp.1556. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21883/JTF.2019.10.48171.103-19⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02899022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation of an Ultrahigh-Pressure Short-Arc Xenon Discharge Plasma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Timofeev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Sukhomlinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Yu. Mukharaeva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Mikhailov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technical Physics / Zhurnal Tekhnicheskoi Fiziki</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 64 (10), pp.1473-1479. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1134/S1063784219100207⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02509763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of Short-Arc High-Pressure Xenon Discharge: Effect of Electrode Material Evaporation on Discharge Properties and Pulse Operation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nikolai Timofeev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Sukhomlinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Indjira Mukharaeva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Plasma Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 47 (7), pp.3266-3270. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TPS.2019.2918643⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02509808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A simple high-sensitivity acoustic resonance detection method for metal halide lamps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fang Lei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Durrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Maussion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Light and Visual Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 41, pp.123-128. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2150/jstl.IEIJ160000598⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02001374v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tweaking Light-Emitting Diodes: A Multiobjective Optimal Design for New Luminaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Dulout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Jammes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Séguier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angel Barroso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Industry Applications Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 24 (4), pp.50-59. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MIAS.2017.2740445⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01575731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acoustic resonance detection using statistical methods of voltage envelope characterization in metal halide lamps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fang Lei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Durrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Maussion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Industry Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 53 (6), pp.5988 -5996. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TIA.2017.2742978⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02001394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On correct evaluation techniques of brightness enhancement effect measurement data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leoš Kukačka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 56 (11), pp.1. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/1.OE.56.11.114103⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02532635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of AC power theories under stationary and non-stationary, clean and distorted conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milan Kolář</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leoš Kukačka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Kraus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IET Generation, Transmission and Distribution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 10 (1), pp.221-231. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1049/iet-gtd.2015.0713⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02532653v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of High-Brightness LED Samples Aged Under Stress Temperature Conditions: Electrical Characterizations and Signature Evolution Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sovannarith Leng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Industry Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 52 (1), pp.502-510. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TIA.2015.2475424⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02532650v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimisation de l'efficacité des LED grâce à la topologie et du niveau de courant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angel Barroso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Alonso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue 3E.I</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 82, pp.59-64</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01235338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficiency and stability of a phosphor-conversion white light source using a blue laser diode</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Ledru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Catalano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIP Advances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 4 (10), pp.107134. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.4899187⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02541053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combined detection of respiratory and cardiac rhythm disorders by high-resolution differential cuff pressure measurement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Eugene</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Instrumentation and Measurement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 49 (3), pp.498-502. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/19.850383⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03251453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wide mapping of a T-DNA insertion site in oilseed rape using bulk segregant analysis and comparative mapping</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Baranger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régine Delourme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Foisset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Eber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Barret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Breeding</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 116, pp.553-560</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02687657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accurate distance measurement by an autonomous ultrasonic system combining time-of-flight and phase-shift methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Gueuning</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaï Varlan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Eugène</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Instrumentation and Measurement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 46 (6), pp.1236-1240. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/19.668260⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03251423v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physical properties of ternary organic conductors of TCNQ and iodine : role of the counterions in the low temperature instabilities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Coulon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Delhaes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Flandrois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Amiell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Bonjour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de Physique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1985, 46 (5), pp.783-792. </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/jphys:01985004605078300⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">jpa-00210020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de la décroissance β+ de 33Cl</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Leccia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Mennrath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Morales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Plo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de Physique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1981, 42 (12), pp.1603-1606. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/jphys:0198100420120160300⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">jpa-00209357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (88)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Smarter University Digital Twins: A Real-Time Rendering Pipeline for Street-Lighting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghassen Ben Hnia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zouhour Araoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th London Imaging Meeting (LIM 2025) - London, United Kingdom</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, London, United Kingdom. pp.012016, </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1742-6596/3128/1/012016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05354630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flicker Severity Threshold Measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leoš Kukačka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jana Svobodová</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jakub Nečásek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sára Svobodová</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 IEEE Industry Applications Society Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Oct 2024, Phoenix (AZ), United States. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IAS55788.2024.11023752⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04869189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physiological efficiency and degradation of LEDs used of okra plants growth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yao Hervé Yao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Banah Florent Degni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théodore Cissé Haba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 IEEE Industry Applications Society Annual Meeting (IAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE IAS, Jun 2025, Taipei, Taiwan. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IAS62731.2025.11061556⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05156396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact des nuisances sur la biodiversité. Courbe V(λ) des insectes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pia Marchant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Legal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JNL 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Française de l'Eclairage, Sep 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05272150v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Light spectrum effect on stomatal characteristics of okra leaves - Relationship between ndvi and leaf area index</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yao Hervé Yao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Banah Florent Degni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cissé Théodore Haba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Biomass Conference &amp; Exhibition (EUCBE2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Valencia, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05129557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of Photosynthetic Photon Flux Distribution under LED Lighting for Efficient Okra Cultivation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yao Hervé Yao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Banah Florent Degni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théodore Cissé Haba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 IEEE Industry Applications Society Annual Meeting (AM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE Industry Application Society, Oct 2024, Phoenix (AZ), United States. pp 1-6, </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IAS55788.2024.11023647⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04876987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feasibility Analysis of an Energy Storage System Without Batteries for Isolated Street Lighting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atef Silini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zouhour Araoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Sustainable Smart Lighting World Conference (LS:24)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Intelligent Lighting Institute (ILI); Eindhoven University of Technology; IEEE Smart Cities Technical Community, Nov 2024, Eindhoven, Netherlands. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LS2463127.2024.10881134⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04867720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal convection of a high-power LED Heat Sink - Analysis and processing of images obtained by Schlieren Optics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saifeddine Gharsellaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zouhour Araoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Sustainable Smart Lighting World Conference (LS:24)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE Smart Cities Technical Community; Eindhoven University of Technology; Intelligent Lighting Institute (ILI), Nov 2024, Eindhoven, Netherlands. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LS2463127.2024.10880946⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04867928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhancing LED Cooling Efficiency Through wind ionic Technology: A Numerical Analysis of Point-to-Plane and Line-to-Plane Configurations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Firdawss Haddad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zouhour Araoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Sustainable Smart Lighting World Conference (LS:24)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE Smart Cities Technical Community; Eindhoven University of Technology; Intelligent Lighting Institute (ILI), Nov 2024, Eindhoven, Netherlands. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LS2463127.2024.10882108⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04867842v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative analysis of natural and artificial light perception in three moth species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pia Marchant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Legal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Jeangeorges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 3rd International Electronic Conference on Diversity - Biodiversity of Animals, Plants and Microorganisms</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, MDPI, Nov 2024, Online (Virtual), Switzerland. pp.85</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04785174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Similarity between natural and artificial lights: weighting by the vision of three species of Heterocera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pia Marchant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Legal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Sustainable Smart Lighting World Conference (LS:24)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE Smart Cities Technical Community &amp; Technical University of Eindhoven, Nov 2024, Einhoven, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04874247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Partenariat Université Toulouse / CETU : étude des technologies d'aujourd'hui et de demain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3e Rencontres Recherche &amp; Innovation en Lumière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cluster Lumière, Jun 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04124045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of Energy Saving Lamps in Indonesia Based on Power Quality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agung Cahyadi Putra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deny Hamdani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Umar Khayam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Marojahan Banjar-Nahor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngapuli Irmea Sinisuka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 5th International Conference on Power Engineering and Renewable Energy (ICPERE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Bandung, Indonesia. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICPERE56870.2022.10037315⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03992687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Warm and Neutral White OLEDs Aging Comparison Studies under Electrical and Thermal Stress</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha El Halaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Al Haddad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Asselman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 IEEE International Conference on Environment and Electrical Engineering and 2022 IEEE Industrial and Commercial Power Systems Europe (EEEIC / I&amp;CPS Europe)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Prague, Czech Republic. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EEEIC/ICPSEurope54979.2022.9854657⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03755036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Critical Flicker Frequency and Auditory Stimuli - Procedure Settings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leos Kukacka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaela Chmelarova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Hergesel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 IEEE Industry Applications Society Annual Meeting (IAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Detroit, United States. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IAS54023.2022.9939707⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03861652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementation and Preliminary Verification of an Alternative Flicker Observer Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leoš Kukačka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 Joint Conference - 11th International Conference on Energy Efficiency in Domestic Appliances and Lighting &amp; 17th International Symposium on the Science and Technology of Lighting (EEDAL/LS:17)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Toulouse, France. pp.1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03861696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Light quality, color perception and emotions in the interior space</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olfa Mekki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chéma Gargouri Hbaieb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 Joint Conference - 11th International Conference on Energy Efficiency in Domestic Appliances and Lighting &amp; 17th International Symposium on the Science and Technology of Lighting (EEDAL/LS:17)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Toulouse, France. pp.1-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03861692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pulse Width Modulation current control for LED lighting horticulture systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Latifa Bachouch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neermalsing Sewraj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 IEEE Industry Applications Society Annual Meeting (IAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Detroit, United States. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IAS54023.2022.9939775⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03861649v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">OLED Aging Detection through Voltage Noise Characterization under Constant Current</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha El Halaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Asselman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 Joint Conference - 11th International Conference on Energy Efficiency in Domestic Appliances and Lighting &amp; 17th International Symposium on the Science and Technology of Lighting (EEDAL/LS:17)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Toulouse 3, Jun 2022, Toulouse, France. pp.1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03861700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">13.Modeling of Ultrahigh-Pressure Short-Arc Xenon Discharge Plasma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nikolai Timofeev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Sukhomlinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Indzhira Yu Mukharaeva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Mikhailov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th International Symposium on the Science and Technology of Lighting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Toulouse 3, Jun 2022, Toulouse, France. pp.27</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03861894v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of Blue-Blocking Lenses Effects on the Melatonin Production level.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oussama Ben Abdellah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bousselham Samoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Asselman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 IEEE International Conference on Environment and Electrical Engineering and 2021 IEEE Industrial and Commercial Power Systems Europe (EEEIC / I&amp;CPS Europe)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Bari, Italy. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EEEIC/ICPSEurope51590.2021.9584685⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03416912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A novel optical design by ultraviolet visible-near infrared absorption spectroscopy with dual elliptical reflectors for the detection of Mycobacterium ulcerans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Yable</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theodore Cisse Haba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitris Kyrginas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 IEEE International Conference on Environment and Electrical Engineering and 2021 IEEE Industrial and Commercial Power Systems Europe (EEEIC / I&amp;CPS Europe)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Bari, Italy. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EEEIC/ICPSEurope51590.2021.9584792⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03416907v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optical Characterization of Buruli Ulcer by Diffuse Reflectance using LEDs illumination</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Yable</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theodore Cisse Haba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremie Zoueu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 IEEE Industry Applications Society Annual Meeting (IAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Vancouver, Canada. pp.1-7, </w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IAS48185.2021.9677047⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03540009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Optically Transparent Mesh-Antenna Integrated in OLEDs for WLAN Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha El Halaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Asselman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 IEEE Industry Applications Society Annual Meeting (IAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Vancouver, Canada. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IAS48185.2021.9677344⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03540004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling OLED luminance decay under thermal, constant and cyclic electrical stress</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Al Haddad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 IEEE Industry Applications Society Annual Meeting (IAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Vancouver, Canada. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IAS48185.2021.9677120⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03540002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colorimetric Characterizations of Large Area White OLEDs Under Thermal And Electrical Stress Using TM-30-18 Method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oussama Ben Abdellah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Al Haddad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha El Halaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2020 Fifth Junior Conference on Lighting (Lighting)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Ruse, Bulgaria. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/Lighting47792.2020.9240586⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02985405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photometric Flicker Metrics: Analysis and Perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leoš Kukačka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michal Vik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ales Richter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2020 IEEE Industry Applications Society Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Detroit, MI, United States. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IAS44978.2020.9334816⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03133256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation of ultrahigh-pressure short-arc xenon discharge plasma and effect of evaporation of cathode material on plasma properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Indjira Mukharaeva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Sukhomlinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nikolai Timofeev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dmitriy Mikhaylov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">73rd Annual Gaseous Electronics Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, American Physical Society, Oct 2020, San Diego, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03011197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization and Optical Early Diagnosis by Diffuse Reflectance Spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Yable</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theodore Cisse Haba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremie Zoueu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2020 IEEE International Conference on Environment and Electrical Engineering and 2020 IEEE Industrial and Commercial Power Systems Europe (EEEIC / I&amp;CPS Europe)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Madrid, Spain. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EEEIC/ICPSEurope49358.2020.9160668⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02912902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calibration of a Brightness Matching Experiment setup in Mesopic and Scotopic Conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leoš Kukačka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michal Vik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ales Richter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2020 Fifth Junior Conference on Lighting (Lighting)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Ruse, Bulgaria. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/Lighting47792.2020.9240564⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02985401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arbitrary light waveform generator for the validation of the light flicker measurement devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constantinos Bouroussis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elias Tsirbas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frangiskos Topalis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IECON 2020 - 46th Annual Conference of the IEEE Industrial Electronics Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Singapore, Singapore. pp.3603-3608, </w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IECON43393.2020.9254670⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03040792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tunable multiple-LEDs combination spectrum for plants based on McCree PAR spectrum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Latifa Bachouch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neermalsing Sewraj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2020 IEEE International Conference on Environment and Electrical Engineering and 2020 IEEE Industrial and Commercial Power Systems Europe (EEEIC / I&amp;CPS Europe)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Madrid, Spain. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EEEIC/ICPSEurope49358.2020.9160753⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02912897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dual-band CPW Transparent Bandpass Filter for Wireless Communication</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanae Azizi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saida Ahyoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha El Halaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2020 Fifth Junior Conference on Lighting (Lighting)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Ruse, Bulgaria. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/Lighting47792.2020.9240568⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02986429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Confidence Intervals for Luminous Flicker Measurements: Comparison of Various Approaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leoš Kukačka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michal Vik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ales Richter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2020 IEEE Industry Applications Society Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Detroit, MI, United States. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IAS44978.2020.9334743⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03133255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">OLED luminance prediction using impedance measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Al Haddad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Maussion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2020 IEEE Industry Applications Society Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Detroit, United States. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IAS44978.2020.9391575⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03189479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stroboscopic Visibility Measure: assessment of pulsed light parameters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Handy Apryandi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngapuli I Sinisuka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2020 IEEE Industry Applications Society Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Detroit, MI, United States. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IAS44978.2020.9334755⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03133257v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photometric Flicker Characterization Study on Energy Saving Lamps Under Wide Variation Voltage AC Network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rizally Priatmadja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngapuli I Sinisuka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 IEEE Industry Applications Society Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Baltimore, United States. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IAS.2019.8912431⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02560273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Correlation Study of ESLs Lamps Visual Comfort and Power Quality Characteristics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rizally Priatmadja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Sinisuka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IECON 2019 - 45th Annual Conference of the IEEE Industrial Electronics Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Lisbon, Portugal. pp.4255-4259, </w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IECON.2019.8927418⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02560270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brightness Matching Experiments with Pulsed Light: Experiment Design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leoš Kukačka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ondrej Mach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Schreiber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaela Chmelarova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Florianova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 IEEE Industry Applications Society Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Baltimore, United States. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IAS.2019.8911983⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02560291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EP-2013 Lung tumor motion based on 4D-CBCT: baseline shift, interfraction amplitude and volume variation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Oger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Mesny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Baudier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Rit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESTRO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Milan, Italy. pp.S1103, </w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/s0167-8140(19)32433-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02139499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aging study of remote luminophore at ambient temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eko Purwanto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngapuli Sinisuka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 IEEE International Conference on Environment and Electrical Engineering and 2019 IEEE Industrial and Commercial Power Systems Europe (EEEIC / I&amp;CPS Europe)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Genova, Italy. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EEEIC.2019.8783248⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02435307v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Degradation of the luminance and impedance evolution analysis of an OLED under thermal and electrical stress</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Al Haddad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IECON 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Lisbon, Portugal. pp.4260-4267, </w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IECON.2019.8927330⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03113728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aging Model for Life Prediction and Simulation of Organic Light-Emitting Diodes (OLEDs)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guirguis Abdelmessih</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Marcos Alonso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alaa Alchaddoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 IEEE International Conference on Environment and Electrical Engineering and 2019 IEEE Industrial and Commercial Power Systems Europe (EEEIC / I&amp;CPS Europe)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Genova, Italy. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EEEIC.2019.8783814⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02435212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Determination of the thermal time constant of a LED system from luminous intensity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dufaur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Gleizes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Symposium on the Science and Technology of Lighting (LS16), June 17-22, 2018, Sheffield (UK)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Sheffield, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03954877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude de l’évolution des caractéristiques photométriques, radiométriques et colorimétriques sur OLEDs blanches de grande surface sous stress thermique et électrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alaa Alchaddoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de la Société Française d’Optique (OPTIQUE Toulouse 2018), 3-6 juillet 2018, Toulouse (FRANCE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Toulouse, France. pp.2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03953757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">2 Clinical use of 4D CBCT: ITV volume and amplitude study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Oger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Rit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Tanguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Baudier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">57èmes Journées Scientifiques de la Société Française de Physique Médicale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Toulouse, France. pp.1-2, </w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ejmp.2018.09.015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02330930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LED Drivers: The Role of the Rectifier on Flicker Immunity in LV DC Environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leoš Kukačka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milan Kolar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Kraus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2018 IEEE Industry Applications Society Annual Meeting (IAS2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Portland, France. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IAS.2018.8544611⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02559193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Topologies d’alimentation pour OLED</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alaa Alchaddoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de la Société Française d’Optique (OPTIQUE Toulouse 2018), 3-6 juillet 2018, Toulouse (FRANCE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Toulouse, France. pp.2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03953755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling of short arc xenon discharge plasma of superhigh pressure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Timofeev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Sukhomlinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Mukharaeva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference Xth Rusian Physical Electronics Conference, Oct. 24-27, 2018, Makhachkala, Dagestan (RUSSIA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Makhachkala, Russia. pp.19-23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03954881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LED spectrum optimal modelization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eko Purwanto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngapuli I Sinisuka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2018 IEEE Industry Applications Society Annual Meeting (IAS2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Portland, France. pp.1-12, </w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IAS.2018.8544471⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02559198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LEDs et le scintillement de la lumière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éclairage 2017, 7ème colloque sur les nouvelles technologies de l'éclairage, 15-16 mars 2017, Troyes (FRANCE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Troyes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04164599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relative drift towards blue spectral region of white LEDs during ageing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Conference on Energy Efficiency in Domestic Appliances and Lighting (EEDAL2017), Sept. 13-15, 2017, Irvine, CA (USA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Irvine, United States. 10pp</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03954935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling of Lamp Voltage and Characterizations of Acoustic Resonance in Metal Halide Lamps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fang Lei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Durrieu De Madron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Maussion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Modeling and Simulation of Electrical Machines, Converters and Systems (Electrimacs’17), July 4-6, 2017, Toulouse (FRANCE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03891474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colorimetric study of the practical LED lamps over the ageing process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zivion Silalahi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Massol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. I. Sinisuka</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International Symposium on the Science and Technology of Lighting Systems, June 22-27, 2016, Kyoto (JAPAN)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Kyoto, Japan. pp.315-320</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03954840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-objective methodology to find the optimal forward current to supply Light Emitting Diode (LED) lightings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Dulout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angel Barroso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Séguier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Jammes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">51st Industry Applications Industry (IAS) Annual Meeting (IAS 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Portland, OR, United States. </w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IAS.2016.7731899⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01356352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Light-Emitting Diodes (LEDs) Characteristic Evaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sovannarith Leng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Laser Science to Photonic Applications (CLEO 2016), June 5-10, 2016, San Jose CA (USA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, San Jose, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03953658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aging study of white high power LED under thermal and electrical stresses – New experimental setup prototype, photometric and electrical characterizations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sovannarith Leng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO: Applications and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, San Jose, United States. pp.ATh3K.4, </w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/cleo_at.2016.ath3k.4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02435728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ageing characterization of colorimetric and photometric properties of commercial LED lamps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zivion Silalahi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngapuli I Sinisuka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Massol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2016 IEEE Industry Applications Society Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Portland, France. pp.1-9, </w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ias.2016.7731898⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02559311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of current sharing issue on luminance and uniformity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angel Barroso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Alonso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International Symposium on the Science and Technology of Lighting Systems (LS15), June 22-27, 2016, Kyoto (JAPAN)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Kyoto, Japan. pp.335-340</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03954841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simple High-Sensitivity Acoustic Resonance Detection Method for Metal Halide Lamps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Maussion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fang Lei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Durrieu De Madron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International Symposium on the Science and Technology of Lighting Systems (LS15), June 22-27, 2016, Kyoto (JAPAN)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Kyoto, Japan. pp.49-54</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03891432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectral variations of Metal Halide lamps during acoustic resonance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fang Lei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Maussion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2016 IEEE International Conference on Plasma Science (ICOPS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Banff, France. pp.1-1, </w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/plasma.2016.7534275⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02559343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acoustic resonance detection using statistical methods of voltage envelope characterization in metal halide lamps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fang Lei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Durrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Maussion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2016 IEEE Industry Applications Society Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Portland, France. pp.1-7, </w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ias.2016.7731890⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02559301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance changes of energy saving lamps under lumen maintenance and switching stress test</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zivion Silalahi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingemar Svensson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johannes Brundin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngapuli I Sinisuka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2016 IEEE Industry Applications Society Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Portland, France. pp.1-8, </w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ias.2016.7731893⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02559333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative Study on the Performance of Energy Saving Lamps based on Luminous and Color Properties under Lumen Maintenance and Switching Stress Test</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zivion Silalahi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Svensson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brundin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. I. Sinisuka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IAS Annual Meeting (IAS 2016), Oct. 2-6, 2016, Portland, OR (USA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Portland, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03954834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acoustic Resonance Detection by Multiplier Circuit in Metal Halide Lamps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fang Lei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Durrieu De Madron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Maussion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International Symposium on the Science and Technology of Lighting (LS15), May 22-27, 2016, Kyoto (JAPAN)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Kyoto, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03891369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude de la qualité des produits d’éclairement LED pour applications domestiques dans l’espace Européen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éclairage 2015, Papier Eln, 11-12 mars 2015, Troyes (FRANCE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Troyes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04164575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retrofit LED lamps: Photometric flicker analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leoš Kukačka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milan Kolar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2015 IEEE Industry Applications Society Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Addison, TX, United States. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ias.2015.7356863⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02560716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extra low voltage DC grid LED lighting systems: photometric flicker analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leoš Kukačka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Kraus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milan Kolar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2015 IEEE International Workshop of Electronics, Control, Measurement, Signals and their Application to Mechatronics (ECMSM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Liberec, Czech Republic. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ecmsm.2015.7208692⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02560718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Testing LED lamps quality for Residential Lighting in Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPARC International Lighting Event 2015, May 25-29, 2015, Sydney NSW (AUSTRALIA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Sydney, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04164551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electrical and optical characterizations of White Organic LEDs upon aging under thermal and electrical stresses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alaa Alchaddoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Balkan Light 2015, sept. 16-19, 2015, Athens (GREECE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Athens, Greece. pp.121-123</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03953653v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quality of LED Lamps for Residential Lighting in European Market and associated health issues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LED Professional Symposium &amp; Expo (LpS 2015), Sept. 22-24, 2015, Bregenz (AUSTRIA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Bregenz, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04164550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A characterization framework to optimize LED luminaire's luminous efficacy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angel Barroso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Alonso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Jammes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Séguier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2015 IEEE Industry Applications Society Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Addison, TX, United States. pp.1-8, </w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ias.2015.7356865⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02560714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of energy saving lamps on power quality and luminous properties under voltage decreasing 240V–100V</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Yusrizal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Sinisuka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2015 IEEE Industry Applications Society Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Addison, TX, United States. pp.1-8, </w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IAS.2015.7356864⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02560720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Testing High Quality LED lamps for Residential Lighting in European Market : Results from PremiumLight project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Schäppi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brundin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Svensson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Conference on Energy Efficiency in Domestic Appliances and Lighting (EEDAL-15), aug. 26-28, 2015, Lucerne-Horw (SWITZERLAND)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Lucerne-Horw, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03954738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electrical characterization by impedance spectroscopy of organic light emitting diodes (OLEDs) before and during accelerated aging under electrical and thermal stresses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alaa Alchaddoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th International Conference on Organic Electronics (ICOE-15), june 15-17, 2015, Erlangen (GERMANY)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Erlangen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03953654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification par spectroscopie d’impédance de l’évolution des signatures de diodes électroluminescentes organiques sous stress thermiques et électriques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alaa Alchaddoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optique Bretagne-15, 6-9 juillet 2015, Rennes (FRANCE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Rennes, France. pp.170-171</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03953656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simplified models of LED ballasts for spice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leoš Kukačka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rikardo Simanjuntak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014 IEEE Industry Applications Society Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Vancouver, Canada. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ias.2014.6978426⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02560722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LED lighting - Reduce the power consumption and increase the users comfort</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angel Barroso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Alonso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014 IEEE Industry Applications Society Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Vancouver, Canada. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IAS.2014.6978439⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02435730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dosimetric analysis of mid-position vs ITV conformational plans for locally advanced NSCLC. Preliminary results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ayadi-Zahra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Bouilhol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Krason</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Rit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESTRO 33</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2014, Vienne, Austria. pp.PO-0839</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01053235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Power Consumption & Luminous Performances of Energy Saving Lamps Under Wide Voltage Variations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Simanjuntak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. I. Sinisuka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th International Symposium on the Science and Technology of Lighting Systems, Como (ITALY)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Como, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03954692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">OLED ageing signature characterization under combined thermal and electrical stresses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alaa Alchaddoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014 International Symposium on Electrical Insulating Materials (ISEIM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Niigata, Japan. pp.311-314, </w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ISEIM.2014.6870781⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02435745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude du comportement électrique et photométrique des diodes électroluminescentes organiques (OLEDs) pour l’éclairage ayant subi un vieillissement accéleré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alaa Alchaddoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd Journées Nationales Photonique Organique 2014, 24 et 25 septembre 2014, Strasbourg (FRANCE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Strasbourg, France. 3 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03953650v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dosimetric analysis of mid-position vs ITV conformational plans for locally advanced NSCLC. Preliminary results.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ayadi-Zahra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Bouilhol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Krason</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Rit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9ème journnée scientifique du CLARA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01054171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Power quality of energy saving lamps under wide voltage variations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rikardo Simanjuntak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngapuli I Sinisuka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014 IEEE Industry Applications Society Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Vancouver, Canada. pp.1-7, </w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IAS.2014.6978427⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02435748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of high brightness LED samples aged under stress temperature conditions: Electrical characterizations and signature evolution analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2013 IEEE Industry Applications Society Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Lake Buena Vista, United States. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IAS.2013.6682543⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02435750v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Event and scenario recognition in a video surveillance system for radiotherapy treatments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Portela Sotelo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Pereira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Desserée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-M. Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESTRO 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Barcelona, Spain. pp.OC-0063</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00833954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accurate distance measurement by an autonomous ultrasonic system combining time-of-flight and phase-shift methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Gueuning</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaï Varlan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Eugene</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quality Measurement: The Indispensable Bridge between Theory and Reality (No Measurements? No Science! Joint Conference - 1996: IEEE Instrumentation and Measurement Technology Conference and IMEKO Technical Committee 7. Conference Proceedings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 1996, Brussels, Belgium. pp.399-404, </w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IMTC.1996.507414⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03251416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal characterisation of human skin using differential thermometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Eugène</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quality Measurement: The Indispensable Bridge between Theory and Reality (No Measurements? No Science! Joint Conference - 1996: IEEE Instrumentation and Measurement Technology Conference and IMEKO Technical Committee 7. Conference Proceedings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 1996, Brussels, Belgium. pp.1458-1463, </w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IMTC.1996.507612⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03250327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effets du spectre lumineux sur le temps de floraison du gombo abelmoschus esculentus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yao Hervé Yao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Banah Florent Degni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N’goran Urbain Florent Niangoran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LAPLACE à la Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05272734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Attractiveness of an Ephemeroptera insect order towards artificial lights as function of CCT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pia Marchant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Legal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ALAN 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2023, Calgary University, Calgary, Alberta, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05023277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Correlated Colour Temperature: An Influential Parameter in Ageing OLEDS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oussama Ben Abdellah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha El Halaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Al Haddad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CIE Commission Internationale de l'Eclairage. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CIE-2021 mid-term Meeting and Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Kuala Lumpur (virtual), Malaysia. PO23, pp.217-218, Abstracts of CIE-2021 mid-term Meeting and Conference</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03527481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of the artificial lighting’s color temperature on the elderly’s circadian cycle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Caumon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Becheras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interim Meeting: Colour &amp; Human Comfort</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Lisbonne, Portugal, Portugal. International Colour Association (AIC), pp.419-424</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04775586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PD-0042: Development of a new virtual source model for portal image prediction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chabert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Lazaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Barat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Dautremer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Montagu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESTRO 33</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2014, Vienna, Austria. , Radiotherapy and Oncology, 111 (Supplement 1), pp.S14-S15, 2014, ESTRO 33, 4-8 April 2014, Vienna, Austria. </w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0167-8140(15)30147-X⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02268513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accelerated ageing of OLED under different temperature and current conditions: photometric and electrical characterizations and analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Zerrouki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Conference on Organic Electronics (ICOE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03238163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Smart Lighting Systems for Smart Cities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nazim Pigenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Holistic Approach for Decision Making Towards Designing Smart Cities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 18, Springer International Publishing, pp.75-92, 2021, Future City, </w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-85566-6_5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03511196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pulse-density modulation control deviation LED ballast feedback control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milan Kolar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leos Kukacka</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Czech Republic, Patent n° : CZ2017752A3. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03334717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId379"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Pascal Dupuis </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pascal-dupuis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-2966-9424</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">228241154</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ResearcherID : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.researcherid.com/rid/B-6094-2018</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (30)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photometrically consistent real-time rendering pipeline for street-lighting digital twins: A road-section study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghassen Ben Hnia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zouhour Araoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physica Scripta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1402-4896/ae49c2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05531094v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Growth and Floral Induction in Okra (Abelmoschus esculentus L.) Under Blue and Red LED Light and Their Alternation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yao Hervé Yao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Banah Florent Degni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arouna Khalil Fanny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Horticulturae</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 11 (5), pp.548. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/horticulturae11050548⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05074509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of Photosynthetic Photon Flux Distribution under LED Lighting using Genetic Algorithm for Efficient Okra Cultivation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yao Hervé Yao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Banah Florent Degni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théodore Cissé Haba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Industry Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.1-10. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TIA.2025.3635588⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05392419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flicker Visibility and Irritability Threshold Measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leos Kukacka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jana Svobodova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jakub Necasek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Svobodova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Hergesel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Industry Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.1-10. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TIA.2025.3620330⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05310287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of Lighting on Humans and the Biotope: Physics, Measurement Systems, and Influences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pia Marchant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leoš Kukačka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Industry Applications Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, pp.2-13. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MIAS.2024.3488369⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04861263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optically Transparent Honeycomb Mesh Antenna Integrated into OLED Light Source</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha El Halaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Pigaglio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Asselman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 13 (2), pp.289. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/electronics13020289⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04384061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Critical Flicker Frequency and Auditory Stimuli – Procedure Settings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leoš Kukačka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaela Chmelařová</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Hergesel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Industry Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.1-8. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TIA.2023.3316999⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04214486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Status of Lighting Technology Application in Indonesia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Umar Khayam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arpan Zaeni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Marojahan Banjar-Nahor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deny Hamdani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngapuli Irmea Sinisuka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 15 (7), pp.6283. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/su15076283⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04061624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling OLED luminance decay under thermal, constant and cyclic electrical stress</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Al Haddad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Industry Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, 59 (1), pp.676 - 683. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TIA.2022.3206286⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03779722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Determination of the Deep Optical Properties of Healthy and Diseased Skin Using Diffuse Reflectance Spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Yable</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théodore Cissé Haba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Optics and Photonics Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 12 (08), pp.191-199. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4236/opj.2022.128014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03754999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prediction of OLED luminance using impedance measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Al Haddad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Industry Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 58 (1), pp.996 - 1004. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TIA.2021.3123096⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling of High Pressure Short-Arc Xenon Discharge With a Thoriated Cathode</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nikolai Timofeev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Sukhomlinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Indzhira Yu Mukharaeva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dmitrii Mikhaylov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Plasma Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 49 (8), pp.2387-2396. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TPS.2021.3093816⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03319639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Approach for Designing Mixed Light-Emitting Diodes to Match Greenhouse Plant Absorption Spectra</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Latifa Bachouch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neermalsing Sewraj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 13 (8), pp.4329. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/su13084329⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03198285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Confidence Intervals for Luminous Flicker Measurements: Comparison of Various Approaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leos Kukacka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michal Vik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ales Richter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Industry Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 57 (5), pp.5499-5506. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TIA.2021.3091083⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03328105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Моделирование плазмы короткодугового ксенонового разряда сверхвысокого давления</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Н.А. Тимофеев</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">В.С. Сухомлинов</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">И.Ю. Мухараева</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Д.В. Михайлов</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Журнал технической физики</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 89 (10), pp.1556. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21883/JTF.2019.10.48171.103-19⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02899022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation of an Ultrahigh-Pressure Short-Arc Xenon Discharge Plasma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Timofeev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Sukhomlinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Yu. Mukharaeva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Mikhailov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technical Physics / Zhurnal Tekhnicheskoi Fiziki</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 64 (10), pp.1473-1479. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1134/S1063784219100207⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02509763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of Short-Arc High-Pressure Xenon Discharge: Effect of Electrode Material Evaporation on Discharge Properties and Pulse Operation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nikolai Timofeev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Sukhomlinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Indjira Mukharaeva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Plasma Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 47 (7), pp.3266-3270. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TPS.2019.2918643⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02509808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tweaking Light-Emitting Diodes: A Multiobjective Optimal Design for New Luminaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Dulout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Jammes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Séguier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angel Barroso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Industry Applications Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 24 (4), pp.50-59. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MIAS.2017.2740445⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01575731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A simple high-sensitivity acoustic resonance detection method for metal halide lamps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fang Lei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Durrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Maussion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Light and Visual Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 41, pp.123-128. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2150/jstl.IEIJ160000598⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02001374v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acoustic resonance detection using statistical methods of voltage envelope characterization in metal halide lamps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fang Lei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Durrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Maussion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Industry Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 53 (6), pp.5988 -5996. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TIA.2017.2742978⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02001394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On correct evaluation techniques of brightness enhancement effect measurement data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leoš Kukačka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 56 (11), pp.1. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/1.OE.56.11.114103⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02532635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of High-Brightness LED Samples Aged Under Stress Temperature Conditions: Electrical Characterizations and Signature Evolution Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sovannarith Leng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Industry Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 52 (1), pp.502-510. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TIA.2015.2475424⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02532650v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of AC power theories under stationary and non-stationary, clean and distorted conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milan Kolář</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leoš Kukačka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Kraus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IET Generation, Transmission and Distribution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 10 (1), pp.221-231. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1049/iet-gtd.2015.0713⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02532653v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimisation de l'efficacité des LED grâce à la topologie et du niveau de courant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angel Barroso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Alonso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue 3E.I</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 82, pp.59-64</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01235338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficiency and stability of a phosphor-conversion white light source using a blue laser diode</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Ledru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Catalano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIP Advances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 4 (10), pp.107134. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.4899187⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02541053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combined detection of respiratory and cardiac rhythm disorders by high-resolution differential cuff pressure measurement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Eugene</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Instrumentation and Measurement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 49 (3), pp.498-502. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/19.850383⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03251453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wide mapping of a T-DNA insertion site in oilseed rape using bulk segregant analysis and comparative mapping</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Baranger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régine Delourme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Foisset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Eber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Barret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Breeding</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 116, pp.553-560</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02687657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accurate distance measurement by an autonomous ultrasonic system combining time-of-flight and phase-shift methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Gueuning</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaï Varlan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Eugène</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Instrumentation and Measurement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 46 (6), pp.1236-1240. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/19.668260⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03251423v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physical properties of ternary organic conductors of TCNQ and iodine : role of the counterions in the low temperature instabilities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Coulon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Delhaes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Flandrois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Amiell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Bonjour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de Physique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1985, 46 (5), pp.783-792. </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/jphys:01985004605078300⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">jpa-00210020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de la décroissance β+ de 33Cl</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Leccia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Mennrath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Morales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Plo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de Physique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1981, 42 (12), pp.1603-1606. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/jphys:0198100420120160300⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">jpa-00209357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (88)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physiological efficiency and degradation of LEDs used of okra plants growth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yao Hervé Yao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Banah Florent Degni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théodore Cissé Haba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 IEEE Industry Applications Society Annual Meeting (IAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE IAS, Jun 2025, Taipei, Taiwan. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IAS62731.2025.11061556⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05156396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flicker Severity Threshold Measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leoš Kukačka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jana Svobodová</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jakub Nečásek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sára Svobodová</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 IEEE Industry Applications Society Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Oct 2024, Phoenix (AZ), United States. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IAS55788.2024.11023752⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04869189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Smarter University Digital Twins: A Real-Time Rendering Pipeline for Street-Lighting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghassen Ben Hnia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zouhour Araoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th London Imaging Meeting (LIM 2025) - London, United Kingdom</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, London, United Kingdom. pp.012016, </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1742-6596/3128/1/012016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05354630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact des nuisances sur la biodiversité. Courbe V(λ) des insectes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pia Marchant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Legal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JNL 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Française de l'Eclairage, Sep 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05272150v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Light spectrum effect on stomatal characteristics of okra leaves - Relationship between ndvi and leaf area index</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yao Hervé Yao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Banah Florent Degni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cissé Théodore Haba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Biomass Conference &amp; Exhibition (EUCBE2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Valencia, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05129557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of Photosynthetic Photon Flux Distribution under LED Lighting for Efficient Okra Cultivation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yao Hervé Yao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Banah Florent Degni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théodore Cissé Haba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 IEEE Industry Applications Society Annual Meeting (AM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE Industry Application Society, Oct 2024, Phoenix (AZ), United States. pp 1-6, </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IAS55788.2024.11023647⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04876987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feasibility Analysis of an Energy Storage System Without Batteries for Isolated Street Lighting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atef Silini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zouhour Araoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Sustainable Smart Lighting World Conference (LS:24)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Intelligent Lighting Institute (ILI); Eindhoven University of Technology; IEEE Smart Cities Technical Community, Nov 2024, Eindhoven, Netherlands. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LS2463127.2024.10881134⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04867720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal convection of a high-power LED Heat Sink - Analysis and processing of images obtained by Schlieren Optics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saifeddine Gharsellaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zouhour Araoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Sustainable Smart Lighting World Conference (LS:24)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE Smart Cities Technical Community; Eindhoven University of Technology; Intelligent Lighting Institute (ILI), Nov 2024, Eindhoven, Netherlands. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LS2463127.2024.10880946⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04867928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhancing LED Cooling Efficiency Through wind ionic Technology: A Numerical Analysis of Point-to-Plane and Line-to-Plane Configurations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Firdawss Haddad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zouhour Araoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Sustainable Smart Lighting World Conference (LS:24)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE Smart Cities Technical Community; Eindhoven University of Technology; Intelligent Lighting Institute (ILI), Nov 2024, Eindhoven, Netherlands. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LS2463127.2024.10882108⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04867842v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative analysis of natural and artificial light perception in three moth species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pia Marchant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Legal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Jeangeorges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 3rd International Electronic Conference on Diversity - Biodiversity of Animals, Plants and Microorganisms</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, MDPI, Nov 2024, Online (Virtual), Switzerland. pp.85</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04785174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Similarity between natural and artificial lights: weighting by the vision of three species of Heterocera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pia Marchant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Legal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Sustainable Smart Lighting World Conference (LS:24)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE Smart Cities Technical Community &amp; Technical University of Eindhoven, Nov 2024, Einhoven, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04874247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Partenariat Université Toulouse / CETU : étude des technologies d'aujourd'hui et de demain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3e Rencontres Recherche &amp; Innovation en Lumière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cluster Lumière, Jun 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04124045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of Energy Saving Lamps in Indonesia Based on Power Quality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agung Cahyadi Putra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deny Hamdani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Umar Khayam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Marojahan Banjar-Nahor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngapuli Irmea Sinisuka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 5th International Conference on Power Engineering and Renewable Energy (ICPERE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Bandung, Indonesia. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICPERE56870.2022.10037315⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03992687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Critical Flicker Frequency and Auditory Stimuli - Procedure Settings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leos Kukacka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaela Chmelarova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Hergesel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 IEEE Industry Applications Society Annual Meeting (IAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Detroit, United States. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IAS54023.2022.9939707⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03861652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementation and Preliminary Verification of an Alternative Flicker Observer Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leoš Kukačka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 Joint Conference - 11th International Conference on Energy Efficiency in Domestic Appliances and Lighting &amp; 17th International Symposium on the Science and Technology of Lighting (EEDAL/LS:17)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Toulouse, France. pp.1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03861696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Warm and Neutral White OLEDs Aging Comparison Studies under Electrical and Thermal Stress</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha El Halaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Al Haddad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Asselman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 IEEE International Conference on Environment and Electrical Engineering and 2022 IEEE Industrial and Commercial Power Systems Europe (EEEIC / I&amp;CPS Europe)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Prague, Czech Republic. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EEEIC/ICPSEurope54979.2022.9854657⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03755036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Light quality, color perception and emotions in the interior space</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olfa Mekki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chéma Gargouri Hbaieb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 Joint Conference - 11th International Conference on Energy Efficiency in Domestic Appliances and Lighting &amp; 17th International Symposium on the Science and Technology of Lighting (EEDAL/LS:17)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Toulouse, France. pp.1-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03861692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pulse Width Modulation current control for LED lighting horticulture systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Latifa Bachouch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neermalsing Sewraj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 IEEE Industry Applications Society Annual Meeting (IAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Detroit, United States. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IAS54023.2022.9939775⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03861649v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">OLED Aging Detection through Voltage Noise Characterization under Constant Current</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha El Halaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Asselman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 Joint Conference - 11th International Conference on Energy Efficiency in Domestic Appliances and Lighting &amp; 17th International Symposium on the Science and Technology of Lighting (EEDAL/LS:17)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Toulouse 3, Jun 2022, Toulouse, France. pp.1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03861700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">13.Modeling of Ultrahigh-Pressure Short-Arc Xenon Discharge Plasma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nikolai Timofeev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Sukhomlinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Indzhira Yu Mukharaeva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Mikhailov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th International Symposium on the Science and Technology of Lighting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Toulouse 3, Jun 2022, Toulouse, France. pp.27</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03861894v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optical Characterization of Buruli Ulcer by Diffuse Reflectance using LEDs illumination</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Yable</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theodore Cisse Haba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremie Zoueu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 IEEE Industry Applications Society Annual Meeting (IAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Vancouver, Canada. pp.1-7, </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IAS48185.2021.9677047⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03540009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A novel optical design by ultraviolet visible-near infrared absorption spectroscopy with dual elliptical reflectors for the detection of Mycobacterium ulcerans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Yable</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theodore Cisse Haba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitris Kyrginas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 IEEE International Conference on Environment and Electrical Engineering and 2021 IEEE Industrial and Commercial Power Systems Europe (EEEIC / I&amp;CPS Europe)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Bari, Italy. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EEEIC/ICPSEurope51590.2021.9584792⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03416907v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of Blue-Blocking Lenses Effects on the Melatonin Production level.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oussama Ben Abdellah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bousselham Samoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Asselman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 IEEE International Conference on Environment and Electrical Engineering and 2021 IEEE Industrial and Commercial Power Systems Europe (EEEIC / I&amp;CPS Europe)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Bari, Italy. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EEEIC/ICPSEurope51590.2021.9584685⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03416912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Optically Transparent Mesh-Antenna Integrated in OLEDs for WLAN Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha El Halaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Asselman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 IEEE Industry Applications Society Annual Meeting (IAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Vancouver, Canada. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IAS48185.2021.9677344⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03540004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling OLED luminance decay under thermal, constant and cyclic electrical stress</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Al Haddad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 IEEE Industry Applications Society Annual Meeting (IAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Vancouver, Canada. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IAS48185.2021.9677120⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03540002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">OLED luminance prediction using impedance measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Al Haddad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Maussion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2020 IEEE Industry Applications Society Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Detroit, United States. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IAS44978.2020.9391575⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03189479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dual-band CPW Transparent Bandpass Filter for Wireless Communication</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanae Azizi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saida Ahyoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha El Halaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2020 Fifth Junior Conference on Lighting (Lighting)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Ruse, Bulgaria. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/Lighting47792.2020.9240568⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02986429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tunable multiple-LEDs combination spectrum for plants based on McCree PAR spectrum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Latifa Bachouch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neermalsing Sewraj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2020 IEEE International Conference on Environment and Electrical Engineering and 2020 IEEE Industrial and Commercial Power Systems Europe (EEEIC / I&amp;CPS Europe)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Madrid, Spain. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EEEIC/ICPSEurope49358.2020.9160753⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02912897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Confidence Intervals for Luminous Flicker Measurements: Comparison of Various Approaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leoš Kukačka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michal Vik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ales Richter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2020 IEEE Industry Applications Society Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Detroit, MI, United States. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IAS44978.2020.9334743⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03133255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arbitrary light waveform generator for the validation of the light flicker measurement devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constantinos Bouroussis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elias Tsirbas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frangiskos Topalis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IECON 2020 - 46th Annual Conference of the IEEE Industrial Electronics Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Singapore, Singapore. pp.3603-3608, </w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IECON43393.2020.9254670⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03040792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization and Optical Early Diagnosis by Diffuse Reflectance Spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Yable</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theodore Cisse Haba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremie Zoueu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2020 IEEE International Conference on Environment and Electrical Engineering and 2020 IEEE Industrial and Commercial Power Systems Europe (EEEIC / I&amp;CPS Europe)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Madrid, Spain. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EEEIC/ICPSEurope49358.2020.9160668⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02912902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calibration of a Brightness Matching Experiment setup in Mesopic and Scotopic Conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leoš Kukačka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michal Vik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ales Richter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2020 Fifth Junior Conference on Lighting (Lighting)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Ruse, Bulgaria. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/Lighting47792.2020.9240564⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02985401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photometric Flicker Metrics: Analysis and Perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leoš Kukačka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michal Vik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ales Richter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2020 IEEE Industry Applications Society Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Detroit, MI, United States. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IAS44978.2020.9334816⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03133256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation of ultrahigh-pressure short-arc xenon discharge plasma and effect of evaporation of cathode material on plasma properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Indjira Mukharaeva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Sukhomlinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nikolai Timofeev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dmitriy Mikhaylov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">73rd Annual Gaseous Electronics Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, American Physical Society, Oct 2020, San Diego, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03011197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stroboscopic Visibility Measure: assessment of pulsed light parameters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Handy Apryandi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngapuli I Sinisuka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2020 IEEE Industry Applications Society Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Detroit, MI, United States. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IAS44978.2020.9334755⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03133257v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colorimetric Characterizations of Large Area White OLEDs Under Thermal And Electrical Stress Using TM-30-18 Method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oussama Ben Abdellah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Al Haddad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha El Halaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2020 Fifth Junior Conference on Lighting (Lighting)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Ruse, Bulgaria. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/Lighting47792.2020.9240586⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02985405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aging study of remote luminophore at ambient temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eko Purwanto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngapuli Sinisuka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 IEEE International Conference on Environment and Electrical Engineering and 2019 IEEE Industrial and Commercial Power Systems Europe (EEEIC / I&amp;CPS Europe)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Genova, Italy. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EEEIC.2019.8783248⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02435307v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Correlation Study of ESLs Lamps Visual Comfort and Power Quality Characteristics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rizally Priatmadja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Sinisuka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IECON 2019 - 45th Annual Conference of the IEEE Industrial Electronics Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Lisbon, Portugal. pp.4255-4259, </w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IECON.2019.8927418⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02560270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brightness Matching Experiments with Pulsed Light: Experiment Design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leoš Kukačka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ondrej Mach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Schreiber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaela Chmelarova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Florianova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 IEEE Industry Applications Society Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Baltimore, United States. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IAS.2019.8911983⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02560291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EP-2013 Lung tumor motion based on 4D-CBCT: baseline shift, interfraction amplitude and volume variation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Oger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Mesny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Baudier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Rit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESTRO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Milan, Italy. pp.S1103, </w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/s0167-8140(19)32433-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02139499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Degradation of the luminance and impedance evolution analysis of an OLED under thermal and electrical stress</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Al Haddad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IECON 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Lisbon, Portugal. pp.4260-4267, </w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IECON.2019.8927330⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03113728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aging Model for Life Prediction and Simulation of Organic Light-Emitting Diodes (OLEDs)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guirguis Abdelmessih</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Marcos Alonso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alaa Alchaddoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 IEEE International Conference on Environment and Electrical Engineering and 2019 IEEE Industrial and Commercial Power Systems Europe (EEEIC / I&amp;CPS Europe)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Genova, Italy. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EEEIC.2019.8783814⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02435212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photometric Flicker Characterization Study on Energy Saving Lamps Under Wide Variation Voltage AC Network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rizally Priatmadja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngapuli I Sinisuka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 IEEE Industry Applications Society Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Baltimore, United States. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IAS.2019.8912431⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02560273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude de l’évolution des caractéristiques photométriques, radiométriques et colorimétriques sur OLEDs blanches de grande surface sous stress thermique et électrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alaa Alchaddoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de la Société Française d’Optique (OPTIQUE Toulouse 2018), 3-6 juillet 2018, Toulouse (FRANCE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Toulouse, France. pp.2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03953757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Determination of the thermal time constant of a LED system from luminous intensity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dufaur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Gleizes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Symposium on the Science and Technology of Lighting (LS16), June 17-22, 2018, Sheffield (UK)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Sheffield, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03954877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LED Drivers: The Role of the Rectifier on Flicker Immunity in LV DC Environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leoš Kukačka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milan Kolar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Kraus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2018 IEEE Industry Applications Society Annual Meeting (IAS2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Portland, France. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IAS.2018.8544611⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02559193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">2 Clinical use of 4D CBCT: ITV volume and amplitude study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Oger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Rit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Tanguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Baudier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">57èmes Journées Scientifiques de la Société Française de Physique Médicale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Toulouse, France. pp.1-2, </w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ejmp.2018.09.015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02330930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Topologies d’alimentation pour OLED</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alaa Alchaddoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de la Société Française d’Optique (OPTIQUE Toulouse 2018), 3-6 juillet 2018, Toulouse (FRANCE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Toulouse, France. pp.2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03953755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling of short arc xenon discharge plasma of superhigh pressure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Timofeev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Sukhomlinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Mukharaeva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference Xth Rusian Physical Electronics Conference, Oct. 24-27, 2018, Makhachkala, Dagestan (RUSSIA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Makhachkala, Russia. pp.19-23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03954881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LED spectrum optimal modelization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eko Purwanto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngapuli I Sinisuka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2018 IEEE Industry Applications Society Annual Meeting (IAS2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Portland, France. pp.1-12, </w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IAS.2018.8544471⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02559198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relative drift towards blue spectral region of white LEDs during ageing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Conference on Energy Efficiency in Domestic Appliances and Lighting (EEDAL2017), Sept. 13-15, 2017, Irvine, CA (USA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Irvine, United States. 10pp</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03954935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LEDs et le scintillement de la lumière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éclairage 2017, 7ème colloque sur les nouvelles technologies de l'éclairage, 15-16 mars 2017, Troyes (FRANCE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Troyes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04164599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling of Lamp Voltage and Characterizations of Acoustic Resonance in Metal Halide Lamps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fang Lei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Durrieu De Madron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Maussion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Modeling and Simulation of Electrical Machines, Converters and Systems (Electrimacs’17), July 4-6, 2017, Toulouse (FRANCE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03891474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectral variations of Metal Halide lamps during acoustic resonance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fang Lei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Maussion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2016 IEEE International Conference on Plasma Science (ICOPS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Banff, France. pp.1-1, </w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/plasma.2016.7534275⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02559343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simple High-Sensitivity Acoustic Resonance Detection Method for Metal Halide Lamps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Maussion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fang Lei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Durrieu De Madron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International Symposium on the Science and Technology of Lighting Systems (LS15), June 22-27, 2016, Kyoto (JAPAN)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Kyoto, Japan. pp.49-54</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03891432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aging study of white high power LED under thermal and electrical stresses – New experimental setup prototype, photometric and electrical characterizations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sovannarith Leng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO: Applications and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, San Jose, United States. pp.ATh3K.4, </w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/cleo_at.2016.ath3k.4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02435728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ageing characterization of colorimetric and photometric properties of commercial LED lamps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zivion Silalahi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngapuli I Sinisuka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Massol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2016 IEEE Industry Applications Society Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Portland, France. pp.1-9, </w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ias.2016.7731898⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02559311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of current sharing issue on luminance and uniformity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angel Barroso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Alonso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International Symposium on the Science and Technology of Lighting Systems (LS15), June 22-27, 2016, Kyoto (JAPAN)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Kyoto, Japan. pp.335-340</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03954841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acoustic resonance detection using statistical methods of voltage envelope characterization in metal halide lamps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fang Lei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Durrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Maussion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2016 IEEE Industry Applications Society Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Portland, France. pp.1-7, </w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ias.2016.7731890⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02559301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance changes of energy saving lamps under lumen maintenance and switching stress test</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zivion Silalahi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingemar Svensson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johannes Brundin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngapuli I Sinisuka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2016 IEEE Industry Applications Society Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Portland, France. pp.1-8, </w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ias.2016.7731893⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02559333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative Study on the Performance of Energy Saving Lamps based on Luminous and Color Properties under Lumen Maintenance and Switching Stress Test</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zivion Silalahi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Svensson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brundin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. I. Sinisuka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IAS Annual Meeting (IAS 2016), Oct. 2-6, 2016, Portland, OR (USA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Portland, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03954834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acoustic Resonance Detection by Multiplier Circuit in Metal Halide Lamps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fang Lei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Durrieu De Madron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Maussion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International Symposium on the Science and Technology of Lighting (LS15), May 22-27, 2016, Kyoto (JAPAN)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Kyoto, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03891369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-objective methodology to find the optimal forward current to supply Light Emitting Diode (LED) lightings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Dulout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angel Barroso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Séguier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Jammes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">51st Industry Applications Industry (IAS) Annual Meeting (IAS 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Portland, OR, United States. </w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IAS.2016.7731899⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01356352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Light-Emitting Diodes (LEDs) Characteristic Evaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sovannarith Leng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Laser Science to Photonic Applications (CLEO 2016), June 5-10, 2016, San Jose CA (USA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, San Jose, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03953658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colorimetric study of the practical LED lamps over the ageing process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zivion Silalahi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Massol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. I. Sinisuka</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International Symposium on the Science and Technology of Lighting Systems, June 22-27, 2016, Kyoto (JAPAN)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Kyoto, Japan. pp.315-320</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03954840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Testing LED lamps quality for Residential Lighting in Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPARC International Lighting Event 2015, May 25-29, 2015, Sydney NSW (AUSTRALIA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Sydney, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04164551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electrical and optical characterizations of White Organic LEDs upon aging under thermal and electrical stresses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alaa Alchaddoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Balkan Light 2015, sept. 16-19, 2015, Athens (GREECE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Athens, Greece. pp.121-123</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03953653v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extra low voltage DC grid LED lighting systems: photometric flicker analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leoš Kukačka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Kraus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milan Kolar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2015 IEEE International Workshop of Electronics, Control, Measurement, Signals and their Application to Mechatronics (ECMSM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Liberec, Czech Republic. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ecmsm.2015.7208692⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02560718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retrofit LED lamps: Photometric flicker analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leoš Kukačka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milan Kolar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2015 IEEE Industry Applications Society Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Addison, TX, United States. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ias.2015.7356863⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02560716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A characterization framework to optimize LED luminaire's luminous efficacy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angel Barroso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Alonso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Jammes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Séguier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2015 IEEE Industry Applications Society Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Addison, TX, United States. pp.1-8, </w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ias.2015.7356865⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02560714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quality of LED Lamps for Residential Lighting in European Market and associated health issues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LED Professional Symposium &amp; Expo (LpS 2015), Sept. 22-24, 2015, Bregenz (AUSTRIA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Bregenz, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04164550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of energy saving lamps on power quality and luminous properties under voltage decreasing 240V–100V</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Yusrizal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Sinisuka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2015 IEEE Industry Applications Society Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Addison, TX, United States. pp.1-8, </w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IAS.2015.7356864⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02560720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Testing High Quality LED lamps for Residential Lighting in European Market : Results from PremiumLight project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Schäppi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brundin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Svensson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Conference on Energy Efficiency in Domestic Appliances and Lighting (EEDAL-15), aug. 26-28, 2015, Lucerne-Horw (SWITZERLAND)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Lucerne-Horw, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03954738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electrical characterization by impedance spectroscopy of organic light emitting diodes (OLEDs) before and during accelerated aging under electrical and thermal stresses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alaa Alchaddoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th International Conference on Organic Electronics (ICOE-15), june 15-17, 2015, Erlangen (GERMANY)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Erlangen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03953654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification par spectroscopie d’impédance de l’évolution des signatures de diodes électroluminescentes organiques sous stress thermiques et électriques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alaa Alchaddoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optique Bretagne-15, 6-9 juillet 2015, Rennes (FRANCE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Rennes, France. pp.170-171</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03953656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude de la qualité des produits d’éclairement LED pour applications domestiques dans l’espace Européen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éclairage 2015, Papier Eln, 11-12 mars 2015, Troyes (FRANCE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Troyes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04164575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">OLED ageing signature characterization under combined thermal and electrical stresses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alaa Alchaddoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014 International Symposium on Electrical Insulating Materials (ISEIM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Niigata, Japan. pp.311-314, </w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ISEIM.2014.6870781⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02435745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Power Consumption & Luminous Performances of Energy Saving Lamps Under Wide Voltage Variations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Simanjuntak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. I. Sinisuka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th International Symposium on the Science and Technology of Lighting Systems, Como (ITALY)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Como, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03954692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LED lighting - Reduce the power consumption and increase the users comfort</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angel Barroso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Alonso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014 IEEE Industry Applications Society Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Vancouver, Canada. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IAS.2014.6978439⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02435730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dosimetric analysis of mid-position vs ITV conformational plans for locally advanced NSCLC. Preliminary results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ayadi-Zahra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Bouilhol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Krason</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Rit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESTRO 33</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2014, Vienne, Austria. pp.PO-0839</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01053235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude du comportement électrique et photométrique des diodes électroluminescentes organiques (OLEDs) pour l’éclairage ayant subi un vieillissement accéleré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alaa Alchaddoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd Journées Nationales Photonique Organique 2014, 24 et 25 septembre 2014, Strasbourg (FRANCE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Strasbourg, France. 3 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03953650v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dosimetric analysis of mid-position vs ITV conformational plans for locally advanced NSCLC. Preliminary results.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ayadi-Zahra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Bouilhol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Krason</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Rit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9ème journnée scientifique du CLARA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01054171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Power quality of energy saving lamps under wide voltage variations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rikardo Simanjuntak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngapuli I Sinisuka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014 IEEE Industry Applications Society Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Vancouver, Canada. pp.1-7, </w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IAS.2014.6978427⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02435748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simplified models of LED ballasts for spice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leoš Kukačka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rikardo Simanjuntak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014 IEEE Industry Applications Society Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Vancouver, Canada. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ias.2014.6978426⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02560722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of high brightness LED samples aged under stress temperature conditions: Electrical characterizations and signature evolution analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2013 IEEE Industry Applications Society Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Lake Buena Vista, United States. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IAS.2013.6682543⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02435750v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Event and scenario recognition in a video surveillance system for radiotherapy treatments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Portela Sotelo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Pereira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Desserée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-M. Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESTRO 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Barcelona, Spain. pp.OC-0063</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00833954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal characterisation of human skin using differential thermometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Eugène</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quality Measurement: The Indispensable Bridge between Theory and Reality (No Measurements? No Science! Joint Conference - 1996: IEEE Instrumentation and Measurement Technology Conference and IMEKO Technical Committee 7. Conference Proceedings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 1996, Brussels, Belgium. pp.1458-1463, </w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IMTC.1996.507612⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03250327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accurate distance measurement by an autonomous ultrasonic system combining time-of-flight and phase-shift methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Gueuning</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaï Varlan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Eugene</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quality Measurement: The Indispensable Bridge between Theory and Reality (No Measurements? No Science! Joint Conference - 1996: IEEE Instrumentation and Measurement Technology Conference and IMEKO Technical Committee 7. Conference Proceedings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 1996, Brussels, Belgium. pp.399-404, </w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IMTC.1996.507414⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03251416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effets du spectre lumineux sur le temps de floraison du gombo abelmoschus esculentus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yao Hervé Yao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Banah Florent Degni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N’goran Urbain Florent Niangoran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LAPLACE à la Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05272734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Attractiveness of an Ephemeroptera insect order towards artificial lights as function of CCT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pia Marchant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Legal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ALAN 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2023, Calgary University, Calgary, Alberta, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05023277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Correlated Colour Temperature: An Influential Parameter in Ageing OLEDS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oussama Ben Abdellah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha El Halaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Al Haddad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CIE Commission Internationale de l'Eclairage. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CIE-2021 mid-term Meeting and Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Kuala Lumpur (virtual), Malaysia. PO23, pp.217-218, Abstracts of CIE-2021 mid-term Meeting and Conference</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03527481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of the artificial lighting’s color temperature on the elderly’s circadian cycle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Caumon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Becheras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interim Meeting: Colour &amp; Human Comfort</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Lisbonne, Portugal, Portugal. International Colour Association (AIC), pp.419-424</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04775586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PD-0042: Development of a new virtual source model for portal image prediction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chabert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Lazaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Barat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Dautremer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Montagu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESTRO 33</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2014, Vienna, Austria. , Radiotherapy and Oncology, 111 (Supplement 1), pp.S14-S15, 2014, ESTRO 33, 4-8 April 2014, Vienna, Austria. </w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0167-8140(15)30147-X⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02268513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accelerated ageing of OLED under different temperature and current conditions: photometric and electrical characterizations and analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Zerrouki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Conference on Organic Electronics (ICOE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03238163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Smart Lighting Systems for Smart Cities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nazim Pigenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Holistic Approach for Decision Making Towards Designing Smart Cities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 18, Springer International Publishing, pp.75-92, 2021, Future City, </w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-85566-6_5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03511196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pulse-density modulation control deviation LED ballast feedback control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milan Kolar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leos Kukacka</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Czech Republic, Patent n° : CZ2017752A3. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03334717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId379"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="1123D979"/>
+    <w:nsid w:val="14D8F1E1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pascal-dupuis" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2966-9424" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/228241154" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/B-6094-2018" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531094v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghassen Ben Hnia" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Canale" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Dupuis" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zouhour Araoud" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Zissis" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1402-4896/ae49c2" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05074509v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yao Herv&#233; Yao" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Banah Florent Degni" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arouna Khalil Fanny" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/horticulturae11050548" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05392419v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;odore Ciss&#233; Haba" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIA.2025.3635588" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05310287v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leos Kukacka" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana Svobodova" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakub Necasek" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Svobodova" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Hergesel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIA.2025.3620330" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861263v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pia Marchant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo&#353; Kuka&#269;ka" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MIAS.2024.3488369" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04384061v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha El Halaoui" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pigaglio" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Asselman" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics13020289" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061624v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Umar Khayam" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arpan Zaeni" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Marojahan Banjar-Nahor" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deny Hamdani" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngapuli Irmea Sinisuka" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su15076283" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04214486v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michaela Chmela&#345;ov&#225;" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIA.2023.3316999" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03779722v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Al Haddad" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Picot" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIA.2022.3206286" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03754999v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Yable" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4236/opj.2022.128014" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328105v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Vik" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ales Richter" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIA.2021.3091083" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437855v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIA.2021.3123096" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03319639v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolai Timofeev" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Sukhomlinov" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Indzhira Yu Mukharaeva" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitrii Mikhaylov" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPS.2021.3093816" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03198285v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Latifa Bachouch" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neermalsing Sewraj" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su13084329" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02899022v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#1053;.&#1040;. &#1058;&#1080;&#1084;&#1086;&#1092;&#1077;&#1077;&#1074;" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#1042;.&#1057;. &#1057;&#1091;&#1093;&#1086;&#1084;&#1083;&#1080;&#1085;&#1086;&#1074;" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#1048;.&#1070;. &#1052;&#1091;&#1093;&#1072;&#1088;&#1072;&#1077;&#1074;&#1072;" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#1044;.&#1042;. &#1052;&#1080;&#1093;&#1072;&#1081;&#1083;&#1086;&#1074;" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21883/JTF.2019.10.48171.103-19" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509763v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Timofeev" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Sukhomlinov" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Yu. Mukharaeva" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Mikhailov" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S1063784219100207" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509808v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Indjira Mukharaeva" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPS.2019.2918643" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02001374v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fang Lei" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Durrieu" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Maussion" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2150/jstl.IEIJ160000598" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01575731v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Dulout" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Jammes" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel S&#233;guier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angel Barroso" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MIAS.2017.2740445" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02001394v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIA.2017.2742978" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02532635v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.OE.56.11.114103" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02532653v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milan Kol&#225;&#345;" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Kraus" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/iet-gtd.2015.0713" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02532650v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sovannarith Leng" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIA.2015.2475424" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01235338v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Alonso" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02541053v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald Ledru" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Catalano" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4899187" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03251453v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Eugene" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/19.850383" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02687657v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Baranger" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Delourme" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Foisset" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Eber" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Barret" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03251423v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Gueuning" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miha&#239; Varlan" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Eug&#232;ne" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/19.668260" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00210020v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Coulon" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Delhaes" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Flandrois" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Amiell" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bonjour" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jphys:01985004605078300" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/429ED175C06DA7AA865083F4C652E66942AF3BAD/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00209357v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Leccia" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Mennrath" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Morales" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Plo" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jphys:0198100420120160300" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/99BDF96F8165F3A1EE35ECC640AA1E57B80309B1/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05354630v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/3128/1/012016" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869189v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana Svobodov&#225;" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakub Ne&#269;&#225;sek" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#225;ra Svobodov&#225;" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IAS55788.2024.11023752" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05156396v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IAS62731.2025.11061556" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05272150v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Legal" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05129557v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ciss&#233; Th&#233;odore Haba" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876987v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IAS55788.2024.11023647" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867720v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atef Silini" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LS2463127.2024.10881134" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867928v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saifeddine Gharsellaoui" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LS2463127.2024.10880946" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867842v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Firdawss Haddad" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LS2463127.2024.10882108" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04785174v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Jeangeorges" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04874247v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04124045v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Charles" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992687v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agung Cahyadi Putra" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICPERE56870.2022.10037315" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03755036v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EEEIC/ICPSEurope54979.2022.9854657" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03861652v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michaela Chmelarova" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IAS54023.2022.9939707" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03861696v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03861692v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olfa Mekki" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch&#233;ma Gargouri Hbaieb" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03861649v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IAS54023.2022.9939775" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03861700v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Renaud" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03861894v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Mikhailov" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03416912v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oussama Ben Abdellah" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bousselham Samoudi" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EEEIC/ICPSEurope51590.2021.9584685" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03416907v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theodore Cisse Haba" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitris Kyrginas" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EEEIC/ICPSEurope51590.2021.9584792" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03540009v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Zoueu" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IAS48185.2021.9677047" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03540004v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IAS48185.2021.9677344" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03540002v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IAS48185.2021.9677120" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02985405v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/Lighting47792.2020.9240586" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03133256v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IAS44978.2020.9334816" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011197v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitriy Mikhaylov" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02912902v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EEEIC/ICPSEurope49358.2020.9160668" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02985401v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/Lighting47792.2020.9240564" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03040792v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constantinos Bouroussis" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Tsirbas" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frangiskos Topalis" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON43393.2020.9254670" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02912897v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EEEIC/ICPSEurope49358.2020.9160753" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02986429v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanae Azizi" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saida Ahyoud" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/Lighting47792.2020.9240568" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03133255v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IAS44978.2020.9334743" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03189479v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IAS44978.2020.9391575" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03133257v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Handy Apryandi" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngapuli I Sinisuka" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IAS44978.2020.9334755" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02560273v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rizally Priatmadja" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IAS.2019.8912431" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02560270v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Sinisuka" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON.2019.8927418" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02560291v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ondrej Mach" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Schreiber" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Florianova" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IAS.2019.8911983" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02139499v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Oger" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Mesny" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Baudier" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rit" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0167-8140(19)32433-8" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435307v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eko Purwanto" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngapuli Sinisuka" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EEEIC.2019.8783248" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03113728v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON.2019.8927330" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435212v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guirguis Abdelmessih" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Marcos Alonso" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alaa Alchaddoud" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EEEIC.2019.8783814" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03954877v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dufaur" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gleizes" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953757v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330930v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Tanguy" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmp.2018.09.015" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02559193v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milan Kolar" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IAS.2018.8544611" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953755v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03954881v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Mukharaeva" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02559198v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IAS.2018.8544471" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04164599v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03954935v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891474v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Durrieu De Madron" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03954840v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zivion Silalahi" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Massol" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. I. Sinisuka" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01356352v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IAS.2016.7731899" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953658v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435728v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/cleo_at.2016.ath3k.4" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02559311v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Massol" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ias.2016.7731898" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03954841v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891432v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02559343v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/plasma.2016.7534275" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02559301v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ias.2016.7731890" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02559333v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingemar Svensson" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Brundin" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ias.2016.7731893" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03954834v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Svensson" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Brundin" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891369v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04164575v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02560716v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ias.2015.7356863" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02560718v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ecmsm.2015.7208692" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04164551v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953653v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04164550v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02560714v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ias.2015.7356865" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02560720v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Yusrizal" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IAS.2015.7356864" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03954738v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Sch&#228;ppi" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953654v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953656v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02560722v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rikardo Simanjuntak" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ias.2014.6978426" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435730v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IAS.2014.6978439" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01053235v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ayadi-Zahra" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bouilhol" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Krason" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03954692v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Simanjuntak" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435745v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISEIM.2014.6870781" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953650v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054171v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435748v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IAS.2014.6978427" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435750v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IAS.2013.6682543" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00833954v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Portela Sotelo" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pereira" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Desser&#233;e" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Moreau" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03251416v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IMTC.1996.507414" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03250327v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit David" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IMTC.1996.507612" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05272734v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#8217;goran Urbain Florent Niangoran" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023277v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03527481v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775586v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Guerry" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Caumon" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Becheras" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268513v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Chabert" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Lazaro" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Barat" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dautremer" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Montagu" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0167-8140(15)30147-X" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03238163v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Dupuis" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Zerrouki" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511196v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazim Pigenet" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-85566-6_5" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03334717v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pascal-dupuis" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2966-9424" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/228241154" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/B-6094-2018" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531094v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghassen Ben Hnia" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Canale" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Dupuis" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zouhour Araoud" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Zissis" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1402-4896/ae49c2" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05074509v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yao Herv&#233; Yao" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Banah Florent Degni" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arouna Khalil Fanny" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/horticulturae11050548" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05392419v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;odore Ciss&#233; Haba" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIA.2025.3635588" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05310287v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leos Kukacka" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana Svobodova" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakub Necasek" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Svobodova" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Hergesel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIA.2025.3620330" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861263v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pia Marchant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo&#353; Kuka&#269;ka" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MIAS.2024.3488369" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04384061v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha El Halaoui" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pigaglio" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Asselman" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics13020289" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04214486v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michaela Chmela&#345;ov&#225;" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIA.2023.3316999" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061624v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Umar Khayam" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arpan Zaeni" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Marojahan Banjar-Nahor" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deny Hamdani" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngapuli Irmea Sinisuka" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su15076283" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03779722v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Al Haddad" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Picot" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIA.2022.3206286" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03754999v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Yable" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4236/opj.2022.128014" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437855v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIA.2021.3123096" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03319639v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolai Timofeev" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Sukhomlinov" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Indzhira Yu Mukharaeva" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitrii Mikhaylov" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPS.2021.3093816" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03198285v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Latifa Bachouch" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neermalsing Sewraj" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su13084329" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328105v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Vik" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ales Richter" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIA.2021.3091083" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02899022v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#1053;.&#1040;. &#1058;&#1080;&#1084;&#1086;&#1092;&#1077;&#1077;&#1074;" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#1042;.&#1057;. &#1057;&#1091;&#1093;&#1086;&#1084;&#1083;&#1080;&#1085;&#1086;&#1074;" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#1048;.&#1070;. &#1052;&#1091;&#1093;&#1072;&#1088;&#1072;&#1077;&#1074;&#1072;" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#1044;.&#1042;. &#1052;&#1080;&#1093;&#1072;&#1081;&#1083;&#1086;&#1074;" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21883/JTF.2019.10.48171.103-19" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509763v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Timofeev" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Sukhomlinov" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Yu. Mukharaeva" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Mikhailov" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S1063784219100207" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509808v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Indjira Mukharaeva" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPS.2019.2918643" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01575731v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Dulout" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Jammes" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel S&#233;guier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angel Barroso" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MIAS.2017.2740445" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02001374v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fang Lei" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Durrieu" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Maussion" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2150/jstl.IEIJ160000598" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02001394v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIA.2017.2742978" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02532635v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.OE.56.11.114103" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02532650v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sovannarith Leng" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIA.2015.2475424" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02532653v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milan Kol&#225;&#345;" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Kraus" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/iet-gtd.2015.0713" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01235338v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Alonso" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02541053v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald Ledru" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Catalano" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4899187" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03251453v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Eugene" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/19.850383" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02687657v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Baranger" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Delourme" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Foisset" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Eber" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Barret" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03251423v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Gueuning" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miha&#239; Varlan" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Eug&#232;ne" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/19.668260" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00210020v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Coulon" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Delhaes" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Flandrois" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Amiell" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bonjour" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jphys:01985004605078300" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/429ED175C06DA7AA865083F4C652E66942AF3BAD/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00209357v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Leccia" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Mennrath" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Morales" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Plo" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jphys:0198100420120160300" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/99BDF96F8165F3A1EE35ECC640AA1E57B80309B1/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05156396v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IAS62731.2025.11061556" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869189v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana Svobodov&#225;" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakub Ne&#269;&#225;sek" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#225;ra Svobodov&#225;" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IAS55788.2024.11023752" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05354630v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/3128/1/012016" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05272150v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Legal" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05129557v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ciss&#233; Th&#233;odore Haba" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876987v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IAS55788.2024.11023647" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867720v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atef Silini" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LS2463127.2024.10881134" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867928v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saifeddine Gharsellaoui" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LS2463127.2024.10880946" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867842v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Firdawss Haddad" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LS2463127.2024.10882108" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04785174v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Jeangeorges" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04874247v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04124045v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Charles" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992687v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agung Cahyadi Putra" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICPERE56870.2022.10037315" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03861652v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michaela Chmelarova" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IAS54023.2022.9939707" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03861696v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03755036v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EEEIC/ICPSEurope54979.2022.9854657" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03861692v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olfa Mekki" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch&#233;ma Gargouri Hbaieb" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03861649v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IAS54023.2022.9939775" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03861700v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Renaud" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03861894v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Mikhailov" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03540009v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theodore Cisse Haba" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Zoueu" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IAS48185.2021.9677047" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03416907v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitris Kyrginas" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EEEIC/ICPSEurope51590.2021.9584792" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03416912v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oussama Ben Abdellah" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bousselham Samoudi" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EEEIC/ICPSEurope51590.2021.9584685" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03540004v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IAS48185.2021.9677344" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03540002v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IAS48185.2021.9677120" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03189479v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IAS44978.2020.9391575" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02986429v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanae Azizi" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saida Ahyoud" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/Lighting47792.2020.9240568" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02912897v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EEEIC/ICPSEurope49358.2020.9160753" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03133255v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IAS44978.2020.9334743" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03040792v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constantinos Bouroussis" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Tsirbas" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frangiskos Topalis" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON43393.2020.9254670" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02912902v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EEEIC/ICPSEurope49358.2020.9160668" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02985401v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/Lighting47792.2020.9240564" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03133256v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IAS44978.2020.9334816" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011197v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitriy Mikhaylov" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03133257v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Handy Apryandi" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngapuli I Sinisuka" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IAS44978.2020.9334755" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02985405v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/Lighting47792.2020.9240586" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435307v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eko Purwanto" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngapuli Sinisuka" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EEEIC.2019.8783248" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02560270v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rizally Priatmadja" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Sinisuka" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON.2019.8927418" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02560291v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ondrej Mach" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Schreiber" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Florianova" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IAS.2019.8911983" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02139499v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Oger" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Mesny" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Baudier" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rit" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0167-8140(19)32433-8" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03113728v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON.2019.8927330" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435212v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guirguis Abdelmessih" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Marcos Alonso" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alaa Alchaddoud" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EEEIC.2019.8783814" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02560273v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IAS.2019.8912431" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953757v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03954877v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dufaur" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gleizes" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02559193v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milan Kolar" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IAS.2018.8544611" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330930v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Tanguy" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmp.2018.09.015" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953755v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03954881v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Mukharaeva" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02559198v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IAS.2018.8544471" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03954935v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04164599v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891474v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Durrieu De Madron" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02559343v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/plasma.2016.7534275" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891432v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435728v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/cleo_at.2016.ath3k.4" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02559311v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zivion Silalahi" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Massol" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ias.2016.7731898" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03954841v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02559301v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ias.2016.7731890" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02559333v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingemar Svensson" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Brundin" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ias.2016.7731893" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03954834v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Svensson" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Brundin" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. I. Sinisuka" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891369v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01356352v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IAS.2016.7731899" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953658v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03954840v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Massol" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04164551v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953653v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02560718v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ecmsm.2015.7208692" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02560716v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ias.2015.7356863" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02560714v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ias.2015.7356865" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04164550v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02560720v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Yusrizal" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IAS.2015.7356864" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03954738v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Sch&#228;ppi" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953654v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953656v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04164575v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435745v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISEIM.2014.6870781" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03954692v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Simanjuntak" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435730v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IAS.2014.6978439" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01053235v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ayadi-Zahra" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bouilhol" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Krason" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953650v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054171v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435748v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rikardo Simanjuntak" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IAS.2014.6978427" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02560722v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ias.2014.6978426" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435750v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IAS.2013.6682543" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00833954v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Portela Sotelo" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pereira" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Desser&#233;e" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Moreau" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03250327v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit David" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IMTC.1996.507612" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03251416v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IMTC.1996.507414" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05272734v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#8217;goran Urbain Florent Niangoran" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023277v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03527481v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775586v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Guerry" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Caumon" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Becheras" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268513v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Chabert" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Lazaro" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Barat" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dautremer" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Montagu" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0167-8140(15)30147-X" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03238163v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Dupuis" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Zerrouki" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511196v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazim Pigenet" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-85566-6_5" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03334717v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>