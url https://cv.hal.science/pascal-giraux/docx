--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -479,161 +479,157 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05185961v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficacy of a new video observational training method (intensive visual simulation) for motor recovery in the upper limb in subacute stroke: a feasibility and proof-of-concept study</w:t>
+                <w:t xml:space="preserve">Neural basis of lower-limb visual feedback therapy: an EEG study in healthy subjects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etienne Ojardias</w:t>
+                <w:t xml:space="preserve">Ba Thien Le</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ahmed Adham</w:t>
+                <w:t xml:space="preserve">Julien Bonnal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Bessaguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virginie Phaner</w:t>
+                <w:t xml:space="preserve">Pascal Giraux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diana Rimaud</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pascal Auzou</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Rehabilitation Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 56, pp.jrm36119. </w:t>
+              <w:t xml:space="preserve">Journal of NeuroEngineering and Rehabilitation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 21 (1), pp.114. </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2340/jrm.v56.36119⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12984-024-01408-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04767471v1</w:t>
+                <w:t xml:space="preserve">hal-04948533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The challenge of controlling an auditory BCI in the case of severe motor disability</w:t>
               </w:r>
@@ -805,119 +801,119 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Schnitzler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flavia Coroian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Giraux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annals of Physical and Rehabilitation Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 67 (5), pp.101839. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.rehab.2024.101839⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04948546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Factors Associated with Fatigue in COVID-19 ICU Survivors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djahid Kennouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -939,704 +935,708 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Callum G Brownstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Lapole</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diana Rimaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Medicine and Science in Sports and Exercise</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 56 (9), pp.1563 - 1573. </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1249/mss.0000000000003455⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05369416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neural basis of lower-limb visual feedback therapy: an EEG study in healthy subjects</w:t>
+                <w:t xml:space="preserve">Distinct and additive effects of visual and vibratory feedback for motor rehabilitation: an EEG study in healthy subjects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ba Thien Le</w:t>
+                <w:t xml:space="preserve">Ahmed Adham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Bessaguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Bonnal</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Pascal Giraux</w:t>
+                <w:t xml:space="preserve">Lucas Struber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diana Rimaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Auzou</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Etienne Ojardias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of NeuroEngineering and Rehabilitation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 21 (1), pp.114. </w:t>
+              <w:t xml:space="preserve">, 2024, 21 (1), pp.158. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12984-024-01408-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12984-024-01453-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04948533v1</w:t>
+                <w:t xml:space="preserve">hal-04767906v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Distinct and additive effects of visual and vibratory feedback for motor rehabilitation: an EEG study in healthy subjects</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ahmed Adham</w:t>
+                <w:t xml:space="preserve">Treatment of Acquired Deforming Hypertonia with Botulinum Toxin in Older Population: A Retrospective Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Maldonado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Bessaguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Etienne Ojardias</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Chol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Giraux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Lafaie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of NeuroEngineering and Rehabilitation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12984-024-01453-3⟩</w:t>
+              <w:t xml:space="preserve">Toxins</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 16 (8), pp.365. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/toxins16080365⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04767906v1</w:t>
+                <w:t xml:space="preserve">hal-04948513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Treatment of Acquired Deforming Hypertonia with Botulinum Toxin in Older Population: A Retrospective Study</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Ludovic Lafaie</w:t>
+                <w:t xml:space="preserve">Factors Associated with Fatigue in COVID-19 ICU Survivors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djahid Kennouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Foschia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Callum Brownstein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Lapole</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diana Rimaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Toxins</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/toxins16080365⟩</w:t>
+              <w:t xml:space="preserve">Medicine and Science in Sports and Exercise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1249/MSS.0000000000003455⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04948513v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04664149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Factors Associated with Fatigue in COVID-19 ICU Survivors</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Efficacy of a new video observational training method (intensive visual simulation) for motor recovery in the upper limb in subacute stroke: a feasibility and proof-of-concept study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Ojardias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Adham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Bessaguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Phaner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diana Rimaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Medicine and Science in Sports and Exercise</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, </w:t>
+              <w:t xml:space="preserve">Journal of Rehabilitation Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 56, pp.jrm36119. </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1249/MSS.0000000000003455⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2340/jrm.v56.36119⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04664149v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04767471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structural and pathophysiological muscle changes up to one year after post-stroke hemiplegia: a systematic review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oscar Aze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Ojardias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barnabé Akplogan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Giraux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Calmels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1817,103 +1817,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Time course response after single injection of botulinum toxin to treat spasticity after stroke: Systematic review with pharmacodynamic model-based meta-analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Ojardias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Ollier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Lafaie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Celarier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Giraux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annals of Physical and Rehabilitation Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 65 (3), pp.101579. </w:t>
@@ -2085,51 +2085,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Effects of Anodal Transcranial Direct Current Stimulation on the Walking Performance of Chronic Hemiplegic Patients</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Ojardias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oscar Dagbémabou Azé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2258,51 +2258,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Molimard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reynald Convert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Giraux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Badel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2343,939 +2343,939 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02318360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Superimposition of elastic and nonelastic compression bandages</w:t>
+                <w:t xml:space="preserve">Experimental and numerical approach for the investigation of interface pressure applied by compression bandages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanette Chassagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jérome Molimard</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Badel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reynald Convert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Giraux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Molimard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Vascular Surgery: Venous and Lymphatic Disorders</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jvsv.2017.07.006⟩</w:t>
+              <w:t xml:space="preserve">Veins and Lymphatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 6 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4081/vl.2017.6626⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02467557v1</w:t>
+                <w:t xml:space="preserve">hal-01890244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental and numerical approach for the investigation of interface pressure applied by compression bandages</w:t>
+                <w:t xml:space="preserve">Superimposition of elastic and non-elastic compression bandages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanette Chassagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clothilde Helouin-Desenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Molimard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reynald Convert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Badel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Veins and Lymphatics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Vascular Surgery</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01890244v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01621518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Superimposition of elastic and non-elastic compression bandages</w:t>
+                <w:t xml:space="preserve">Superimposition of elastic and nonelastic compression bandages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanette Chassagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clothilde Helouin-Desenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Molimard</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérome Molimard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reynald Convert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Badel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Vascular Surgery</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Vascular Surgery: Venous and Lymphatic Disorders</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 5 (6), pp.851--858. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jvsv.2017.07.006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01621518v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02467557v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical Approach for the Assessment of Pressure Generated by Elastic Compression Bandage</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Pascal Giraux</w:t>
+                <w:t xml:space="preserve">Retrospective study of the acute period of locked-in syndrome: Consciousness recovery and communication restoration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perrine Séguin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre D Badel</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Annie Moulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lesly Fornoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Mattout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Maby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Biomedical Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10439-016-1597-3⟩</w:t>
+              <w:t xml:space="preserve">Annals of Physical and Rehabilitation Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 59, pp.e151-e152. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.rehab.2016.07.337⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01380275v1</w:t>
+                <w:t xml:space="preserve">hal-03434321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelisation of the action of compression bandages on the lower limb</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+                <w:t xml:space="preserve">Primary motor cortex changes after amputation correlate with phantom limb pain and the ability to move the phantom limb</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Raffin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Giraux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Molimard</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karen Reilly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Physical and Rehabilitation Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.rehab.2016.07.071⟩</w:t>
+              <w:t xml:space="preserve">NeuroImage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 130, pp.134-144. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neuroimage.2016.01.063⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01890260v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02469911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Primary motor cortex changes after amputation correlate with phantom limb pain and the ability to move the phantom limb</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+                <w:t xml:space="preserve">Numerical Approach for the Assessment of Pressure Generated by Elastic Compression Bandage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanette Chassagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérome Molimard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reynald Convert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Giraux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Karen Reilly</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre D Badel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NeuroImage</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neuroimage.2016.01.063⟩</w:t>
+              <w:t xml:space="preserve">Annals of Biomedical Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 44, pp.3096 - 3108. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10439-016-1597-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02469911v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01380275v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Retrospective study of the acute period of locked-in syndrome: Consciousness recovery and communication restoration</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modelisation of the action of compression bandages on the lower limb</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanette Chassagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Badel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reynald Convert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Giraux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Molimard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annals of Physical and Rehabilitation Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 59, pp.e151-e152. </w:t>
+              <w:t xml:space="preserve">, 2016, 59, </w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.rehab.2016.07.337⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.rehab.2016.07.071⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03434321v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01890260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental investigation of pressure applied on the lower leg by elastic compression bandage</w:t>
               </w:r>
@@ -3313,51 +3313,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Badel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reynald Convert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Giraux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annals of Biomedical Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 43 (12), pp.2967-2977. </w:t>
@@ -3408,77 +3408,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Disentangling motor execution from motor imagery with the phantom limb</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Raffin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Mattout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen T Reilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Giraux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Brain - A Journal of Neurology </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 135 (2), pp.582-595. </w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3538,51 +3538,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Raffin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Giraux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gait &amp; Posture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 35 (1), pp.18 - 22. </w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3629,51 +3629,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The moving phantom: Motor execution or motor imagery?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Raffin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Giraux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen T Reilly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4050,51 +4050,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Badel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reynald Convert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Giraux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Molimard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4171,51 +4171,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Badel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reynald Convert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Giraux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Molimard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4625,51 +4625,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="900CAB9E"/>
+    <w:nsid w:val="E9ECE672"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4856,51 +4856,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pascal-giraux" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8581-1472" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/059931450" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/D-8105-2018" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369458v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djahid Kennouche" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Foschia" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Callum G Brownstein" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Gondin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lapole" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/mss.0000000000003789" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185961v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Callum Brownstein" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/MSS.0000000000003789" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767471v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Ojardias" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Adham" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Bessaguet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Phaner" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Rimaud" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2340/jrm.v56.36119" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-04402628v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine S&#233;guin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Maby" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lodie Fouillen" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anatole Otman" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Luaut&#233;" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12984-023-01289-3" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04948546v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Calmels" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Schnitzler" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavia Coroian" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Giraux" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2024.101839" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369416v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/mss.0000000000003455" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04948533v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ba Thien Le" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bonnal" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Auzou" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12984-024-01408-8" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767906v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Struber" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12984-024-01453-3" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04948513v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Maldonado" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Chol" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Lafaie" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxins16080365" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04664149v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/MSS.0000000000003455" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04948577v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Aze" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barnab&#233; Akplogan" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23736/S1973-9087.23.07844-9" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03702282v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanette Chassagne" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Molimard" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reynald Convert" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clothilde Helouin-Desenne" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Badel" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biomechanics2010009" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508480v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Ollier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Celarier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2021.101579" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03470241v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Hugues" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Guinet-Lacoste" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Bin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Villeneuve" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Lunven" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2021-052086" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04922791v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Dagb&#233;mabou Az&#233;" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davy Luneau" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janis Mednieks" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Condemine" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ner.12962" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318360v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TBME.2017.2774598" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02467557v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Molimard" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvsv.2017.07.006" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01890244v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4081/vl.2017.6626" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01621518v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01380275v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre D Badel" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10439-016-1597-3" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01890260v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2016.07.071" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02469911v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Raffin" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Richard" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Reilly" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2016.01.063" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V3PGJZLM-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03434321v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Moulin" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lesly Fornoni" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Mattout" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2016.07.337" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01251853v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Martin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10439-015-1352-1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949111v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen T Reilly" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awr337" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949104v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bonnet" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2011.07.017" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949118v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cortex.2011.02.003" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-01980953v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Dubernard" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Lengel&#233;" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Morelon" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Testelin" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Badet" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1056/NEJMoa072828" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04902132v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Lapole" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01406596v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01406605v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095581v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Rose Rose Seguin" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Morlet" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04904749v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pascal-giraux" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8581-1472" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/059931450" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/D-8105-2018" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369458v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djahid Kennouche" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Foschia" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Callum G Brownstein" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Gondin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lapole" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/mss.0000000000003789" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185961v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Callum Brownstein" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/MSS.0000000000003789" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04948533v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ba Thien Le" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bonnal" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Bessaguet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Giraux" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Auzou" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12984-024-01408-8" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-04402628v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine S&#233;guin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Maby" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lodie Fouillen" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anatole Otman" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Luaut&#233;" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12984-023-01289-3" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04948546v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Calmels" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Schnitzler" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavia Coroian" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2024.101839" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369416v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Rimaud" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/mss.0000000000003455" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767906v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Adham" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Struber" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Ojardias" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12984-024-01453-3" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04948513v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Maldonado" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Chol" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Lafaie" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxins16080365" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04664149v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/MSS.0000000000003455" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767471v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Phaner" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2340/jrm.v56.36119" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04948577v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Aze" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barnab&#233; Akplogan" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23736/S1973-9087.23.07844-9" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03702282v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanette Chassagne" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Molimard" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reynald Convert" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clothilde Helouin-Desenne" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Badel" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biomechanics2010009" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508480v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Ollier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Celarier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2021.101579" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03470241v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Hugues" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Guinet-Lacoste" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Bin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Villeneuve" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Lunven" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2021-052086" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04922791v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Dagb&#233;mabou Az&#233;" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davy Luneau" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janis Mednieks" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Condemine" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ner.12962" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318360v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TBME.2017.2774598" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01890244v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4081/vl.2017.6626" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01621518v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02467557v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Molimard" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvsv.2017.07.006" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03434321v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Moulin" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lesly Fornoni" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Mattout" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2016.07.337" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02469911v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Raffin" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Richard" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Reilly" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2016.01.063" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V3PGJZLM-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01380275v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre D Badel" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10439-016-1597-3" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01890260v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2016.07.071" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01251853v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Martin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10439-015-1352-1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949111v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen T Reilly" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awr337" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949104v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bonnet" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2011.07.017" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949118v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cortex.2011.02.003" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-01980953v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Dubernard" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Lengel&#233;" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Morelon" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Testelin" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Badet" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1056/NEJMoa072828" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04902132v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Lapole" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01406596v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01406605v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095581v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Rose Rose Seguin" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Morlet" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04904749v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>