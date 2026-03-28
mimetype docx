--- v0 (2026-03-03)
+++ v1 (2026-03-28)
@@ -2673,217 +2673,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04912333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Création d'une communauté en ligne dans le secteur de la métrologie comme vecteur d'une transition métier</w:t>
+                <w:t xml:space="preserve">La quasi-communauté épistémique des volcanologues à Arequipa au Pérou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Lièvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Pascal Brassier</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eléonore Mérour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin van Wyk de Vries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">31e Congrès AGRH2020</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2021, Tours, France</w:t>
+              <w:t xml:space="preserve">14e colloque international AGeCSO - De la résilience entre objet de recherche et pratique réflexive</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association pour la Gestion des Connaissances dans la Société et les Organisations, May 2021, Lac Chambon Auvergne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03182468v1</w:t>
+                <w:t xml:space="preserve">hal-04914702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La quasi-communauté épistémique des volcanologues à Arequipa au Pérou</w:t>
+                <w:t xml:space="preserve">Création d'une communauté en ligne dans le secteur de la métrologie comme vecteur d'une transition métier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Lièvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Benjamin van Wyk de Vries</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge William Dan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Brassier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14e colloque international AGeCSO - De la résilience entre objet de recherche et pratique réflexive</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association pour la Gestion des Connaissances dans la Société et les Organisations, May 2021, Lac Chambon Auvergne, France</w:t>
+              <w:t xml:space="preserve">31e Congrès AGRH2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2021, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04914702v1</w:t>
+                <w:t xml:space="preserve">hal-03182468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bissociation et émergence d'innovations en management dans les organisations du secteur créatif</w:t>
               </w:r>
@@ -2958,125 +2958,112 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04861418v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Management des connaissances et transfert de connaissance</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Voyage au coeur d'une communauté épistémique : le PSDR 4 Inventer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Lièvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire Département KM, R&amp;D Michelin</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">Séminaire Mosaic</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Montréal Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01656116v1</w:t>
+                <w:t xml:space="preserve">hal-01656282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quand la gouvernance de l'alimentation s'invente dans les territoires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Lardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3085,172 +3072,185 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie M. Houdart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Lièvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Prouheze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Vergnaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">54ème Colloque ASRDLF</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, Athènes, Grèce</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01655844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Voyage au coeur d'une communauté épistémique : le PSDR 4 Inventer</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Management des connaissances et transfert de connaissance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Coulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Lièvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire Mosaic</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Montréal Canada</w:t>
+              <w:t xml:space="preserve">Séminaire Département KM, R&amp;D Michelin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01656282v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01656116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Management de la créativité et de la fiabilité : le cas des expéditions polaires</w:t>
               </w:r>
@@ -3476,437 +3476,437 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01656148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trajectoire identitaire, apprentissage et médiation d'un praticien au sein d'une communauté épistémique : le cas de l'Open Lab Innovation</w:t>
+                <w:t xml:space="preserve">Les dispositifs d'apprentissage au sein d'une communauté épistémique : l'atelier de co-developpement de l'Open Lab Exploration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Lièvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Laroche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Denisot</w:t>
+                <w:t xml:space="preserve">Guillaume Beck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Observatoires de Communautés de connaissance, Kedge Business School et Beta-CNRS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Toulon, France</w:t>
+              <w:t xml:space="preserve">10ème Colloque International GeCSO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01656181v1</w:t>
+                <w:t xml:space="preserve">hal-01656161v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les dispositifs d'apprentissage au sein d'une communauté épistémique : l'atelier de co-developpement de l'Open Lab Exploration</w:t>
+                <w:t xml:space="preserve">Trajectoire identitaire, apprentissage et médiation d'un praticien au sein d'une communauté épistémique : le cas de l'Open Lab Innovation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Lièvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Beck</w:t>
+                <w:t xml:space="preserve">Frédéric Denisot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10ème Colloque International GeCSO</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Montréal, Canada</w:t>
+              <w:t xml:space="preserve">Observatoires de Communautés de connaissance, Kedge Business School et Beta-CNRS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Toulon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01656161v1</w:t>
+                <w:t xml:space="preserve">hal-01656181v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le management des connaissances : un état du champ</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le modèle SECI au prisme de la psychologie du développement et des apprentissages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Coulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Lièvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Colloque Management du Sport</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Lyon, France</w:t>
+              <w:t xml:space="preserve">10ème Colloque International GeCSO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01656156v1</w:t>
+                <w:t xml:space="preserve">hal-01656165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le modèle SECI au prisme de la psychologie du développement et des apprentissages</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Trajectoire identitaire, apprentissage et médiation d'un praticien au sein d'une communauté épistémique : le cas de l'Open Lab Innovation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Lièvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Denisot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10ème Colloque International GeCSO</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2017, Montréal, Canada</w:t>
+              <w:t xml:space="preserve">, Jun 2017, Montréal, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01656165v1</w:t>
+                <w:t xml:space="preserve">hal-01656174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trajectoire identitaire, apprentissage et médiation d'un praticien au sein d'une communauté épistémique : le cas de l'Open Lab Innovation</w:t>
+                <w:t xml:space="preserve">Le management des connaissances : un état du champ</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Lièvre</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Denisot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10ème Colloque International GeCSO</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Montréal, France</w:t>
+              <w:t xml:space="preserve"> Colloque Management du Sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01656174v1</w:t>
+                <w:t xml:space="preserve">hal-01656156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4698,51 +4698,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04861706v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Li&#232;vre" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Couckuyt" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Gu&#233;mard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Labarthe" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Le Croller" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-05070653v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie de Beler" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04861727v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Bootz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Wenger-Trayner" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.59876/a-r97b-g5yn" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04861547v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lievre" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03816624v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onore M&#233;rour" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Morin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa Macedo Franco" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domingo Ramos Palomino" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feart.2022.877161" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03887398v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Lardon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ba S Nguyen" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie M. Houdart" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Vergnaud" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2022-vol86-art30" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03182637v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Ait-Taleb" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1079222ar" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03182543v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Chabrillat" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lecoutre" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04861737v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Schenk" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rips1.063.0011" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03182856v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01810885v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Rix-Li&#232;vre" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel R&#233;cop&#233;" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tc.8873" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01119721v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Paraponaris" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Ermine" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Guittard" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/03055721211267459" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04825733v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912323v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04861492v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278140v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Boyer" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03818990v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Tichit" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278125v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03712961v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge William Dan" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Brassier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04861554v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03270005v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03270065v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03270049v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03196819v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin van Wyk de Vries" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912333v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03182468v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04914702v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04861418v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656116v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Coulet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01655844v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Prouheze" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656282v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656392v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656171v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Laroche" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bonnet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656148v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Marquet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656181v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Denisot" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656161v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Beck" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656156v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656165v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656174v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01814157v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Kaba Traor&#233;" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862976v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Aubry" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Garel" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01119737v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.routledge.com/books/details/9780415525299/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02893742v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mathieu" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-05065231v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04861706v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Li&#232;vre" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Couckuyt" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Gu&#233;mard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Labarthe" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Le Croller" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-05070653v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie de Beler" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04861727v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Bootz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Wenger-Trayner" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.59876/a-r97b-g5yn" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04861547v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lievre" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03816624v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onore M&#233;rour" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Morin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa Macedo Franco" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domingo Ramos Palomino" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feart.2022.877161" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03887398v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Lardon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ba S Nguyen" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie M. Houdart" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Vergnaud" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2022-vol86-art30" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03182637v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Ait-Taleb" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1079222ar" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03182543v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Chabrillat" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lecoutre" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04861737v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Schenk" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rips1.063.0011" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03182856v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01810885v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Rix-Li&#232;vre" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel R&#233;cop&#233;" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tc.8873" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01119721v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Paraponaris" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Ermine" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Guittard" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/03055721211267459" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04825733v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912323v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04861492v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278140v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Boyer" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03818990v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Tichit" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278125v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03712961v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge William Dan" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Brassier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04861554v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03270005v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03270065v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03270049v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03196819v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin van Wyk de Vries" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912333v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04914702v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03182468v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04861418v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656282v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01655844v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Prouheze" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656116v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Coulet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656392v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656171v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Laroche" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bonnet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656148v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Marquet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656161v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Beck" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656181v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Denisot" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656165v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656174v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656156v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01814157v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Kaba Traor&#233;" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862976v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Aubry" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Garel" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01119737v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.routledge.com/books/details/9780415525299/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02893742v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mathieu" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-05065231v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>