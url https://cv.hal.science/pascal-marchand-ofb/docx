--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -100,680 +100,680 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Disturbance by massive sporting events in mountain areas: When and where matters for the protected Alpine ibex Capra ibex</w:t>
+                <w:t xml:space="preserve">Neonatal antipredator tactics shape female movement patterns in large herbivores</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Marchand</w:t>
+                <w:t xml:space="preserve">Kamal Atmeh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nolwenn Risser</w:t>
+                <w:t xml:space="preserve">Christophe Bonenfant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elodie Petit</w:t>
+                <w:t xml:space="preserve">Jean-Michel Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Garel</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Hewison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">People and Nature</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/pan3.70151⟩</w:t>
+              <w:t xml:space="preserve">Nature Ecology &amp; Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 9, pp.142-152. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41559-024-02565-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05302798v1</w:t>
+                <w:t xml:space="preserve">hal-04857388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neonatal antipredator tactics shape female movement patterns in large herbivores</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">It's time to go—Drivers and plasticity of migration phenology in a short‐distance migratory ungulate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Bonenfant</w:t>
+                <w:t xml:space="preserve">Victor Chauveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Michel Gaillard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Garel</w:t>
+                <w:t xml:space="preserve">Carole Toïgo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Hewison</w:t>
+                <w:t xml:space="preserve">Pia Anderwald</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Apollonio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Ecology &amp; Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41559-024-02565-8⟩</w:t>
+              <w:t xml:space="preserve">Journal of Animal Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 94 (6), pp.1204-1220. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1365-2656.70031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04857388v1</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05407311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">It's time to go—Drivers and plasticity of migration phenology in a short‐distance migratory ungulate</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Victor Chauveau</w:t>
+                <w:t xml:space="preserve">Disturbance by massive sporting events in mountain areas: When and where matters for the protected Alpine ibex Capra ibex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nolwenn Risser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Garel</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Animal Ecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 94 (6), pp.1204-1220. </w:t>
+              <w:t xml:space="preserve">People and Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/1365-2656.70031⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/pan3.70151⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05407311v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05302798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Behavioral responses of terrestrial mammals to COVID-19 lockdowns</w:t>
+                <w:t xml:space="preserve">Brucellosis in Alpine ibex: 10 years of research and expert assessments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marlee Tucker</w:t>
+                <w:t xml:space="preserve">Sébastien Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aafke Schipper</w:t>
+                <w:t xml:space="preserve">Anne Thébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tempe Adams</w:t>
+                <w:t xml:space="preserve">Stéphane Anselme-Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nina Attias</w:t>
+                <w:t xml:space="preserve">Clément Calenge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tal Avgar</w:t>
+                <w:t xml:space="preserve">Charlotte Dunoyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 380 (6649), pp.1059-1064. </w:t>
+              <w:t xml:space="preserve">Médecine/Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 39 (10), pp.722-731. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1126/science.abo6499⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/medsci/2023132⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04261901v1</w:t>
+                <w:t xml:space="preserve">anses-04276841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brucellosis in Alpine ibex: 10 years of research and expert assessments</w:t>
+                <w:t xml:space="preserve">Behavioral responses of terrestrial mammals to COVID-19 lockdowns</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Lambert</w:t>
+                <w:t xml:space="preserve">Marlee Tucker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Thébault</w:t>
+                <w:t xml:space="preserve">Aafke Schipper</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Anselme-Martin</w:t>
+                <w:t xml:space="preserve">Tempe Adams</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clément Calenge</w:t>
+                <w:t xml:space="preserve">Nina Attias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlotte Dunoyer</w:t>
+                <w:t xml:space="preserve">Tal Avgar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Médecine/Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 39 (10), pp.722-731. </w:t>
+              <w:t xml:space="preserve">Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 380 (6649), pp.1059-1064. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/medsci/2023132⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1126/science.abo6499⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">anses-04276841v1</w:t>
+                <w:t xml:space="preserve">hal-04261901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On this side of the fence: Functional responses to linear landscape features shape the home range of large herbivores</w:t>
               </w:r>
@@ -919,51 +919,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Courbin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Duparc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1027,103 +1027,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combining seroprevalence and capture-mark-recapture data to estimate the force of infection of brucellosis in a managed population of Alpine ibex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Gilot-Fromont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Toïgo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carole Toïgo</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Pascal Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Epidemics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 38, pp.100542. </w:t>
@@ -1161,51 +1161,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A standardised biologging approach to infer parturition: An application in large herbivores across the hider‐follower continuum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1308,90 +1308,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution du foyer de brucellose chez le bouquetin des Alpes dans le massif du Bargy, Haute Savoie, entre 2012 et 2020</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Rossi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Toïgo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Calenge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin Epidémiologique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 92, pp.10</w:t>
@@ -1554,103 +1554,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Targeted strategies for the management of wildlife diseases: the case of brucellosis in Alpine ibex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Thébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Rossi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Veterinary Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 52, </w:t>
@@ -1822,90 +1822,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An individual-based model to assess the spatial and individual heterogeneity of Brucella melitensis transmission in Alpine ibex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Gilot-Fromont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Toïgo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élodie Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1982,64 +1982,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Quéméré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Rossi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joel Merlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2250,51 +2250,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Duparc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Dubray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2371,51 +2371,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Social behaviour as a predominant driver of sexual, age-dependent and reproductive segregation in Mediterranean mouflon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Bourgoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. J. Mark Hewison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2488,51 +2488,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relocations and one-time disturbance fail to sustainably disperse non-breeding common ravens Corvus corax due to homing behaviour and extensive home ranges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthias-Claudio Loretto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2661,51 +2661,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Duparc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Morellet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2750,286 +2750,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02309869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sociospatial structure explains marked variation in brucellosis seroprevalence in an Alpine ibex population</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Réponse comportementale face au dérangement dans un espace fortement fréquenté par les randonneurs. Le cas d'une population de chamois dans le massif des Bauges Faune Sauvage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Duparc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Amblard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Garel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Philippe Herbaux</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Carole Toïgo</w:t>
+                <w:t xml:space="preserve">Clémence Perrin-Malterre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Faune Sauvage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 316, pp.20-25</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03225793v1</w:t>
+                <w:t xml:space="preserve">hal-04494333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réponse comportementale face au dérangement dans un espace fortement fréquenté par les randonneurs. Le cas d'une population de chamois dans le massif des Bauges Faune Sauvage</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Antoine Duparc</w:t>
+                <w:t xml:space="preserve">Sociospatial structure explains marked variation in brucellosis seroprevalence in an Alpine ibex population</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Freycon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Herbaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibaut Amblard</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Clémence Perrin-Malterre</w:t>
+                <w:t xml:space="preserve">Yvette Game</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Toïgo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Faune Sauvage</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-017-15803-w⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04494333v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03225793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coupling scale-specific habitat selection and activity reveals sex-specific food/cover trade-offs in a large herbivore</w:t>
               </w:r>
@@ -3703,51 +3703,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sports de nature et biodiversité en montagne - Exemple d’impacts sur les ongulés sauvages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Marchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">webinaire « Fréquentation des espaces naturels protégés : quantification, causes, conséquences et gestion »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, DREAL AURA; Région AURA; Direction Régionale AURA de l'OFB, Mar 2025, En ligne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3798,51 +3798,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noa Rigoudy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Duparc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3897,77 +3897,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manifestations sportives massives en milieu naturel Quels impacts sur la biodiversité ? Première étude dans les Alpes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nolwenn Risser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Garel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4044,51 +4044,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ariane Payne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suzanne Bastian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Toïgo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4182,51 +4182,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorianne Habermacher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">réunion annuelle du Groupe d'Etude sur l'Ecopathologie de la Faune Sauvage de Montagne (GEEFSM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2025, Ordino, Andorre</w:t>
@@ -4255,77 +4255,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Massive sporting events in mountain areas exacerbate the corridor of fear for the protected Alpine ibex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nolwenn Risser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Garel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4363,51 +4363,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multiplication des usages de la nature - Exemples autour des ongulés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Marchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque 'Recherche et gestion de la biodiversité en temps de crises écologiques'</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2024, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4426,247 +4426,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04877515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étudier la réponse de la faune sauvage à la présence humaine à travers le prisme du sentier. Le cas du bouquetin dans le massif de Belledonne</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Challenges posés par l’utilisation des pièges photos (time lapse grand angle) pour l’étude des migrations des bouquetins dans le massif de Belledonne ou quand les développements technologiques ne suffisent pas…</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Eveillard-Buchoux</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Garel</w:t>
+                <w:t xml:space="preserve">Mathieu Beurier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Dellier</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Claire Million-Ranquin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Assises de la recherche sur les pratiques récréa-sportives en nature</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2023, Mirabel (Ardèche), France</w:t>
+              <w:t xml:space="preserve">Les développements technologiques au service des suivis scientifiques dans les aires protégées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Zone Atelier Pyrénées-Garonne; Réserves Naturelles de France; Parcs Nationaux de France, Nov 2023, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04496014v1</w:t>
+                <w:t xml:space="preserve">hal-04303173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Challenges posés par l’utilisation des pièges photos (time lapse grand angle) pour l’étude des migrations des bouquetins dans le massif de Belledonne ou quand les développements technologiques ne suffisent pas…</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pascal Marchand</w:t>
+                <w:t xml:space="preserve">Étudier la réponse de la faune sauvage à la présence humaine à travers le prisme du sentier. Le cas du bouquetin dans le massif de Belledonne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Eveillard-Buchoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Beurier</w:t>
+                <w:t xml:space="preserve">Julien Dellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Million-Ranquin</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Laine Chanteloup</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Courbin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les développements technologiques au service des suivis scientifiques dans les aires protégées</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Zone Atelier Pyrénées-Garonne; Réserves Naturelles de France; Parcs Nationaux de France, Nov 2023, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Assises de la recherche sur les pratiques récréa-sportives en nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Mirabel (Ardèche), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04303173v1</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04496014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interacting lethal and nonlethal human activities shape complex risk tolerance behaviors in a mountain herbivore</w:t>
               </w:r>
@@ -4678,51 +4678,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Courbin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Duparc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4803,51 +4803,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Gilot-Fromont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Calenge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Toïgo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4902,90 +4902,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étudier la réponse de la faune sauvage à la présence humaineà travers le prisme du sentier. Le cas du bouquetin dans le massif de Belledonne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Eveillard-Buchoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Dellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laine Chanteloup</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Courbin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5098,51 +5098,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Guillemain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Fersing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Terraube</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5193,64 +5193,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TRAILS, COURSES CYCLISTES : IMPACTS SUR LA BIODIVERSITE ? Un exemple sur le comportement du bouquetin des Alpes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nolwenn Risser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Garel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5282,191 +5282,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05312502v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le couloir de la peur - Une réponse chronique des animaux aux activités humaines prévisibles en nature</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Trails, courses cyclistes : impacts sur la biodiversité ? Un exemple sur le comportement du bouquetin des Alpes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Garel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pascal Marchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18ème journée technique du Pôle Ressources National Sports de Nature</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2024, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04791066v1</w:t>
+                <w:t xml:space="preserve">hal-04791038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trails, courses cyclistes : impacts sur la biodiversité ? Un exemple sur le comportement du bouquetin des Alpes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Le couloir de la peur - Une réponse chronique des animaux aux activités humaines prévisibles en nature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Garel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Marchand</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Garel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18ème journée technique du Pôle Ressources National Sports de Nature</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2024, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04791038v1</w:t>
+                <w:t xml:space="preserve">hal-04791066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-host modelling of brucellosis at the wildlife-livestock interface in the French Alps</w:t>
               </w:r>
@@ -5577,90 +5577,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">It's time to go: drivers of migration phenology in a mountain ungulate, the Alpine ibex Capra ibex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Toïgo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pia Anderwald</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Bassano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5702,103 +5702,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brucellosis dynamics in Alpine ibex: all caused by females?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Gilot-Fromont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Toïgo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carole Toïgo</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Pascal Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Calenge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontres annuelles du LabEx Ecofect</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Lyon, France</w:t>
@@ -5859,103 +5859,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">It's time to go - Drivers and plasticity of migration phenology in a short-distance migratory ungulate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Toïgo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pia Anderwald</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Apollonio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -6003,51 +6003,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Thel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Bourgoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6293,51 +6293,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remi Lafaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Gilot-Fromont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Saisine n°2024-SA-0146, Anses. 2025, 19 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -6415,51 +6415,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Gilot-Fromont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Saisine n°2022-SA-0220, Anses. 2023, 39 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -6517,51 +6517,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Déterminants spatio-temporels de la sélection de l'habitat chez le mouflon méditerranéen Ovis gmelini musimon x Ovis sp</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Marchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ecologie, Environnement. Université de Grenoble, 2013. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2013GRENV059⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -6646,51 +6646,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oriane Flores</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Itty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Guiton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6890,51 +6890,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-05302798v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Marchand" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Risser" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Petit" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Garel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pan3.70151" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857388v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Atmeh" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bonenfant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Gaillard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hewison" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41559-024-02565-8" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407311v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Chauveau" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole To&#239;go" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pia Anderwald" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Apollonio" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2656.70031" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04261901v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlee Tucker" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aafke Schipper" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tempe Adams" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Attias" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tal Avgar" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.abo6499" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04276841v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lambert" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Th&#233;bault" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Anselme-Martin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Calenge" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Dunoyer" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2023132" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03433196v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Seigle&#8208;ferrand" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Marchand" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Morellet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.&#8208;m. Gaillard" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.J.M. Hewison" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2656.13633" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03694845v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Courbin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Duparc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Debeffe" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/eap.2640" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03597873v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Gilot-Fromont" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epidem.2022.100542" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03199335v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Benoit" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Chaval" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/2041-210X.13584" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746049v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Rossi" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03138477v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Malagnino" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Garel" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Cargnelutti" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Itty" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anbehav.2020.12.004" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03426726v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-021-00984-0" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425923v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Kauffman" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Cagnacci" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Chamaill&#233;-Jammes" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Hebblewhite" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Grant C. Hopcraft" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.abf0998" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02525781v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Petit" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolmodel.2020.109009" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627770v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Qu&#233;m&#233;r&#233;" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Merlet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-61299-2" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02328722v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. P. G. Hofman" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hayward" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Heim" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rolandsen" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0216223" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02413049v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Dubray" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Maillard" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/beheco/arz141" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623393v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bourgoin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. J. Mark Hewison" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathreen E. Ruckstuhl" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anbehav.2017.11.027" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879400v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias-Claudio Loretto" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Henry" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Duriez" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jiguet" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10344-018-1217-7" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-02309869v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume P&#233;ron" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2656.12857" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03225793v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Freycon" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Herbaux" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvette Game" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-15803-w" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04494333v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Amblard" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Perrin-Malterre" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02025601v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dubray" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Maillard" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02045122v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/beheco/aru212" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02045127v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02071560v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Darmon" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bij.12228" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02045123v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Michel" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-05039895v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369281v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noa Rigoudy" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Richard" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-05532606v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05324507v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louison Blin" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Payne" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Bastian" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gibert" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312291v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Caillot" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Bonsacquet" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorianne Habermacher" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04791113v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04877515v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04496014v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Eveillard-Buchoux" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Dellier" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laine Chanteloup" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04303173v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Beurier" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Million-Ranquin" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491193v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04452206v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Petit" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C To&#239;go" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Gardon" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04836002v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-05391313v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Betty Plaquin" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Guillemain" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fersing" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Terraube" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-05312502v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04791066v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04791038v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04712573v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Meyers" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Bouillot" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Fay" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Gauthier" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04452373v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bassano" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889533v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04608168v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04245625v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Thel" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Loison" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03100786v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Wilson" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Rose" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Metcalfe" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Holton" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Redcliffe" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05173122v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Boullier" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Dufour" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Lafaye" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04167896v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Courcoul" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Durand" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01552827v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2013GRENV059" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04303280v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriane Flores" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Itty" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Guiton" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857388v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Atmeh" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bonenfant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Gaillard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Garel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hewison" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41559-024-02565-8" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407311v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Chauveau" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole To&#239;go" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pia Anderwald" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Apollonio" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2656.70031" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-05302798v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Marchand" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Risser" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Petit" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pan3.70151" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04276841v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lambert" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Th&#233;bault" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Anselme-Martin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Calenge" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Dunoyer" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2023132" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04261901v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlee Tucker" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aafke Schipper" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tempe Adams" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Attias" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tal Avgar" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.abo6499" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03433196v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Seigle&#8208;ferrand" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Marchand" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Morellet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.&#8208;m. Gaillard" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.J.M. Hewison" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2656.13633" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03694845v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Courbin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Duparc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Debeffe" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/eap.2640" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03597873v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Gilot-Fromont" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epidem.2022.100542" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03199335v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Benoit" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Chaval" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/2041-210X.13584" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746049v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Rossi" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03138477v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Malagnino" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Garel" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Cargnelutti" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Itty" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anbehav.2020.12.004" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03426726v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-021-00984-0" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425923v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Kauffman" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Cagnacci" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Chamaill&#233;-Jammes" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Hebblewhite" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Grant C. Hopcraft" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.abf0998" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02525781v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Petit" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolmodel.2020.109009" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627770v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Qu&#233;m&#233;r&#233;" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Merlet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-61299-2" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02328722v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. P. G. Hofman" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hayward" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Heim" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rolandsen" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0216223" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02413049v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Dubray" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Maillard" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/beheco/arz141" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623393v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bourgoin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. J. Mark Hewison" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathreen E. Ruckstuhl" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anbehav.2017.11.027" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879400v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias-Claudio Loretto" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Henry" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Duriez" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jiguet" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10344-018-1217-7" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-02309869v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume P&#233;ron" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2656.12857" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04494333v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Amblard" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Perrin-Malterre" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03225793v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Freycon" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Herbaux" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvette Game" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-15803-w" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02025601v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dubray" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Maillard" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02045122v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/beheco/aru212" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02045127v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02071560v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Darmon" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bij.12228" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02045123v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Michel" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-05039895v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369281v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noa Rigoudy" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Richard" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-05532606v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05324507v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louison Blin" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Payne" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Bastian" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gibert" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312291v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Caillot" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Bonsacquet" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorianne Habermacher" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04791113v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04877515v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04303173v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Beurier" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Million-Ranquin" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04496014v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Eveillard-Buchoux" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Dellier" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laine Chanteloup" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491193v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04452206v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Petit" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C To&#239;go" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Gardon" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04836002v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-05391313v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Betty Plaquin" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Guillemain" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fersing" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Terraube" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-05312502v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04791038v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04791066v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04712573v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Meyers" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Bouillot" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Fay" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Gauthier" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04452373v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bassano" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889533v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04608168v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04245625v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Thel" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Loison" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03100786v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Wilson" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Rose" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Metcalfe" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Holton" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Redcliffe" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05173122v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Boullier" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Dufour" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Lafaye" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04167896v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Courcoul" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Durand" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01552827v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2013GRENV059" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04303280v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriane Flores" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Itty" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Guiton" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>