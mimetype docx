--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -445,472 +445,472 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03513878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">This Mountain is It': How Hawai'i's Mauna Kea was 'Discovered' for Astronomy (1959-79)</w:t>
+                <w:t xml:space="preserve">Sartre as prosecutor of occupational murder: notes from a People's Tribunal in a French mine (1970)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Marichalar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerald Markowitz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Rosner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Pacific History</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/00223344.2021.1913402⟩</w:t>
+              <w:t xml:space="preserve">International Labor and Working-Class History</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 99, pp.167-176. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0147547921000016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03216931v1</w:t>
+                <w:t xml:space="preserve">hal-03233280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sartre as prosecutor of occupational murder: notes from a People's Tribunal in a French mine (1970)</w:t>
+                <w:t xml:space="preserve">Penser sans, penser contre. Au sujet de Race et sciences sociales de Stéphane Beaud et Gérard Noiriel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Marichalar</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">David Rosner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Labor and Working-Class History</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Zilsel : science, technique, société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, pp.523-551</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-03233280v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03511651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Penser sans, penser contre. Au sujet de Race et sciences sociales de Stéphane Beaud et Gérard Noiriel</w:t>
+                <w:t xml:space="preserve">This Mountain is It': How Hawai'i's Mauna Kea was 'Discovered' for Astronomy (1959-79)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Marichalar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Zilsel : science, technique, société</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Pacific History</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/00223344.2021.1913402⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">halshs-03511651v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03216931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Penser la famille aux temps du COVID-19</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Savoir et prévoir: première chronologie de l’émergence du Covid-19</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Marichalar</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julie Minoc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mouvements : des idées et des luttes</w:t>
+              <w:t xml:space="preserve">La vie des idées</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02954508v1</w:t>
+                <w:t xml:space="preserve">hal-03079092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Savoir et prévoir: première chronologie de l’émergence du Covid-19</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Penser la famille aux temps du COVID-19</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Bessière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Biland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sibylle Gollac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Marichalar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Minoc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La vie des idées</w:t>
+              <w:t xml:space="preserve">Mouvements : des idées et des luttes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03079092v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02954508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How to Judge Safety Crime: Lessons From the Eternit Asbestos Maxi-Trials</w:t>
               </w:r>
@@ -2535,174 +2535,174 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les verriers de Givors entre l'emploi et la santé : De l'intérêt d'étudier les contradictions de la condition ouvrière</w:t>
+                <w:t xml:space="preserve">La violence légitime contre les corps au travail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Marichalar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les mondes ouvriers : figures de (dé)mobilisations</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Vies invisibles, morts indicibles, Didier Fassin (dir.)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Collège de France, pp.39-56, 2022, 9782722605909. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.cdf.13699⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03911057v1</w:t>
+                <w:t xml:space="preserve">hal-03791948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La violence légitime contre les corps au travail</w:t>
+                <w:t xml:space="preserve">Les verriers de Givors entre l'emploi et la santé : De l'intérêt d'étudier les contradictions de la condition ouvrière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Marichalar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vies invisibles, morts indicibles, Didier Fassin (dir.)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Les mondes ouvriers : figures de (dé)mobilisations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 9782757437247</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/books.cdf.13699⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03791948v1</w:t>
+                <w:t xml:space="preserve">hal-03911057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La prévention et la justice</w:t>
               </w:r>
@@ -3322,51 +3322,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05504839v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Marichalar" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14pet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03513857v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02757206.2021.1983562" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03911092v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03513878v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03216931v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00223344.2021.1913402" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03233280v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald Markowitz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rosner" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0147547921000016" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03511651v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02954508v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bessi&#232;re" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Biland" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sibylle Gollac" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Minoc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03079092v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02388784v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1048291119852420" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02388806v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/delib.006.0078" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02388792v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ecopo1.058.0169" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02388777v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5406/historypresent.8.2.0209" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02388810v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadi Bardawil" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dodman" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Jauslin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaus Oschema" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1090/noti1596" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02391548v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Avril" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01406923v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01088562v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02391585v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Pitti" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arss.196.0114" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391500v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lallement" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Marry" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Loriol" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Molinier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Gollac" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sdt.5998" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00914328v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pox.091.0027" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00914351v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Benquet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Martin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/soco.079.0121" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099023v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Shepens," TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Rainhorn" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lezig Bigi" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03531033v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Boccas" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Cabanac" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cox" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Lagadec" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02390630v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cairn.info/qui-a-tue-les-verriers-de-givors--9782707192578.htm" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01343370v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Henry" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Gilbert" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Jouzel" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02391444v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cairn.info/medecin-du-travail-medecin-du-patron--9782724613612.htm" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03911057v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03791948v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.cdf.13699" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03093974v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03094027v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01088557v2" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01088546v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03617292v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Barlet" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00790523v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05504839v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Marichalar" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14pet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03513857v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02757206.2021.1983562" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03911092v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03513878v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03233280v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald Markowitz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rosner" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0147547921000016" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03511651v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03216931v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00223344.2021.1913402" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03079092v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02954508v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bessi&#232;re" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Biland" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sibylle Gollac" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Minoc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02388784v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1048291119852420" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02388806v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/delib.006.0078" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02388792v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ecopo1.058.0169" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02388777v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5406/historypresent.8.2.0209" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02388810v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadi Bardawil" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dodman" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Jauslin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaus Oschema" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1090/noti1596" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02391548v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Avril" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01406923v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01088562v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02391585v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Pitti" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arss.196.0114" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391500v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lallement" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Marry" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Loriol" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Molinier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Gollac" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sdt.5998" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00914328v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pox.091.0027" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00914351v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Benquet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Martin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/soco.079.0121" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099023v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Shepens," TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Rainhorn" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lezig Bigi" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03531033v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Boccas" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Cabanac" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cox" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Lagadec" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02390630v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cairn.info/qui-a-tue-les-verriers-de-givors--9782707192578.htm" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01343370v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Henry" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Gilbert" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Jouzel" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02391444v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cairn.info/medecin-du-travail-medecin-du-patron--9782724613612.htm" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03791948v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.cdf.13699" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03911057v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03093974v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03094027v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01088557v2" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01088546v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03617292v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Barlet" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00790523v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>