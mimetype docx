--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -740,295 +740,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04219821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Organic–Inorganic Hybrid Interfaces for Spin Injection into Carbon Nanotubes and Graphene</w:t>
+                <w:t xml:space="preserve">Combined spin filtering actions in hybrid magnetic junctions based on organic chains covalently attached to graphene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Dlubak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Richard Mattana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Pierre Seneor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie‐blandine Martin</w:t>
+                <w:t xml:space="preserve">Marie-Blandine Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Quantum Technologies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, pp.2100166. </w:t>
+              <w:t xml:space="preserve">Nanoscale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/qute.202100166⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/d2nr01917e⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03646916v1</w:t>
+                <w:t xml:space="preserve">hal-03764786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combined spin filtering actions in hybrid magnetic junctions based on organic chains covalently attached to graphene</w:t>
+                <w:t xml:space="preserve">Organic–Inorganic Hybrid Interfaces for Spin Injection into Carbon Nanotubes and Graphene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Dlubak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Pierre Seneor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Richard Mattana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Blandine Martin</w:t>
+                <w:t xml:space="preserve">Marie‐blandine Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanoscale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, </w:t>
+              <w:t xml:space="preserve">Advanced Quantum Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, pp.2100166. </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/d2nr01917e⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/qute.202100166⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03764786v1</w:t>
+                <w:t xml:space="preserve">hal-03646916v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Probing the Effect of the Density of Active Molecules in Large-Area Molecular Junctions</w:t>
               </w:r>
@@ -1246,814 +1246,814 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03646907v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High performance room temperature p-type injection in few-layered tungsten diselenide films from cobalt and palladium contacts</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Nanostructured Mixed Layers of Organic Materials Obtained by Nanosphere Lithography and Electrochemical Reduction of Aryldiazonium Salts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Van-Quynh Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jacko Rastikian</w:t>
+                <w:t xml:space="preserve">Delphine Schaming</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphan Suffit</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean-Christophe Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Research Express</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/2053-1591/ab56d5⟩</w:t>
+              <w:t xml:space="preserve">Langmuir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, 35 (47), pp.15071-15077. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.langmuir.9b02811⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02570146v1</w:t>
+                <w:t xml:space="preserve">hal-02570151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nanostructured Mixed Layers of Organic Materials Obtained by Nanosphere Lithography and Electrochemical Reduction of Aryldiazonium Salts</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Van-Quynh Nguyen</w:t>
+                <w:t xml:space="preserve">Improved adhesion of poly(3,4-ethylenedioxythiophene) (PEDOT) thin film to solid substrates using electrografted promoters and application to efficient nanoplasmonic devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Villemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Lemarque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine Schaming</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pascal Martin</w:t>
+                <w:t xml:space="preserve">Thi Thiêt Vũ</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Christophe Lacroix</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">van Quynh Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaelle Trippé-Allard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Langmuir</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.langmuir.9b02811⟩</w:t>
+              <w:t xml:space="preserve">Synthetic Metals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 248, pp.45-52. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.synthmet.2018.12.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02570151v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02570136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improved adhesion of poly(3,4-ethylenedioxythiophene) (PEDOT) thin film to solid substrates using electrografted promoters and application to efficient nanoplasmonic devices</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">High performance room temperature p-type injection in few-layered tungsten diselenide films from cobalt and palladium contacts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Baptiste Lemarque</w:t>
+                <w:t xml:space="preserve">Jacko Rastikian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thi Thiêt Vũ</w:t>
+                <w:t xml:space="preserve">Stéphan Suffit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">van Quynh Nguyen</w:t>
+                <w:t xml:space="preserve">Philippe Lafarge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaelle Trippé-Allard</w:t>
+                <w:t xml:space="preserve">Odile Bezencenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Synthetic Metals</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 248, pp.45-52. </w:t>
+              <w:t xml:space="preserve">Materials Research Express</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 6 (12), </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.synthmet.2018.12.010⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/2053-1591/ab56d5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02570136v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02570146v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Highly Efficient Long-Range Electron Transport in a Viologen-Based Molecular Junction</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Charge injection and transport properties of large area organic junctions based on aryl thin films covalently attached to a multilayer graphene electrode</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria Luisa Della Rocca</w:t>
+                <w:t xml:space="preserve">Clement Barraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Lafolet</w:t>
+                <w:t xml:space="preserve">Matthieu Lemaitre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sebastien Bellinck</w:t>
+                <w:t xml:space="preserve">Roméo Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacko Rastikian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Salhani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/jacs.8b05589⟩</w:t>
+              <w:t xml:space="preserve">Nanoscale Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 00, pp.2 - 8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C8NA00106E⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01946033v1</w:t>
+                <w:t xml:space="preserve">hal-01887362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Topology-Selective Fluorescent &amp;quot;Light-Up&amp;quot; Probes for G-Quadruplex DNA Based on Photoinduced Electron Transfer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiao Xie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oksana Reznichenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Chaput</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Paule Teulade-Fichou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/chem.201801701⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01821778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charge injection and transport properties of large area organic junctions based on aryl thin films covalently attached to a multilayer graphene electrode</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Clement Barraud</w:t>
+                <w:t xml:space="preserve">Highly Efficient Long-Range Electron Transport in a Viologen-Based Molecular Junction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quyen Van Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Frath</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Lemaitre</w:t>
+                <w:t xml:space="preserve">Maria Luisa Della Rocca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roméo Bonnet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jacko Rastikian</w:t>
+                <w:t xml:space="preserve">Frédéric Lafolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chloé Salhani</w:t>
+                <w:t xml:space="preserve">Sebastien Bellinck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanoscale Advances</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 00, pp.2 - 8. </w:t>
+              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 140 (32), pp.10131-10134. </w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/C8NA00106E⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/jacs.8b05589⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01887362v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01946033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Control of Rectification in Molecular Junctions: Contact Effects and Molecular Signature</w:t>
               </w:r>
@@ -2065,77 +2065,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quyen van Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Frath</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Luisa Della Rocca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Lafolet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clement Barraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 139 (34), pp.11913-11922. </w:t>
@@ -2411,77 +2411,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparing plasmonic electrodes prepared by electron-beam lithography and electrochemical reduction of an Au (iii) salt: application in active plasmonic devices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Van-Quynh Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Schaming</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Lacroix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Natural Sciences : Nanoscience and Nanotechnology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 7 (1), pp.015005. </w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2509,451 +2509,451 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01822420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Direct Observation of Large Quantum Interference Effect in Anthraquinone Solid-State Junctions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Electrografting of conductive oligomers and polymers using diazonium electroreduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Christophe Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Rabache</w:t>
+                <w:t xml:space="preserve">Gaelle Trippe-Allard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Chaste</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Maria Luisa Della Rocca</w:t>
+                <w:t xml:space="preserve">Jalal Ghilane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Martin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/ja403577u⟩</w:t>
+              <w:t xml:space="preserve">Advances in Natural Sciences : Nanoscience and Nanotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 5, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/2043-6262/5/1/015001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04997683v1</w:t>
+                <w:t xml:space="preserve">hal-05062901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Micro/Nano-Structured Polypyrrole Surfaces on Oxidizable Metals as Smart Electroswitchable Coatings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jalal Ghilane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luis Santos</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Pierre Camille Lacaze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Lacroix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 5 (20), pp.10159-10164. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/am402846n⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04997678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrografting of conductive oligomers and polymers using diazonium electroreduction</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean Christophe Lacroix</w:t>
+                <w:t xml:space="preserve">Direct Observation of Large Quantum Interference Effect in Anthraquinone Solid-State Junctions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rabache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Chaste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaelle Trippe-Allard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jalal Ghilane</w:t>
+                <w:t xml:space="preserve">Philippe Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Luisa Della Rocca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Martin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances in Natural Sciences : Nanoscience and Nanotechnology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 5, </w:t>
+              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 135 (28), pp.10218-10221. </w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/2043-6262/5/1/015001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/ja403577u⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05062901v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04997683v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New Generation of Diazonium based on Heterocyclic Amines : Electrochemical Investigations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Verena Stockhausen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jalal Ghilane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3043,51 +3043,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ionic Liquid Viscosity Effects on the Functionalization of Electrode Material through the Electroreduction of Diazonium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jalal Ghilane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3160,51 +3160,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electrochemical Investigation of Thin PANI Film onto Insulating Substrate Using Scanning Electrochemical Microscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jalal Ghilane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3320,51 +3320,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Lagrost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jalal Ghilane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3440,51 +3440,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modification of carbon electrode in ionic liquid through the reduction of phenyl diazonium salt. Electrochemical evidence in ionic liquid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jalal Ghilane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3582,51 +3582,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Formation of negative oxidation states of platinum and gold in redox ionic liquid: Electrochemical evidence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jalal Ghilane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3706,278 +3706,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00785815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Large-area in plane molecular junctions by electrografting in 10 nm metallic nanotrenches</w:t>
+                <w:t xml:space="preserve">Adsorption and combing of DNA on HOPG surfaces of bulk crystals and nanosheets: application to the bridging of DNA between HOPG/Si heterostructures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Dalla Francesca</w:t>
+                <w:t xml:space="preserve">H Kawakatsu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Salhani</w:t>
+                <w:t xml:space="preserve">H Fujita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Timpa</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Franck Rose</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Vacuum Science &amp; Technology B Microelectronics and Nanometer Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1116/1.2357968⟩</w:t>
+              <w:t xml:space="preserve">Nanotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 17, pp.3325 - 3332. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0957-4484/17/13/041⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02570135v1</w:t>
+                <w:t xml:space="preserve">hal-05062891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adsorption and combing of DNA on HOPG surfaces of bulk crystals and nanosheets: application to the bridging of DNA between HOPG/Si heterostructures</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Large-area in plane molecular junctions by electrografting in 10 nm metallic nanotrenches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Dalla Francesca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Salhani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H Kawakatsu</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pascal Martin</w:t>
+                <w:t xml:space="preserve">S. Timpa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H Fujita</w:t>
+                <w:t xml:space="preserve">J. Rastikian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franck Rose</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">S. Suffit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanotechnology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 17, pp.3325 - 3332. </w:t>
+              <w:t xml:space="preserve">Journal of Vacuum Science &amp; Technology B Microelectronics and Nanometer Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, 24 (6), pp.3227. </w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/0957-4484/17/13/041⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1116/1.2357968⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05062891v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02570135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4205,51 +4205,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chroniques du GDR NEMO N°4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Luisa Della Rocca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Frath</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4345,51 +4345,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. J. Dappe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Lenfant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Luisa Della Rocca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Huc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4958,51 +4958,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="D73CAC2B"/>
+    <w:nsid w:val="870E9E9B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5189,51 +5189,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pascal-martin" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1010-8421" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/084070862" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/D-4160-2014" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05300390v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Sobnath" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Bellelli" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehrdad Rahimi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linsai Chen" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Wang" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaelm.5c00702" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04662911v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quyen Van Nguyen" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Frath" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Lafolet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Christophe Lacroix" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Martin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.4c02324" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04131308v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline J Kolbeck" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dihia Benaoudia" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Chazot-Franguiadakis" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Delecourt" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Math&#233;" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.3c00438" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04219821v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Van-Quynh Nguyen" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Bennevault" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Montel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsanm.3c02379" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03646916v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Dlubak" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Seneor" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Mattana" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;blandine Martin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/qute.202100166" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03764786v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Blandine Martin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2nr01917e" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04219814v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.2c03027" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03646907v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mingyang Liu" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Huez" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Bellynck" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Decorse" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsanm.1c03108" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02570146v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacko Rastikian" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phan Suffit" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lafarge" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Bezencenet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2053-1591/ab56d5" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02570151v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Schaming" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Lacroix" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.9b02811" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02570136v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Villemin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Lemarque" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Thi&#234;t V&#361;" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=van Quynh Nguyen" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Tripp&#233;-Allard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.synthmet.2018.12.010" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01946033v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Luisa Della Rocca" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lafolet" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Bellinck" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.8b05589" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01821778v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao Xie" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oksana Reznichenko" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Chaput" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Paule Teulade-Fichou" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201801701" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01887362v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Barraud" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Lemaitre" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rom&#233;o Bonnet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Salhani" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8NA00106E" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01821771v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quyen van Nguyen" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.7b05732" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01821774v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Verena Stockhausen" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=van Quyen Nguyen" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.6b08754" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05062903v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Fouineau" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Peron" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorette Sicard" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01822420v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2043-6262/7/1/015005" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997683v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Rabache" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Chaste" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Petit" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja403577u" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997678v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Santos" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jalal Ghilane" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Camille Lacaze" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/am402846n" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05062901v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Trippe-Allard" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2043-6262/5/1/015001" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05062894v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Tripp&#233;-Allard" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyacinthe Randriamahazaka" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1938-5862/25/28/81" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00785508v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Fontaine" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la103000u" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05062899v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Janin" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Hapiot" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/1.3309681" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01246901v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Lagrost" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Tripp&#233;" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelechem.2009.04.001" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GKMH50H1-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00785812v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elecom.2008.05.017" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-672HPN8K-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00785815v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elecom.2008.05.03" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02570135v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Dalla Francesca" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Salhani" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Timpa" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Rastikian" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Suffit" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1116/1.2357968" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05062891v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Kawakatsu" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Fujita" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Rose" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-4484/17/13/041" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04120923v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03293601v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bharat Bhushan" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-90-481-9751-4" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033063v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lenfant" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493503v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. J. Dappe" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Huc" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04387225v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04120571v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Bellec" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neus Vil&#224;" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Campidelli" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04219827v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251903v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nunzia Lubertino" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Mallet" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pascal-martin" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1010-8421" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/084070862" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/D-4160-2014" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05300390v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Sobnath" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Bellelli" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehrdad Rahimi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linsai Chen" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Wang" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaelm.5c00702" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04662911v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quyen Van Nguyen" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Frath" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Lafolet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Christophe Lacroix" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Martin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.4c02324" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04131308v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline J Kolbeck" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dihia Benaoudia" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Chazot-Franguiadakis" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Delecourt" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Math&#233;" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.3c00438" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04219821v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Van-Quynh Nguyen" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Bennevault" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Montel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsanm.3c02379" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03764786v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Dlubak" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Mattana" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Seneor" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Blandine Martin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2nr01917e" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03646916v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;blandine Martin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/qute.202100166" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04219814v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.2c03027" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03646907v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mingyang Liu" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Huez" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Bellynck" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Decorse" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsanm.1c03108" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02570151v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Schaming" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Lacroix" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.9b02811" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02570136v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Villemin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Lemarque" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Thi&#234;t V&#361;" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=van Quynh Nguyen" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Tripp&#233;-Allard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.synthmet.2018.12.010" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02570146v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacko Rastikian" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phan Suffit" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lafarge" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Bezencenet" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2053-1591/ab56d5" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01887362v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Barraud" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Lemaitre" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rom&#233;o Bonnet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Salhani" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8NA00106E" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01821778v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao Xie" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oksana Reznichenko" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Chaput" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Paule Teulade-Fichou" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201801701" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01946033v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Luisa Della Rocca" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lafolet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Bellinck" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.8b05589" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01821771v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quyen van Nguyen" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.7b05732" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01821774v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Verena Stockhausen" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=van Quyen Nguyen" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.6b08754" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05062903v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Fouineau" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Peron" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorette Sicard" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01822420v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2043-6262/7/1/015005" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05062901v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Trippe-Allard" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jalal Ghilane" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2043-6262/5/1/015001" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997678v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Santos" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Camille Lacaze" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/am402846n" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997683v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Rabache" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Chaste" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Petit" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja403577u" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05062894v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Tripp&#233;-Allard" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyacinthe Randriamahazaka" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1938-5862/25/28/81" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00785508v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Fontaine" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la103000u" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05062899v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Janin" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Hapiot" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/1.3309681" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01246901v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Lagrost" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Tripp&#233;" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelechem.2009.04.001" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GKMH50H1-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00785812v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elecom.2008.05.017" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-672HPN8K-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00785815v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elecom.2008.05.03" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05062891v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Kawakatsu" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Fujita" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Rose" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-4484/17/13/041" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02570135v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Dalla Francesca" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Salhani" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Timpa" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Rastikian" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Suffit" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1116/1.2357968" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04120923v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03293601v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bharat Bhushan" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-90-481-9751-4" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033063v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lenfant" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493503v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. J. Dappe" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Huc" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04387225v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04120571v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Bellec" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neus Vil&#224;" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Campidelli" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04219827v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251903v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nunzia Lubertino" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Mallet" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>