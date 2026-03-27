--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -250,295 +250,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05424436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dendara Métropole (2023) - Étude de l’acoustique et approche polysensorielle</w:t>
+                <w:t xml:space="preserve">Population affinities in pre‐colonial West Africa: The case of the burial cave Iroungou (Gabon, 14th–15th century CE)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sibylle Emerit</w:t>
+                <w:t xml:space="preserve">Aurélien Mounier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hector Albiges-Lambard</w:t>
+                <w:t xml:space="preserve">Sébastien Villotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Botreau</w:t>
+                <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Warusfel</w:t>
+                <w:t xml:space="preserve">Pascal Mora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Mora</w:t>
+                <w:t xml:space="preserve">Loic Espinasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin archéologique des Écoles françaises à l’étranger</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, pp.24-27. </w:t>
+              <w:t xml:space="preserve">American Journal of Biological Anthropology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 185 (2), pp.e24997. </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/11tfy⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/ajpa.24997⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04797859v1</w:t>
+                <w:t xml:space="preserve">hal-04759124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Population affinities in pre‐colonial West Africa: The case of the burial cave Iroungou (Gabon, 14th–15th century CE)</w:t>
+                <w:t xml:space="preserve">Dendara Métropole (2023) - Étude de l’acoustique et approche polysensorielle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélien Mounier</w:t>
+                <w:t xml:space="preserve">Sibylle Emerit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Villotte</w:t>
+                <w:t xml:space="preserve">Hector Albiges-Lambard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sacha Kacki</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Pierre Botreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Warusfel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mora</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Loic Espinasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Biological Anthropology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 185 (2), pp.e24997. </w:t>
+              <w:t xml:space="preserve">Bulletin archéologique des Écoles françaises à l’étranger</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.24-27. </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ajpa.24997⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/11tfy⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04759124v1</w:t>
+                <w:t xml:space="preserve">halshs-04797859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new approach to locate, characterise and restore in 3D polychromy of Apollo’s temple at Delphi (4th century B. C.).</w:t>
               </w:r>
@@ -576,51 +576,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Dutailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesca Galluzzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Digital Applications in Archaeology and Cultural Heritage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, Digital Applications in Archaeology and Cultural Heritage, 34, pp.e00345. </w:t>
@@ -737,51 +737,51 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Felix Relats Montserrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin archéologique des Écoles françaises à l’étranger</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/11tfy⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04757703v1</w:t>
@@ -920,554 +920,554 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04001251v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Support et instruments : les media de la gravure dans la grotte de Cussac (Dordogne, France). Nouvelle approche méthodologique du Panneau du Réticulé</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Enhancing the learning of evolutionary anthropology skills by combining student‐active teaching with actual and virtual immersion of Master's students in fieldwork, laboratory practice, and dissemination</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Ferrier</w:t>
+                <w:t xml:space="preserve">Priscilla Bayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Konik</w:t>
+                <w:t xml:space="preserve">Dominique Armand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryelle Bessou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Cochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Couture</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PALEO : Revue d'Archéologie Préhistorique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/paleo.7329⟩</w:t>
+              <w:t xml:space="preserve">Ecology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (4), pp.e8825. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ece3.8825⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04206065v1</w:t>
+                <w:t xml:space="preserve">hal-03916825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Capesterre-de-Marie-Galante – Grotte du Morne Rita. Fouille programmée (2012)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrick Fouéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salvador Bailon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Chancerel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Courtaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Grouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archéologie de la France - Informations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04004197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Life-sized Neolithic camel sculptures in Arabia: A scientific assessment of the craftsmanship and age of the Camel Site reliefs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Guagnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Charloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdullah Alsharekh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Crassard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yamandú Hilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 42, pp.103165. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jasrep.2021.103165⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03678382v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancing the learning of evolutionary anthropology skills by combining student‐active teaching with actual and virtual immersion of Master's students in fieldwork, laboratory practice, and dissemination</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Maryelle Bessou</w:t>
+                <w:t xml:space="preserve">Support et instruments : les media de la gravure dans la grotte de Cussac (Dordogne, France). Nouvelle approche méthodologique du Panneau du Réticulé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilie Brochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Feruglio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Bourdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Cochard</w:t>
+                <w:t xml:space="preserve">Catherine Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Couture</w:t>
+                <w:t xml:space="preserve">Stéphane Konik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecology and Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 12 (4), pp.e8825. </w:t>
+              <w:t xml:space="preserve">PALEO : Revue d'Archéologie Préhistorique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, pp.126 - 146. </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ece3.8825⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/paleo.7329⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03916825v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04206065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les albâtres peints de la fin du Moyen Âge en Aquitaine : de l’analyse des matériaux à la restitution matérielle et numérique</w:t>
               </w:r>
@@ -1492,51 +1492,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Mounier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Markus Schlicht</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Daniel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1574,103 +1574,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Capesterre-de-Marie-Galante - Grotte du Morne Rita. Sondage (2011)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrick Fouéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salvador Bailon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Bonnissent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Chancerel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Grouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archéologie de la France - Informations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022</w:t>
@@ -1699,103 +1699,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Capesterre-de-Marie-Galante - Grotte du Morne Rita. Fouille programmée et relevé d'art rupestre (2013)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrick Fouéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salvador Bailon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Bonnissent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Chancerel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Courtaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archéologie de la France - Informations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022</w:t>
@@ -1863,51 +1863,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Mensan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Espinasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1958,90 +1958,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mortuary behaviour and cultural practices in pre-colonial West Central Africa: new data from the Iroungou burial cave, Gabon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Villotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Mounier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Espinasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2226,90 +2226,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Complex mortuary dynamics in the Upper Paleolithic of the decorated Grotte de Cussac, France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erik Trinkaus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eline Schotsmans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Courtaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irene Dori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2399,51 +2399,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Mounier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Mulliez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2533,51 +2533,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Jaubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Delluc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Anthropological Archaeology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 56, </w:t>
@@ -2641,64 +2641,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Guyomarc'H</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Samsel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Courtaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Dutailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2883,51 +2883,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Retour d’expérience sur des cas d’acquisition 3D et leurs usages en archéologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mora</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Nouvelles de l'archéologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 146, pp.11 - 16. </w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3121,51 +3121,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Delevoie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Dutailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Vergnieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3350,51 +3350,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Présentation du modèle 3D d’Alazeytin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Cavalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mora</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Anatolia antiqua = Eski anadolu</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, XIX, pp.377-384. </w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3420,3659 +3420,3784 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01536864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (32)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (33)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution géomorphologique de l’entrée de Bruniquel et implications sur les fréquentations par Néandertal ancien</w:t>
+                <w:t xml:space="preserve">Worship in the Shadows: A Funerary Shrine in the Lihyanite Necropolis of Dadan (al-ʿUlā, KSA)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kim Génuite</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sophie Verheyden</w:t>
+                <w:t xml:space="preserve">Chloé Girardi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hubert Camus</w:t>
+                <w:t xml:space="preserve">Jérôme Rohmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Burlet</w:t>
+                <w:t xml:space="preserve">Abdulrahman Alsuhaibani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Myriam Boudadi-Maligne</w:t>
+                <w:t xml:space="preserve">Benjamin Blaisot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elora Chambraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée AFEQ 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AFEQ, Sep 2024, Paris, France</w:t>
+              <w:t xml:space="preserve">The 58th Seminar for Arabian Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Zayed National Museum; International Association for the Study of Ancient Arabia, Dec 2025, Abu Dhabi, United Arab Emirates</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04746156v1</w:t>
+                <w:t xml:space="preserve">halshs-05548071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D root system architecture of woody plant can be assessed using structure from motion photogrammetry</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Evolution géomorphologique de l’entrée de Bruniquel et implications sur les fréquentations par Néandertal ancien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Meredieu</w:t>
+                <w:t xml:space="preserve">Kim Génuite</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Verheyden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Pascal Tandonnet</w:t>
+                <w:t xml:space="preserve">Hubert Camus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Boudon</w:t>
+                <w:t xml:space="preserve">Christian Burlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphaël Ségura</w:t>
+                <w:t xml:space="preserve">Myriam Boudadi-Maligne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12. International Society of Root Research Symposium (ISRR 2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Leipzig, Germany</w:t>
+              <w:t xml:space="preserve">Journée AFEQ 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AFEQ, Sep 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04723242v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04746156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Affinité populationnelle en Afrique de l’ouest précoloniale : le cas de la grotte sépulcrale d’Iroungou (Gabon, XIVe-XVe siècles EC)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Loic Espinasse</w:t>
+                <w:t xml:space="preserve">3D root system architecture of woody plant can be assessed using structure from motion photogrammetry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Saint Cast</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Meredieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pascal Tandonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Boudon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Ségura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1848es Journées de la Société d'Anthropologie de Paris</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">12. International Society of Root Research Symposium (ISRR 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Leipzig, Germany</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04023201v1</w:t>
+                <w:t xml:space="preserve">hal-04723242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D Restitution of Saint-Maurice Residence in Cairo – 3D as a tool to monitor and study architectural reuses</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vincent Baillet</w:t>
+                <w:t xml:space="preserve">Affinité populationnelle en Afrique de l’ouest précoloniale : le cas de la grotte sépulcrale d’Iroungou (Gabon, XIVe-XVe siècles EC)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Villotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Mounier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sacha Kacki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Mora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Mora</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Loic Espinasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Interiors reconfigured: changing Materiality &amp; craftsmanship in the decorative arts of the Middle East &amp; North Africa (18th–20th centuries)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">1848es Journées de la Société d'Anthropologie de Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2023, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/bmsap.11371⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03933618v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04023201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">RIS 3D and Ancient Large-Scale Bronzes: The Example of the Charioteer’s Group</w:t>
+                <w:t xml:space="preserve">3D Restitution of Saint-Maurice Residence in Cairo – 3D as a tool to monitor and study architectural reuses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Baillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Rémy Chapoulie</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Cou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Granier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mercedes Volait</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’Aurige de Delphes et la grande statuaire grecque en bronze : nouvelles perspectives à l’époque dite du style sévère.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, EFA Ecole Française d’Athènes, Dec 2022, Athènes, Greece</w:t>
+              <w:t xml:space="preserve">Interiors reconfigured: changing Materiality &amp; craftsmanship in the decorative arts of the Middle East &amp; North Africa (18th–20th centuries)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Vitrocentre Romont, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05040116v1</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03933618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reference Information System in 3D for the exploitation of heterogeneous archaeometric data. Case study of a cave</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">RIS 3D and Ancient Large-Scale Bronzes: The Example of the Charioteer’s Group</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Baillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Dutailly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Mora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Chapoulie</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congresso Tematico AIAr</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Padoue, Jun 2022, Padoue - Università di Padova, Italy</w:t>
+              <w:t xml:space="preserve">L’Aurige de Delphes et la grande statuaire grecque en bronze : nouvelles perspectives à l’époque dite du style sévère.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EFA Ecole Française d’Athènes, Dec 2022, Athènes, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05040085v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05040116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nouvelles données sur les comportements mortuaires en Afrique centrale à l'Âge du Fer : la grotte sépulcrale d'Iroungou, Gabon (XIVe-XVe siècles EC)</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Reference Information System in 3D for the exploitation of heterogeneous archaeometric data. Case study of a cave</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Chapoulie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Baillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Dutailly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Loïc Espinasse</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Tournon-Valiente</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées de la SAP</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société d'Anthropologie de Paris, Jan 2021, Paris, France</w:t>
+              <w:t xml:space="preserve">Congresso Tematico AIAr</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Padoue, Jun 2022, Padoue - Università di Padova, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04023510v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05040085v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D for Studying Reuse in 19th Century Cairo: the Case of Saint-Maurice Residence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Baillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Cou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Tournon-Valiente</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mercedes Volait</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GCH 2021 - Eurographics Workshop on Graphics and Cultural Heritage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2021, Bournemouth, United Kingdom. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2312/gch.20211414⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03364738v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nouvelles données sur les comportements mortuaires en Afrique Centrale à l’âge du Fer : la grotte sépulcrale d’Iroungou, Gabon (XIVe-XVe siècles EC)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Nouvelles données sur les comportements mortuaires en Afrique centrale à l'Âge du Fer : la grotte sépulcrale d'Iroungou, Gabon (XIVe-XVe siècles EC)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Villotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Mounier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Espinasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1846es Journées de la Société d'Anthropologie de Paris</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journées de la SAP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société d'Anthropologie de Paris, Jan 2021, Paris, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04023289v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04023510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un SIG 3D pour l’exploitation de données archéométriques hétérogènes. Application aux grottes ornées</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Nouvelles données sur les comportements mortuaires en Afrique Centrale à l’âge du Fer : la grotte sépulcrale d’Iroungou, Gabon (XIVe-XVe siècles EC)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sacha Kacki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Villotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Mounier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Espinasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXIIe colloque du GMPCA</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">1846es Journées de la Société d'Anthropologie de Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2021, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/bmsap.7082⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02532711v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04023289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accéder en 3D aux données de terrain pluridisciplinaires - un outil pour l’étude des grottes ornées.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Un SIG 3D pour l’exploitation de données archéométriques hétérogènes. Application aux grottes ornées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léna Bassel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Dutailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Catherine Ferrier</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Lacanette-Puyo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Chapoulie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Bruno Bousquet</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Mora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le réel et le virtuel</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Marseille, France</w:t>
+              <w:t xml:space="preserve">XXIIe colloque du GMPCA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Univ Montréal, May 2019, Montréal, Québec, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02440440v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02532711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De la prospection à la restitution tridimensionnelle de monuments funéraires néolithiques</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pascal Mora</w:t>
+                <w:t xml:space="preserve">Accéder en 3D aux données de terrain pluridisciplinaires - un outil pour l’étude des grottes ornées.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Dutailly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Feruglio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Ferrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Chapoulie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Bousquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archéométrie 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, GMPCA, May 2019, Montréal, Canada</w:t>
+              <w:t xml:space="preserve">Le réel et le virtuel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02425673v1</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02440440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La grotte laboratoire de Leye (Marquay, Dordogne) : un outil au service de la conservation des grottes ornées</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Rémy Chapoulie</w:t>
+                <w:t xml:space="preserve">De la prospection à la restitution tridimensionnelle de monuments funéraires néolithiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vivien Mathé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Ard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Mens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Mora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20th International Rock Art Congress, IFRAO, 1G : Public policies and rock art : between research and preservation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2018, Valacamonica, Italy</w:t>
+              <w:t xml:space="preserve">Archéométrie 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GMPCA, May 2019, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02534347v1</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02425673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le mausolée de Jaunay-Clan (Vienne) : protocole d’étude de sépultures en milieu clos</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Cécile Chapelain de Seréville-Niel</w:t>
+                <w:t xml:space="preserve">La grotte laboratoire de Leye (Marquay, Dordogne) : un outil au service de la conservation des grottes ornées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Ferrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Lacanette-Puyo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léna Bassel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Bousquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Chapoulie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">VIe Rencontre du GAAF, Colloque Rencontre autour de nouvelles approches de l’archéologie funéraire (04-05 avril 2014)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Solenn de Larminat, Rémi Corbineau, Alexis Corrochano, Yves Gleize, Jean Soulat (dir.), Apr 2014, INHA - Paris, France</w:t>
+              <w:t xml:space="preserve">20th International Rock Art Congress, IFRAO, 1G : Public policies and rock art : between research and preservation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2018, Valacamonica, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03240888v1</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02534347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un outil de relevés 3D partagé en ligne : premières applications pour l’art et la taphonomie des parois ornées de la grotte de Cussac (ArTaPOC / programme LaScArBx)</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Le mausolée de Jaunay-Clan (Vienne) : protocole d’étude de sépultures en milieu clos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Ballade</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Catherine Ferrier</w:t>
+                <w:t xml:space="preserve">Maxence Segard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlène Maziere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Delhoume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Bonnin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Chapelain de Seréville-Niel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Virtual retrospect 2013 : actes du colloque de Pessac (France), 27-29 novembre 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2013, Pessac, France. pp.49-54</w:t>
+              <w:t xml:space="preserve">VIe Rencontre du GAAF, Colloque Rencontre autour de nouvelles approches de l’archéologie funéraire (04-05 avril 2014)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Solenn de Larminat, Rémi Corbineau, Alexis Corrochano, Yves Gleize, Jean Soulat (dir.), Apr 2014, INHA - Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01833233v1</w:t>
+                <w:t xml:space="preserve">hal-03240888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les restitutions 3D du prieuré Saint-Cosme (La Riche/Indre-et-Loire)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Dufaÿ</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mora</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Virtual Retrospect 2013</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Archéovision, Nov 2013, Pessac, France. p. 135-143</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01420543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les restitutions 3D du prieuré Saint-Cosme (La Riche–Indre-et-Loire). La modélisation d’un ensemble complexe à plusieurs phases chronologiques</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Un outil de relevés 3D partagé en ligne : premières applications pour l’art et la taphonomie des parois ornées de la grotte de Cussac (ArTaPOC / programme LaScArBx)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Feruglio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Dutailly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Ballade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Bourdier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Ferrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Virtual Retrospect 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Robert Vergnieux, Nov 2013, Pessac, France. pp.135-143</w:t>
+              <w:t xml:space="preserve">Virtual retrospect 2013 : actes du colloque de Pessac (France), 27-29 novembre 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2013, Pessac, France. pp.49-54</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01919904v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01833233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approche taphonomique des loci à restes humains de la grotte de Cussac</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les restitutions 3D du prieuré Saint-Cosme (La Riche–Indre-et-Loire). La modélisation d’un ensemble complexe à plusieurs phases chronologiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Dufay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Mora</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIX International Rock Art Conference</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Virtual Retrospect 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Robert Vergnieux, Nov 2013, Pessac, France. pp.135-143</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02264016v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01919904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Restitution d’un théâtre antique : l’exemple de Xanthos</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Approche taphonomique des loci à restes humains de la grotte de Cussac</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Ferrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Courtaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Dutailly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Konik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Leveque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Virtual Retrospect 2013</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">XIX International Rock Art Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Caceres, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.30861/9780860549918⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01919889v1</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02264016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polychromie médiévale et photogrammétrie 3D : la restitution des couleurs d’origine d’un ange du portail Royal (vers 1250) de la cathédrale de Bordeaux</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Restitution d’un théâtre antique : l’exemple de Xanthos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Cavalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Des Courtils</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mora</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Virtual Retrospect 2013</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Robert Vergnieux, Nov 2013, Pessac, France. pp.63-71</w:t>
+              <w:t xml:space="preserve">, Robert Vergnieux, Nov 2013, Pessac, France. pp.121-127</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01919856v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01919889v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New insight on the frequency dependence of TDDB in high-k/metal gate stacks</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Polychromie médiévale et photogrammétrie 3D : la restitution des couleurs d’origine d’un ange du portail Royal (vers 1250) de la cathédrale de Bordeaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Markus Schlicht</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Mounier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floréal Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mora</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IRW 2013</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Virtual Retrospect 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Robert Vergnieux, Nov 2013, Pessac, France. pp.63-71</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01078341v1</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01919856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un outil de relevés 3D partagé en ligne : premières applications pour l’art et la taphonomie des parois ornées de la grotte de Cussac (ArTaPOC / programme LaScArBx)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Catherine Ferrier</w:t>
+                <w:t xml:space="preserve">New insight on the frequency dependence of TDDB in high-k/metal gate stacks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anas Bezza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammad Rafik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Federspiel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Mora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Virtual retrospect 2013</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IRW 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2013, South Lake Tahoe, CA, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IIRW.2013.6804142⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01919004v1</w:t>
+                <w:t xml:space="preserve">hal-01078341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le projet collectif de recherche « Grotte de Cussac » (Dordogne, France) : étude d’une cavité ornée à vestiges humains du Gravettien</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marc Delluc</w:t>
+                <w:t xml:space="preserve">Un outil de relevés 3D partagé en ligne : premières applications pour l’art et la taphonomie des parois ornées de la grotte de Cussac (ArTaPOC / programme LaScArBx)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Feruglio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Dutailly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Ballade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Bourdier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès IFRAO L’art pléistocène dans le monde / Pleistocene art of the world / Arte pleistoceno en el mundo</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2010, Tarascon sur Ariège, France</w:t>
+              <w:t xml:space="preserve">Virtual retrospect 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Robert Vergnieux, Nov 2013, Pessac, France. pp.49-54</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01922825v1</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01919004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation de deux ensembles funéraires de la catacombe des Saints Pierre et Marcellin à Rome : objectifs et méthodes</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Le projet collectif de recherche « Grotte de Cussac » (Dordogne, France) : étude d’une cavité ornée à vestiges humains du Gravettien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Jaubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Norbert Aujoulat ✝</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Courtaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-France Deguilloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Delluc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Virtual Retrospect 2009</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Robert Vergnieux, Nov 2009, Pessac, France. pp.161-170</w:t>
+              <w:t xml:space="preserve">Congrès IFRAO L’art pléistocène dans le monde / Pleistocene art of the world / Arte pleistoceno en el mundo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2010, Tarascon sur Ariège, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01864635v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01922825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D Reconstruction of Archaeological Sites Using Photogrammetry</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Modélisation de deux ensembles funéraires de la catacombe des Saints Pierre et Marcellin à Rome : objectifs et méthodes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Sachau-Carcel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Castex</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Vergnieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">VAST: International Symposium on Virtual Reality, Archaeology and Intelligent Cultural Heritage</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Virtual Retrospect 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Robert Vergnieux, Nov 2009, Pessac, France. pp.161-170</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01900488v1</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01864635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La photogrammétrie appliquée à la restitution virtuelle des peintures murales de la chapelle de l'ancien logis abbatial de Moissac (XIIe s, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Mounier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Floréal Daniel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actes du colloque Arch-I-Tech 2010 : archéologie, architecture, ingénierie, technologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2010, Cluny, France. pp.119--128</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01757494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation 3D diachronique du site de Xanthos</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">3D Reconstruction of Archaeological Sites Using Photogrammetry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Dutailly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Alain Viiver</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Vergnieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Virtual Retrospect 2009</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">VAST: International Symposium on Virtual Reality, Archaeology and Intelligent Cultural Heritage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2010, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2312/PE/VAST/VAST10S/045-048⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01864305v1</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01900488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le levé tachéométrique et son utilisation dans la numérisation de sites archéologiques</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Modélisation 3D diachronique du site de Xanthos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Cavalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Des Courtils</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Alain Vivier</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Viiver</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Virtual Retrospect 2007</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Robert Vergnieux, Nov 2007, Pessac, France. pp.203-206</w:t>
+              <w:t xml:space="preserve">Virtual Retrospect 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Robert Vergnieux, Nov 2009, Pessac, France. pp.94-96</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01773840v1</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01864305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application de la modélisation 3D à la présentation de données sur la peinture romane de l'église de Vals (12e s., Ariège)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Vers la modélisation de deux sites d'Asie Mineure : Xanthos de Lycie et Telmessos de Carie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Cavalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Des Courtils</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mora</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Virtual Retrospect 2007</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Nov 2007, Pessac, France. pp.187-191</w:t>
+              <w:t xml:space="preserve">, Robert Vergnieux, Nov 2007, Pessac, France. pp.83-93</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01773719v1</w:t>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01766350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vers la modélisation de deux sites d'Asie Mineure : Xanthos de Lycie et Telmessos de Carie</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Application de la modélisation 3D à la présentation de données sur la peinture romane de l'église de Vals (12e s., Ariège)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floréal Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mora</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Virtual Retrospect 2007</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Robert Vergnieux, Nov 2007, Pessac, France. pp.83-93</w:t>
+              <w:t xml:space="preserve">, Nov 2007, Pessac, France. pp.187-191</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01766350v1</w:t>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01773719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La bibliothèque de Montaigne : décor, livres, manuscrits</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Le levé tachéométrique et son utilisation dans la numérisation de sites archéologiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vivier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12e Rencontres d'archéologie et d'histoire en Périgord : Château, livres et manuscrits, IXe - XXIe siècles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2005, Périgueux, France. pp.159-179</w:t>
+              <w:t xml:space="preserve">Virtual Retrospect 2007</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Robert Vergnieux, Nov 2007, Pessac, France. pp.203-206</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01010431v1</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01773840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La bibliothèque de Montaigne : décor, livres, manuscrits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Legros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Mora</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12e Rencontres d'archéologie et d'histoire en Périgord : Château, livres et manuscrits, IXe - XXIe siècles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2005, Périgueux, France. pp.159-179</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01010431v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">A la re-découverte du château de Montaigne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Cocula</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mora</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Virtual Retrospect 2003</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2003, Biarritz, France. pp.85-89</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01743653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7082,229 +7207,229 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tackling the 3D root system architecture of grapevines: a new phenotyping pipeline based on photogrammetry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Saint Cast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Meredieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pascal Tandonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Ollat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Boudon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. International Congress on Grapevine and Wine Sciences (2ICGWS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2023, Logroño, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04281662v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A la redécouverte de L'hôtel particulier de Gaston Saint-Maurice Smart 3D</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Cou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mercedes Volait</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Granier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7314,172 +7439,172 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Xavier Granier; Mehdi Chayani. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les rencontres du Consortium 3D SHS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2019, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02402398v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Were they engraved? Cave art taphonomy in the Lesser Antilles - Working hypotheses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Lenoble</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Queffelec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Stouvenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrick Fouéré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Congress "Archaeology and Rock Art - 25 Years"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2012, La Paz, Bolivie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00709485v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7489,51 +7614,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Colours of medieval English Alabaster Panels. Polychromy, production and perception</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Markus Schlicht</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7542,121 +7667,121 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Mounier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Mulliez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">un@éditions, 2023, PrimaLun@, 978-2-35613-515-5 and 978-2-35613-517-9. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.46608/primaluna22.9782356135155⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04354361v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les couleurs des albâtres anglais. Polychromie, production et perception médiévales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Markus Schlicht</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7665,99 +7790,99 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Mounier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Mulliez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ausonius Éditions, 2021, 978-2-35613-405-9. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.46608/primaluna11.9782356134042⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03463050v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7767,51 +7892,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vivre au temps des bâtisseurs de mégalithes : les maisons néolithiques du Peu, à Charmé (Charente)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Ard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7833,110 +7958,110 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Aoustin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexa Dufraisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hiatus, lacunes et absences : identifier et interpréter les vides archéologiques, Actes du 29e Congrès préhistorique de France, 31 mai-4 juin 2021, Toulouse</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Session Dépasser les plans et révéler l’architecture invisible : de l’identification à la restitution des constructions du Néolithique à l’âge du Fer, Société préhistorique française, pp.125-146, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04594910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude et restitution des polychromies des albatres : historiographie et méthodologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Markus Schlicht</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7945,512 +8070,512 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Mounier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Mulliez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Markus Schlicht, Aurélie Mounier, Maud Mulliez, avec la collaboration de Pascal Mora et Romain Pacanowski. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les couleurs des albâtres anglais. Polychromie, production et perception médiévales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ausonius Éditions, pp.15-22, 2021, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.46608/primaluna11.9782356134042.3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03463069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">UNE MISE EN COULEUR ATYPIQUE : L'ASSOMPTION DU MUSÉE D'AQUITAINE</w:t>
+                <w:t xml:space="preserve">Introduction.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Markus Schlicht</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Mounier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Mulliez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Markus Schlicht, Aurélie Mounier, Maud Mulliez, avec la collaboration de Pascal Mora et Romain Pacanowski. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les couleurs des albâtres anglais. Polychromie, production et perception médiévales</w:t>
+              <w:t xml:space="preserve">Les couleurs des albâtres anglais. Polychromie, production et perception médiévales.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03463114v1</w:t>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03495802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction.</w:t>
+                <w:t xml:space="preserve">Conclusion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Markus Schlicht</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Mounier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Mulliez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les couleurs des albâtres anglais. Polychromie, production et perception médiévales.</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Les couleurs des albâtres anglais. Polychromie, production et perception médiévales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ausonius Éditions, pp.109-116, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.46608/primaluna11.9782356134042.9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03495802v1</w:t>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03463175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conclusion</w:t>
+                <w:t xml:space="preserve">UNE MISE EN COULEUR ATYPIQUE : L'ASSOMPTION DU MUSÉE D'AQUITAINE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Markus Schlicht</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Mounier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Mulliez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Markus Schlicht, Aurélie Mounier, Maud Mulliez, avec la collaboration de Pascal Mora et Romain Pacanowski. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les couleurs des albâtres anglais. Polychromie, production et perception médiévales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Ausonius Éditions, pp.109-116, 2021, </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03463175v1</w:t>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03463114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sculpter et peindre un panneau d'albâtre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Markus Schlicht</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -8459,128 +8584,128 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Mounier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Mulliez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les couleurs des albâtres anglais. Polychromie, production et perception médiévales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ausonius Éditions, pp.79-98, 2021, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.46608/primaluna11.9782356134042.7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03463153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une mise en couleur typique : L’entrée du Paradis de Libourne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Markus Schlicht</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -8589,128 +8714,128 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Mounier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Mulliez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les couleurs des albâtres anglais. Polychromie, production et perception médiévales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ausonius Éditions, pp.23-34, 2021, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.46608/primaluna11.9782356134042.4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03463087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Principes régissant la mise en couleur des panneaux aquitains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Markus Schlicht</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -8719,128 +8844,128 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Mounier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Mulliez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les couleurs des albâtres anglais. Polychromie, production et perception médiévales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ausonius Éditions, pp.35-64, 2021, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.46608/primaluna11.9782356134042.5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03463101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regarder un albâtre anglais à la fin du Moyen Âge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Markus Schlicht</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -8849,181 +8974,181 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Mounier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Mulliez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les couleurs des albâtres anglais. Polychromie, production et perception médiévales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ausonius Éditions, pp.99-108, 2021, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.46608/primaluna11.9782356134042.8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03463162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La couleur des peintures murales antiques dans les restitutions 3D : observations, mesures et retranscriptions virtuelles,</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Mulliez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Mounier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Mora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loic Espinasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9033,357 +9158,357 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Julien Boislève; Alexandra Dardenay; Florence Monier. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Peintures et stucs d’époque romaine. Études toichographologiques. Actes du 29e colloque de l’AFPMA, Louvres, 18 et 19 novembre 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ausonius Editions, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01864035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Restitution d’un theatre antique : l’exemple de Xanthos</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Polychromie médiévale et photogrammétrie 3D : la restitution des couleurs d’origine d’un ange du portail Royal (vers 1250) de la cathédrale de Bordeaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Markus Schlicht</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mora</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...1 lines deleted...]
-            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Mounier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floréal Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">R. Vergnieux et C. Delevoie. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Actes du colloque Virtual Retrospect 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, pp.121-129, 2015</w:t>
+              <w:t xml:space="preserve">Virtual Retrospect 2013. Actes du colloque Pessac (France), 27-29 novembre 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.63-71, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01737661v1</w:t>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01738060v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polychromie médiévale et photogrammétrie 3D : la restitution des couleurs d’origine d’un ange du portail Royal (vers 1250) de la cathédrale de Bordeaux</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Restitution d’un theatre antique : l’exemple de Xanthos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Cavalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Des Courtils</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mora</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...31 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Virtual Retrospect 2013. Actes du colloque Pessac (France), 27-29 novembre 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, pp.63-71, 2015</w:t>
+              <w:t xml:space="preserve"> Actes du colloque Virtual Retrospect 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.121-129, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01738060v1</w:t>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01737661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La numérisation et la visualisation 3D de l'épitaphe de Costaulus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Vergne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Boutoulle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Frédéric Boutoulle and Dany Barraud and Jean-Luc Piat. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fabrique d'une ville médiévale. Saint-Émilion au Moyen Âge</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Supplément 26, Ausonius Éditions, 2011, Aquitania, 978-2-910763-27-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00924986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9393,529 +9518,529 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Specification Writing Guide : How To Manage a Project in 3D for Cultural Heritage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Barreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Leroy Du Cardonnoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Laroche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Madeleine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recommendations of the "Consortium 3D for Humanities"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03193142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D lexicon for Human and Social Sciences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Granier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergerot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Chayani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Dutailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recommendations of the "Consortium 3D for Humanities"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03187979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réaliser un projet de modèles numériques 3D pour le patrimoine. Guide de rédaction d'un cahier des charges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Madeleine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Granier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Laroche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Chayani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les recommandations du Consortium 3D SHS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 22 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02127682v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vocabulaire 3D - Lexique pour les Sciences Humaines et Sociales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Granier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergerot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Chayani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Dutailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les recommandations du Consortium 3D SHS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02297326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9925,395 +10050,395 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les recommandations du Consortium 3D SHS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Granier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Chayani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violette Abergel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Bénistant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Bénistant</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergerot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport Technique] CNRS; SHS. 2019, 204 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01683842v4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roches Gravées de Trois-Rivières : Archéologie, Sens et Société (Trois-Rivières ; Guadeloupe), Rapport triennal 2015-2017</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Monney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Barracchini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrick Fouéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Gauchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Ministère de la Culture, SRA Guadeloupe, Basse-Terre. 2017, 517p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01973016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roches Gravées de Trois-Rivières : Archéologie, Sens et Société (Trois-Rivières ; Guadeloupe), Phase 2 – Rapport intermédiaire 2016-2017</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Monney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Barracchini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrick Fouéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Gauchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Ministère de la Culture, SRA Guadeloupe, Basse-Terre. 2016, 113p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01973018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10323,51 +10448,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polychromie, pigments, perception : les albâtres anglais de la fin du Moyen Âge conservés sur le territoire aquitain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Markus Schlicht</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -10376,112 +10501,112 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Mounier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Mulliez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04369808v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A la recherche des couleurs disparues. La polychromie médiévale des albâtres anglais.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Markus Schlicht</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -10490,108 +10615,108 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Mounier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Mulliez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pacanowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03463220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId265"/>
+      <w:footerReference w:type="default" r:id="rId271"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -10738,51 +10863,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05424436v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nejma Goutas" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Legrand" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bourdier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Feruglio" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Brochard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04797859v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sibylle Emerit" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hector Albiges-Lambard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Botreau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Warusfel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Mora" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11tfy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759124v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Mounier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Villotte" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Kacki" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Espinasse" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.24997" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04455195v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Baillet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Chapoulie" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Dutailly" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Galluzzi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.daach.2024.e00345" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757703v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Vanpeene" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Pillon" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Laisney" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Van Caelenberge" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Relats Montserrat" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04001251v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marylise Onfray" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Aoustin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Bouchet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bruniaux" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15184/aqy.2022.169" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206065v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Ferrier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Konik" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/paleo.7329" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04004197v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Fou&#233;r&#233;" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvador Bailon" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Chancerel" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Courtaud" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Grouard" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03678382v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Guagnin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Charloux" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdullah Alsharekh" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Crassard" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yamand&#250; Hilbert" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2021.103165" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916825v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscilla Bayle" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Armand" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryelle Bessou" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cochard" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Couture" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.8825" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03682609v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Mulliez" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Mounier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Schlicht" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Daniel" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04024526v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bonnissent" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04027968v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03895336v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Mensan" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Espinasse" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36253/rar-14304" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03359504v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15184/aqy.2021.80" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02468719v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pacanowski" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lucat" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/col.22482" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02921704v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Trinkaus" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eline Schotsmans" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Dori" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2005242117" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02955891v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02899598v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Feruglio" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Jaubert" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Delluc" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaa.2019.101104" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266512v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Guyomarc'H" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Samsel" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2017.06.005" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895033v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Dardenay" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Eristov" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Grand-Cl&#233;ment" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Maraval" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Monteix" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cefr.1739" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01900460v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nda.3821" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01457213v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Verheyden" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Genty" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Soulier" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hai Cheng" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature18291" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922552v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Delevoie" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Vergnieux" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeopages.410" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922481v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Maniquet" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lejars" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Ambruster" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Pernot" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Drieux-Daguerre" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536864v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Cavalier" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/anata.2011.1107" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746156v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim G&#233;nuite" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Camus" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Burlet" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Boudadi-Maligne" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04723242v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Saint Cast" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Meredieu" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pascal Tandonnet" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Boudon" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l S&#233;gura" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04023201v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.11371" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03933618v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Cou" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Granier" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mercedes Volait" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040116v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040085v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Tournon-Valiente" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04023510v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03364738v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2312/gch.20211414" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04023289v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.7082" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02532711v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;na Bassel" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Lacanette-Puyo" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02440440v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bousquet" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-02425673v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Math&#233;" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Legrand" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Mens" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02534347v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03240888v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Segard" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Maziere" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Delhoume" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bonnin" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Chapelain de Ser&#233;ville-Niel" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833233v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Ballade" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01420543v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Dufa&#255;" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01919904v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Dufay" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02264016v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Leveque" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30861/9780860549918" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01919889v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Des Courtils" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01919856v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flor&#233;al Daniel" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01078341v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anas Bezza" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Rafik" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Roy" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Federspiel" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IIRW.2013.6804142" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01919004v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922825v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Aujoulat &#10013;" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Deguilloux" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01864635v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Sachau-Carcel" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Castex" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01900488v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2312/PE/VAST/VAST10S/045-048" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01757494v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01864305v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Viiver" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01773840v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Vivier" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01773719v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766350v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01010431v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Legros" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743653v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Cocula" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04281662v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Ollat" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02402398v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00709485v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Lenoble" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Queffelec" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Stouvenot" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354361v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/primaluna22.9782356135155" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463050v2" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/primaluna11.9782356134042" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594910v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexa Dufraisse" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463069v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/primaluna11.9782356134042.3" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463114v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03495802v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463175v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/primaluna11.9782356134042.9" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463153v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/primaluna11.9782356134042.7" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463087v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/primaluna11.9782356134042.4" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463101v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/primaluna11.9782356134042.5" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463162v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/primaluna11.9782356134042.8" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864035v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01737661v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01738060v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00924986v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Vergne" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Boutoulle" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193142v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Barreau" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Leroy Du Cardonnoy" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Laroche" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Madeleine" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Mathieu" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03187979v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bergerot" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Chayani" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02127682v2" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02297326v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01683842v4" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violette Abergel" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal B&#233;nistant" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01973016v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Monney" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;la Barracchini" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Duval" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gauchon" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01973018v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04369808v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463220v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05424436v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nejma Goutas" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Legrand" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bourdier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Feruglio" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Brochard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759124v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Mounier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Villotte" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Kacki" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Mora" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Espinasse" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.24997" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04797859v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sibylle Emerit" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hector Albiges-Lambard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Botreau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Warusfel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11tfy" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04455195v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Baillet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Chapoulie" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Dutailly" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Galluzzi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.daach.2024.e00345" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757703v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Vanpeene" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Pillon" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Laisney" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Van Caelenberge" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Relats Montserrat" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04001251v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marylise Onfray" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Aoustin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Bouchet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bruniaux" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15184/aqy.2022.169" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916825v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscilla Bayle" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Armand" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryelle Bessou" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cochard" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Couture" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.8825" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04004197v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Fou&#233;r&#233;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvador Bailon" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Chancerel" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Courtaud" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Grouard" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03678382v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Guagnin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Charloux" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdullah Alsharekh" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Crassard" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yamand&#250; Hilbert" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2021.103165" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206065v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Ferrier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Konik" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/paleo.7329" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03682609v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Mulliez" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Mounier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Schlicht" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Daniel" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04024526v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bonnissent" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04027968v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03895336v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Mensan" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Espinasse" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36253/rar-14304" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03359504v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15184/aqy.2021.80" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02468719v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pacanowski" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lucat" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/col.22482" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02921704v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Trinkaus" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eline Schotsmans" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Dori" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2005242117" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02955891v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02899598v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Feruglio" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Jaubert" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Delluc" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaa.2019.101104" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266512v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Guyomarc'H" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Samsel" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2017.06.005" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895033v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Dardenay" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Eristov" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Grand-Cl&#233;ment" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Maraval" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Monteix" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cefr.1739" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01900460v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nda.3821" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01457213v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Verheyden" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Genty" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Soulier" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hai Cheng" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature18291" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922552v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Delevoie" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Vergnieux" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeopages.410" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922481v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Maniquet" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lejars" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Ambruster" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Pernot" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Drieux-Daguerre" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536864v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Cavalier" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/anata.2011.1107" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05548071v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Girardi" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Rohmer" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdulrahman Alsuhaibani" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Blaisot" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elora Chambraud" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746156v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim G&#233;nuite" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Camus" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Burlet" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Boudadi-Maligne" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04723242v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Saint Cast" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Meredieu" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pascal Tandonnet" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Boudon" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l S&#233;gura" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04023201v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.11371" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03933618v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Cou" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Granier" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mercedes Volait" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040116v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040085v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Tournon-Valiente" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03364738v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2312/gch.20211414" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04023510v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04023289v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.7082" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02532711v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;na Bassel" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Lacanette-Puyo" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02440440v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bousquet" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-02425673v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Math&#233;" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Legrand" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Mens" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02534347v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03240888v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Segard" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Maziere" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Delhoume" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bonnin" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Chapelain de Ser&#233;ville-Niel" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01420543v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Dufa&#255;" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833233v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Ballade" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01919904v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Dufay" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02264016v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Leveque" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30861/9780860549918" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01919889v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Des Courtils" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01919856v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flor&#233;al Daniel" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01078341v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anas Bezza" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Rafik" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Roy" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Federspiel" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IIRW.2013.6804142" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01919004v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922825v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Aujoulat &#10013;" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Deguilloux" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01864635v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Sachau-Carcel" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Castex" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01757494v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01900488v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2312/PE/VAST/VAST10S/045-048" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01864305v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Viiver" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766350v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01773719v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01773840v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Vivier" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01010431v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Legros" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743653v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Cocula" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04281662v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Ollat" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02402398v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00709485v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Lenoble" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Queffelec" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Stouvenot" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354361v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/primaluna22.9782356135155" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463050v2" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/primaluna11.9782356134042" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594910v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexa Dufraisse" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463069v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/primaluna11.9782356134042.3" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03495802v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463175v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/primaluna11.9782356134042.9" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463114v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463153v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/primaluna11.9782356134042.7" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463087v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/primaluna11.9782356134042.4" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463101v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/primaluna11.9782356134042.5" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463162v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/primaluna11.9782356134042.8" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864035v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01738060v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01737661v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00924986v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Vergne" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Boutoulle" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193142v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Barreau" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Leroy Du Cardonnoy" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Laroche" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Madeleine" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Mathieu" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03187979v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bergerot" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Chayani" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02127682v2" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02297326v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01683842v4" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violette Abergel" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal B&#233;nistant" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01973016v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Monney" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;la Barracchini" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Duval" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gauchon" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01973018v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04369808v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463220v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>